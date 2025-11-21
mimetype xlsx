--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29303"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29512"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/ANP/RANP 881/Documentos Divulgados/Atualização Mensal/Atualização 15.05.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1652" documentId="8_{E5BC0A78-982A-4016-9EEF-88537A32E0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0EF34391-C9D6-4E40-BB04-3B58EC0AA024}"/>
+  <xr:revisionPtr revIDLastSave="1715" documentId="8_{E5BC0A78-982A-4016-9EEF-88537A32E0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{895F4F5A-0B95-4572-96BC-4DA7BD0CC166}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{69E3D1C8-4C06-481F-B3DB-896EE4582E31}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Planilha1!$A$1:$O$220</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5971" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6359" uniqueCount="45">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Histórico da relação de embarcações que operaram para o terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881-2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -550,51 +550,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -782,72 +782,85 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="10" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{C3A5A9D8-79D3-4CCA-94C2-0530D58E0E22}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1129,133 +1142,133 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55BB9867-9E86-4675-A13E-681B7B6859FB}">
-  <dimension ref="A1:O660"/>
+  <dimension ref="A1:O704"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B2" sqref="A2:O3"/>
+      <selection activeCell="J705" sqref="J705:J708"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="15.140625" customWidth="1"/>
     <col min="9" max="9" width="26.85546875" customWidth="1"/>
     <col min="10" max="10" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="28.85546875" customWidth="1"/>
     <col min="12" max="12" width="20" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="26.140625" customWidth="1"/>
     <col min="15" max="15" width="22.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45912</v>
+        <v>45975</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
     </row>
     <row r="2" spans="1:15">
-      <c r="A2" s="81" t="s">
+      <c r="A2" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="81"/>
-[...12 lines deleted...]
-      <c r="O2" s="81"/>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
     </row>
     <row r="3" spans="1:15">
-      <c r="A3" s="81"/>
-[...13 lines deleted...]
-      <c r="O3" s="81"/>
+      <c r="A3" s="91"/>
+      <c r="B3" s="91"/>
+      <c r="C3" s="91"/>
+      <c r="D3" s="91"/>
+      <c r="E3" s="91"/>
+      <c r="F3" s="91"/>
+      <c r="G3" s="91"/>
+      <c r="H3" s="91"/>
+      <c r="I3" s="91"/>
+      <c r="J3" s="91"/>
+      <c r="K3" s="91"/>
+      <c r="L3" s="91"/>
+      <c r="M3" s="91"/>
+      <c r="N3" s="91"/>
+      <c r="O3" s="91"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
       <c r="C4" s="1"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
     <row r="5" spans="1:15" ht="26.1">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>4</v>
       </c>
@@ -30285,744 +30298,2696 @@
         <v>45865.663194444445</v>
       </c>
       <c r="N640" s="75">
         <v>45866.760416666664</v>
       </c>
       <c r="O640" s="75">
         <v>45867.378472222219</v>
       </c>
     </row>
     <row r="641" spans="1:15" ht="15">
       <c r="A641" s="38">
         <v>1161076</v>
       </c>
       <c r="B641" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C641" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D641" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E641" s="39" t="s">
         <v>21</v>
       </c>
-      <c r="F641" s="85" t="s">
-[...5 lines deleted...]
-      <c r="H641" s="87" t="s">
+      <c r="F641" s="84" t="s">
+        <v>22</v>
+      </c>
+      <c r="G641" s="85" t="s">
+        <v>23</v>
+      </c>
+      <c r="H641" s="86" t="s">
         <v>35</v>
       </c>
       <c r="I641" s="31"/>
       <c r="J641" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="K641" s="88" t="s">
+      <c r="K641" s="87" t="s">
         <v>27</v>
       </c>
       <c r="L641" s="74">
         <v>45864.423611111109</v>
       </c>
       <c r="M641" s="74">
         <v>45865.663194444445</v>
       </c>
       <c r="N641" s="75">
         <v>45866.222222222219</v>
       </c>
       <c r="O641" s="75">
         <v>45867.378472222219</v>
       </c>
     </row>
     <row r="642" spans="1:15" ht="15">
       <c r="A642" s="38">
         <v>1161076</v>
       </c>
       <c r="B642" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C642" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D642" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E642" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F642" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G642" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H642" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I642" s="37">
         <v>9654971</v>
       </c>
       <c r="J642" s="28"/>
-      <c r="K642" s="82" t="s">
+      <c r="K642" s="81" t="s">
         <v>34</v>
       </c>
-      <c r="L642" s="83">
+      <c r="L642" s="82">
         <v>45864.6875</v>
       </c>
-      <c r="M642" s="83">
+      <c r="M642" s="82">
         <v>45867.458333333336</v>
       </c>
       <c r="N642" s="75">
         <v>45868.3125</v>
       </c>
       <c r="O642" s="75">
         <v>45868.44027777778</v>
       </c>
     </row>
     <row r="643" spans="1:15" ht="15">
+      <c r="A643" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B643" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C643" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D643" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E643" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F643" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G643" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H643" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I643" s="28"/>
       <c r="J643" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K643" s="84" t="s">
+      <c r="K643" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L643" s="83">
+      <c r="L643" s="82">
         <v>45871.847222222219</v>
       </c>
-      <c r="M643" s="83">
+      <c r="M643" s="82">
         <v>45871.934027777781</v>
       </c>
       <c r="N643" s="75">
         <v>45872.465277777781</v>
       </c>
       <c r="O643" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
     <row r="644" spans="1:15" ht="15">
+      <c r="A644" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B644" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C644" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D644" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E644" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F644" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G644" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H644" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I644" s="28"/>
       <c r="J644" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K644" s="84" t="s">
+      <c r="K644" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L644" s="83">
+      <c r="L644" s="82">
         <v>45871.847222222219</v>
       </c>
-      <c r="M644" s="83">
+      <c r="M644" s="82">
         <v>45871.940972222219</v>
       </c>
       <c r="N644" s="75">
         <v>45872.527777777781</v>
       </c>
       <c r="O644" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
     <row r="645" spans="1:15" ht="15">
+      <c r="A645" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B645" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C645" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D645" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E645" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F645" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G645" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H645" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I645" s="28"/>
       <c r="J645" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K645" s="84" t="s">
+      <c r="K645" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L645" s="83">
+      <c r="L645" s="82">
         <v>45871.847222222219</v>
       </c>
-      <c r="M645" s="83">
+      <c r="M645" s="82">
         <v>45873.899305555555</v>
       </c>
       <c r="N645" s="75">
         <v>45874.381944444445</v>
       </c>
       <c r="O645" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
     <row r="646" spans="1:15" ht="15">
+      <c r="A646" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B646" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C646" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D646" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E646" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F646" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G646" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H646" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I646" s="28"/>
       <c r="J646" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K646" s="84" t="s">
+      <c r="K646" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L646" s="83">
+      <c r="L646" s="82">
         <v>45871.847222222219</v>
       </c>
-      <c r="M646" s="83">
+      <c r="M646" s="82">
         <v>45873.690972222219</v>
       </c>
       <c r="N646" s="75">
         <v>45874.215277777781</v>
       </c>
       <c r="O646" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
     <row r="647" spans="1:15" ht="15">
+      <c r="A647" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B647" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C647" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D647" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E647" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F647" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G647" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H647" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I647" s="28"/>
       <c r="J647" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K647" s="84" t="s">
+      <c r="K647" s="83" t="s">
         <v>27</v>
       </c>
-      <c r="L647" s="83">
+      <c r="L647" s="82">
         <v>45874.659722222219</v>
       </c>
-      <c r="M647" s="83">
+      <c r="M647" s="82">
         <v>45874.729166666664</v>
       </c>
       <c r="N647" s="75">
         <v>45875.704861111109</v>
       </c>
       <c r="O647" s="75">
         <v>45875.75</v>
       </c>
     </row>
     <row r="648" spans="1:15" ht="15">
+      <c r="A648" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B648" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C648" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D648" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E648" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F648" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G648" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H648" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I648" s="28"/>
       <c r="J648" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K648" s="84" t="s">
+      <c r="K648" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L648" s="83">
+      <c r="L648" s="82">
         <v>45878.46875</v>
       </c>
-      <c r="M648" s="83">
+      <c r="M648" s="82">
         <v>45878.583333333336</v>
       </c>
       <c r="N648" s="75">
         <v>45879.586805555555</v>
       </c>
       <c r="O648" s="75">
         <v>45879.659722222219</v>
       </c>
     </row>
     <row r="649" spans="1:15" ht="15">
+      <c r="A649" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B649" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C649" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D649" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E649" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F649" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G649" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H649" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I649" s="28"/>
       <c r="J649" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K649" s="84" t="s">
+      <c r="K649" s="83" t="s">
         <v>27</v>
       </c>
-      <c r="L649" s="83">
+      <c r="L649" s="82">
         <v>45879.625</v>
       </c>
-      <c r="M649" s="83">
+      <c r="M649" s="82">
         <v>45879.704861111109</v>
       </c>
       <c r="N649" s="75">
         <v>45880.399305555555</v>
       </c>
       <c r="O649" s="75">
         <v>45880.465277777781</v>
       </c>
     </row>
     <row r="650" spans="1:15" ht="15">
+      <c r="A650" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B650" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C650" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D650" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E650" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F650" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G650" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H650" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I650" s="28"/>
       <c r="J650" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K650" s="84" t="s">
+      <c r="K650" s="83" t="s">
         <v>27</v>
       </c>
-      <c r="L650" s="83">
+      <c r="L650" s="82">
         <v>45882.607638888891</v>
       </c>
-      <c r="M650" s="83">
+      <c r="M650" s="82">
         <v>45882.704861111109</v>
       </c>
       <c r="N650" s="75">
         <v>45883.229166666664</v>
       </c>
       <c r="O650" s="75">
         <v>45883.423611111109</v>
       </c>
     </row>
     <row r="651" spans="1:15" ht="15">
+      <c r="A651" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B651" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C651" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D651" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E651" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F651" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G651" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H651" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I651" s="37">
         <v>9654971</v>
       </c>
       <c r="J651" s="28"/>
-      <c r="K651" s="84" t="s">
+      <c r="K651" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="L651" s="83">
+      <c r="L651" s="82">
         <v>45883.675000000003</v>
       </c>
-      <c r="M651" s="83">
+      <c r="M651" s="82">
         <v>45883.791666666664</v>
       </c>
       <c r="N651" s="75">
         <v>45884.974999999999</v>
       </c>
       <c r="O651" s="75">
         <v>45884.552777777775</v>
       </c>
     </row>
     <row r="652" spans="1:15" ht="15">
+      <c r="A652" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B652" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C652" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D652" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E652" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F652" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G652" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H652" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I652" s="37">
         <v>9654971</v>
       </c>
       <c r="J652" s="28"/>
-      <c r="K652" s="84" t="s">
+      <c r="K652" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="L652" s="83">
+      <c r="L652" s="82">
         <v>45887.645833333336</v>
       </c>
-      <c r="M652" s="83">
+      <c r="M652" s="82">
         <v>45887.8125</v>
       </c>
       <c r="N652" s="75">
         <v>45889.695833333331</v>
       </c>
       <c r="O652" s="75">
         <v>45890.470833333333</v>
       </c>
     </row>
     <row r="653" spans="1:15" ht="15">
+      <c r="A653" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B653" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C653" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D653" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E653" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F653" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G653" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H653" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I653" s="28"/>
       <c r="J653" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K653" s="84" t="s">
+      <c r="K653" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L653" s="83">
+      <c r="L653" s="82">
         <v>45888.791666666664</v>
       </c>
-      <c r="M653" s="83">
+      <c r="M653" s="82">
         <v>45888.895833333336</v>
       </c>
       <c r="N653" s="75">
         <v>45889.569444444445</v>
       </c>
       <c r="O653" s="75">
         <v>45889.631944444445</v>
       </c>
     </row>
     <row r="654" spans="1:15" ht="15">
+      <c r="A654" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B654" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C654" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D654" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E654" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F654" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G654" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H654" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I654" s="28"/>
       <c r="J654" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K654" s="84" t="s">
+      <c r="K654" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L654" s="83">
+      <c r="L654" s="82">
         <v>45888.791666666664</v>
       </c>
-      <c r="M654" s="83">
+      <c r="M654" s="82">
         <v>45888.899305555555</v>
       </c>
       <c r="N654" s="75">
         <v>45889.194444444445</v>
       </c>
       <c r="O654" s="75">
         <v>45889.631944444445</v>
       </c>
     </row>
     <row r="655" spans="1:15" ht="15">
+      <c r="A655" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B655" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C655" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D655" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E655" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F655" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G655" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H655" s="66" t="s">
         <v>35</v>
       </c>
-      <c r="I655" s="28"/>
-      <c r="J655" s="37" t="s">
+      <c r="I655" s="31"/>
+      <c r="J655" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="K655" s="84" t="s">
+      <c r="K655" s="90" t="s">
         <v>27</v>
       </c>
-      <c r="L655" s="83">
+      <c r="L655" s="82">
         <v>45893.625</v>
       </c>
-      <c r="M655" s="83">
+      <c r="M655" s="82">
         <v>45894.086805555555</v>
       </c>
       <c r="N655" s="75">
         <v>45895.100694444445</v>
       </c>
       <c r="O655" s="75">
         <v>45895.409722222219</v>
       </c>
     </row>
     <row r="656" spans="1:15" ht="15">
+      <c r="A656" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B656" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C656" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D656" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E656" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F656" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G656" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="H656" s="66" t="s">
+      <c r="H656" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I656" s="28"/>
       <c r="J656" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K656" s="84" t="s">
+      <c r="K656" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L656" s="83">
+      <c r="L656" s="89">
         <v>45894.697916666664</v>
       </c>
-      <c r="M656" s="83">
+      <c r="M656" s="82">
         <v>45894.795138888891</v>
       </c>
       <c r="N656" s="75">
         <v>45895.128472222219</v>
       </c>
       <c r="O656" s="75">
         <v>45895.371527777781</v>
       </c>
     </row>
-    <row r="657" spans="5:15" ht="15">
+    <row r="657" spans="1:15" ht="15">
+      <c r="A657" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B657" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C657" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D657" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E657" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F657" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G657" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="H657" s="66" t="s">
+      <c r="H657" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I657" s="28"/>
       <c r="J657" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K657" s="84" t="s">
+      <c r="K657" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L657" s="83">
+      <c r="L657" s="89">
         <v>45894.697916666664</v>
       </c>
-      <c r="M657" s="83">
+      <c r="M657" s="82">
         <v>45894.795138888891</v>
       </c>
       <c r="N657" s="75">
         <v>45895.048611111109</v>
       </c>
       <c r="O657" s="75">
         <v>45895.371527777781</v>
       </c>
     </row>
-    <row r="658" spans="5:15" ht="15">
+    <row r="658" spans="1:15" ht="15">
+      <c r="A658" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B658" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C658" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D658" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E658" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F658" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G658" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="H658" s="66" t="s">
+      <c r="H658" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I658" s="28"/>
       <c r="J658" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K658" s="84" t="s">
+      <c r="K658" s="83" t="s">
         <v>27</v>
       </c>
-      <c r="L658" s="83">
+      <c r="L658" s="89">
         <v>45895.423611111109</v>
       </c>
-      <c r="M658" s="83">
+      <c r="M658" s="82">
         <v>45895.506944444445</v>
       </c>
       <c r="N658" s="75">
         <v>45896.503472222219</v>
       </c>
       <c r="O658" s="75">
         <v>45896.590277777781</v>
       </c>
     </row>
-    <row r="659" spans="5:15" ht="15">
+    <row r="659" spans="1:15" ht="15">
+      <c r="A659" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B659" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C659" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D659" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E659" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F659" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G659" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="H659" s="66" t="s">
+      <c r="H659" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I659" s="37">
         <v>9654971</v>
       </c>
       <c r="J659" s="28"/>
-      <c r="K659" s="84" t="s">
+      <c r="K659" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="L659" s="83">
+      <c r="L659" s="89">
         <v>45895.658333333333</v>
       </c>
-      <c r="M659" s="83">
+      <c r="M659" s="82">
         <v>45896.570833333331</v>
       </c>
       <c r="N659" s="75">
         <v>45898.366666666669</v>
       </c>
       <c r="O659" s="75">
         <v>45898.470833333333</v>
       </c>
     </row>
-    <row r="660" spans="5:15" ht="15">
+    <row r="660" spans="1:15" ht="15">
+      <c r="A660" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B660" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C660" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D660" s="39" t="s">
+        <v>20</v>
+      </c>
       <c r="E660" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F660" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G660" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="H660" s="66" t="s">
+      <c r="H660" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I660" s="28"/>
       <c r="J660" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K660" s="84" t="s">
+      <c r="K660" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L660" s="83">
+      <c r="L660" s="89">
         <v>45898.805555555555</v>
       </c>
-      <c r="M660" s="83">
+      <c r="M660" s="82">
         <v>45898.909722222219</v>
       </c>
       <c r="N660" s="75">
         <v>45899.579861111109</v>
       </c>
       <c r="O660" s="75">
         <v>45899.65625</v>
       </c>
     </row>
+    <row r="661" spans="1:15" ht="15">
+      <c r="A661" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B661" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C661" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D661" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E661" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F661" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G661" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H661" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I661" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J661" s="28"/>
+      <c r="K661" s="83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L661" s="89">
+        <v>45901.658333333333</v>
+      </c>
+      <c r="M661" s="89">
+        <v>45902.458333333336</v>
+      </c>
+      <c r="N661" s="89">
+        <v>45904.612500000003</v>
+      </c>
+      <c r="O661" s="89">
+        <v>45910.479166666664</v>
+      </c>
+    </row>
+    <row r="662" spans="1:15" ht="15">
+      <c r="A662" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B662" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C662" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D662" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E662" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F662" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G662" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H662" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I662" s="28"/>
+      <c r="J662" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K662" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L662" s="89">
+        <v>45903.420138888891</v>
+      </c>
+      <c r="M662" s="89">
+        <v>45903.586805555555</v>
+      </c>
+      <c r="N662" s="89">
+        <v>45904.090277777781</v>
+      </c>
+      <c r="O662" s="89">
+        <v>45904.4375</v>
+      </c>
+    </row>
+    <row r="663" spans="1:15" ht="15">
+      <c r="A663" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B663" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C663" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D663" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E663" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F663" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G663" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H663" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I663" s="28"/>
+      <c r="J663" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K663" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="L663" s="89">
+        <v>45904.673611111109</v>
+      </c>
+      <c r="M663" s="89">
+        <v>45904.916666666664</v>
+      </c>
+      <c r="N663" s="89">
+        <v>45905.267361111109</v>
+      </c>
+      <c r="O663" s="89">
+        <v>45905.586805555555</v>
+      </c>
+    </row>
+    <row r="664" spans="1:15" ht="15">
+      <c r="A664" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B664" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C664" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D664" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E664" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F664" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G664" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H664" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I664" s="28"/>
+      <c r="J664" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K664" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="L664" s="89">
+        <v>45904.673611111109</v>
+      </c>
+      <c r="M664" s="89">
+        <v>45905</v>
+      </c>
+      <c r="N664" s="89">
+        <v>45905.520833333336</v>
+      </c>
+      <c r="O664" s="89">
+        <v>45905.586805555555</v>
+      </c>
+    </row>
+    <row r="665" spans="1:15" ht="15">
+      <c r="A665" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B665" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C665" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D665" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E665" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F665" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G665" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H665" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I665" s="28"/>
+      <c r="J665" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K665" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="L665" s="89">
+        <v>45904.673611111109</v>
+      </c>
+      <c r="M665" s="89">
+        <v>45904.916666666664</v>
+      </c>
+      <c r="N665" s="89">
+        <v>45905.232638888891</v>
+      </c>
+      <c r="O665" s="89">
+        <v>45905.586805555555</v>
+      </c>
+    </row>
+    <row r="666" spans="1:15" ht="15">
+      <c r="A666" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B666" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C666" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D666" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E666" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F666" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G666" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H666" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I666" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J666" s="28"/>
+      <c r="K666" s="83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L666" s="89">
+        <v>45901.658333333333</v>
+      </c>
+      <c r="M666" s="89">
+        <v>45907.916666666664</v>
+      </c>
+      <c r="N666" s="89">
+        <v>45908.533333333333</v>
+      </c>
+      <c r="O666" s="89">
+        <v>45910.479166666664</v>
+      </c>
+    </row>
+    <row r="667" spans="1:15" ht="15">
+      <c r="A667" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B667" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C667" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D667" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E667" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F667" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G667" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H667" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I667" s="28"/>
+      <c r="J667" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K667" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L667" s="89">
+        <v>45907.625</v>
+      </c>
+      <c r="M667" s="89">
+        <v>45907.708333333336</v>
+      </c>
+      <c r="N667" s="89">
+        <v>45909.315972222219</v>
+      </c>
+      <c r="O667" s="89">
+        <v>45909.46875</v>
+      </c>
+    </row>
+    <row r="668" spans="1:15" ht="15">
+      <c r="A668" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B668" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C668" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D668" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E668" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F668" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G668" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H668" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I668" s="28"/>
+      <c r="J668" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K668" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L668" s="89">
+        <v>45907.625</v>
+      </c>
+      <c r="M668" s="89">
+        <v>45907.708333333336</v>
+      </c>
+      <c r="N668" s="89">
+        <v>45909.378472222219</v>
+      </c>
+      <c r="O668" s="89">
+        <v>45909.46875</v>
+      </c>
+    </row>
+    <row r="669" spans="1:15" ht="15">
+      <c r="A669" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B669" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C669" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D669" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E669" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F669" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G669" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H669" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I669" s="28"/>
+      <c r="J669" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K669" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="L669" s="89">
+        <v>45911.635416666664</v>
+      </c>
+      <c r="M669" s="89">
+        <v>45911.743055555555</v>
+      </c>
+      <c r="N669" s="89">
+        <v>45912.923611111109</v>
+      </c>
+      <c r="O669" s="89">
+        <v>45913.284722222219</v>
+      </c>
+    </row>
+    <row r="670" spans="1:15" ht="15">
+      <c r="A670" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B670" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C670" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D670" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E670" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F670" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G670" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H670" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I670" s="28"/>
+      <c r="J670" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K670" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L670" s="89">
+        <v>45912.618055555555</v>
+      </c>
+      <c r="M670" s="89">
+        <v>45912.697916666664</v>
+      </c>
+      <c r="N670" s="89">
+        <v>45912.802083333336</v>
+      </c>
+      <c r="O670" s="89">
+        <v>45915.420138888891</v>
+      </c>
+    </row>
+    <row r="671" spans="1:15" ht="15">
+      <c r="A671" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B671" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C671" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D671" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E671" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F671" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G671" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H671" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I671" s="28"/>
+      <c r="J671" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K671" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L671" s="89">
+        <v>45912.618055555555</v>
+      </c>
+      <c r="M671" s="89">
+        <v>45912.993055555555</v>
+      </c>
+      <c r="N671" s="89">
+        <v>45914.857638888891</v>
+      </c>
+      <c r="O671" s="89">
+        <v>45915.420138888891</v>
+      </c>
+    </row>
+    <row r="672" spans="1:15" ht="15">
+      <c r="A672" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B672" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C672" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D672" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E672" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F672" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G672" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H672" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I672" s="28"/>
+      <c r="J672" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K672" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L672" s="89">
+        <v>45912.618055555555</v>
+      </c>
+      <c r="M672" s="89">
+        <v>45912.993055555555</v>
+      </c>
+      <c r="N672" s="89">
+        <v>45914.815972222219</v>
+      </c>
+      <c r="O672" s="89">
+        <v>45915.420138888891</v>
+      </c>
+    </row>
+    <row r="673" spans="1:15" ht="15">
+      <c r="A673" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B673" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C673" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D673" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E673" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F673" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G673" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H673" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I673" s="28"/>
+      <c r="J673" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K673" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L673" s="89">
+        <v>45918.75</v>
+      </c>
+      <c r="M673" s="89">
+        <v>45918.868055555555</v>
+      </c>
+      <c r="N673" s="89">
+        <v>45919.833333333336</v>
+      </c>
+      <c r="O673" s="89">
+        <v>45920.444444444445</v>
+      </c>
+    </row>
+    <row r="674" spans="1:15" ht="15">
+      <c r="A674" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B674" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C674" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D674" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E674" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F674" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G674" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H674" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I674" s="28"/>
+      <c r="J674" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K674" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L674" s="89">
+        <v>45918.75</v>
+      </c>
+      <c r="M674" s="89">
+        <v>45918.864583333336</v>
+      </c>
+      <c r="N674" s="89">
+        <v>45919.868055555555</v>
+      </c>
+      <c r="O674" s="89">
+        <v>45920.444444444445</v>
+      </c>
+    </row>
+    <row r="675" spans="1:15" ht="15">
+      <c r="A675" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B675" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C675" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D675" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E675" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F675" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G675" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H675" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I675" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J675" s="28"/>
+      <c r="K675" s="83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L675" s="89">
+        <v>45919.675000000003</v>
+      </c>
+      <c r="M675" s="89">
+        <v>45919.754166666666</v>
+      </c>
+      <c r="N675" s="89">
+        <v>45920.383333333331</v>
+      </c>
+      <c r="O675" s="89">
+        <v>45920.489583333336</v>
+      </c>
+    </row>
+    <row r="676" spans="1:15" ht="15">
+      <c r="A676" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B676" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C676" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D676" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E676" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F676" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G676" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H676" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I676" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J676" s="28"/>
+      <c r="K676" s="83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L676" s="89">
+        <v>45923.65</v>
+      </c>
+      <c r="M676" s="89">
+        <v>45923.75</v>
+      </c>
+      <c r="N676" s="89">
+        <v>45924.341666666667</v>
+      </c>
+      <c r="O676" s="89">
+        <v>45924.479166666664</v>
+      </c>
+    </row>
+    <row r="677" spans="1:15" ht="15">
+      <c r="A677" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B677" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C677" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D677" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E677" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F677" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G677" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H677" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I677" s="28"/>
+      <c r="J677" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K677" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L677" s="89">
+        <v>45924.652777777781</v>
+      </c>
+      <c r="M677" s="89">
+        <v>45924.840277777781</v>
+      </c>
+      <c r="N677" s="89">
+        <v>45925.427083333336</v>
+      </c>
+      <c r="O677" s="89">
+        <v>45925.493055555555</v>
+      </c>
+    </row>
+    <row r="678" spans="1:15" ht="15">
+      <c r="A678" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B678" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C678" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D678" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E678" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F678" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G678" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H678" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I678" s="28"/>
+      <c r="J678" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K678" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L678" s="89">
+        <v>45924.652777777781</v>
+      </c>
+      <c r="M678" s="89">
+        <v>45924.840277777781</v>
+      </c>
+      <c r="N678" s="89">
+        <v>45925.4375</v>
+      </c>
+      <c r="O678" s="89">
+        <v>45925.493055555555</v>
+      </c>
+    </row>
+    <row r="679" spans="1:15" ht="15">
+      <c r="A679" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B679" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C679" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D679" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E679" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F679" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G679" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H679" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I679" s="28"/>
+      <c r="J679" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K679" s="88" t="s">
+        <v>29</v>
+      </c>
+      <c r="L679" s="89">
+        <v>45924.673611111109</v>
+      </c>
+      <c r="M679" s="89">
+        <v>45924.763888888891</v>
+      </c>
+      <c r="N679" s="89">
+        <v>45925.923611111109</v>
+      </c>
+      <c r="O679" s="89">
+        <v>45926.517361111109</v>
+      </c>
+    </row>
+    <row r="680" spans="1:15" ht="15">
+      <c r="A680" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B680" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C680" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D680" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E680" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F680" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G680" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H680" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I680" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J680" s="28"/>
+      <c r="K680" s="83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L680" s="89">
+        <v>45929.587500000001</v>
+      </c>
+      <c r="M680" s="89">
+        <v>45929.820833333331</v>
+      </c>
+      <c r="N680" s="89">
+        <v>45930.433333333334</v>
+      </c>
+      <c r="O680" s="89">
+        <v>45930.554166666669</v>
+      </c>
+    </row>
+    <row r="681" spans="1:15" ht="15">
+      <c r="A681" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B681" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C681" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D681" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E681" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F681" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G681" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H681" s="73" t="s">
+        <v>24</v>
+      </c>
+      <c r="I681" s="28"/>
+      <c r="J681" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K681" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L681" s="89">
+        <v>45930.642361111109</v>
+      </c>
+      <c r="M681" s="89">
+        <v>45930.729166666664</v>
+      </c>
+      <c r="N681" s="89">
+        <v>45931.270833333336</v>
+      </c>
+      <c r="O681" s="89">
+        <v>45931.677083333336</v>
+      </c>
+    </row>
+    <row r="682" spans="1:15" ht="15">
+      <c r="A682" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B682" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C682" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D682" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E682" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F682" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="G682" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="H682" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I682" s="31"/>
+      <c r="J682" s="44" t="s">
+        <v>26</v>
+      </c>
+      <c r="K682" s="90" t="s">
+        <v>27</v>
+      </c>
+      <c r="L682" s="93">
+        <v>45930.642361111109</v>
+      </c>
+      <c r="M682" s="89">
+        <v>45930.729166666664</v>
+      </c>
+      <c r="N682" s="89">
+        <v>45931.204861111109</v>
+      </c>
+      <c r="O682" s="89">
+        <v>45931.677083333336</v>
+      </c>
+    </row>
+    <row r="683" spans="1:15" ht="15">
+      <c r="A683" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B683" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C683" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D683" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E683" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F683" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G683" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H683" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I683" s="28"/>
+      <c r="J683" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K683" s="92" t="s">
+        <v>29</v>
+      </c>
+      <c r="L683" s="89">
+        <v>45934.690972222219</v>
+      </c>
+      <c r="M683" s="89">
+        <v>45934.902777777781</v>
+      </c>
+      <c r="N683" s="89">
+        <v>45935.604166666664</v>
+      </c>
+      <c r="O683" s="89">
+        <v>45936.361111111109</v>
+      </c>
+    </row>
+    <row r="684" spans="1:15" ht="15">
+      <c r="A684" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B684" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C684" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D684" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E684" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F684" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G684" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H684" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I684" s="28"/>
+      <c r="J684" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K684" s="92" t="s">
+        <v>29</v>
+      </c>
+      <c r="L684" s="89">
+        <v>45934.690972222219</v>
+      </c>
+      <c r="M684" s="89">
+        <v>45935.850694444445</v>
+      </c>
+      <c r="N684" s="89">
+        <v>45936.180555555555</v>
+      </c>
+      <c r="O684" s="89">
+        <v>45936.361111111109</v>
+      </c>
+    </row>
+    <row r="685" spans="1:15" ht="15">
+      <c r="A685" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B685" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C685" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D685" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E685" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F685" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G685" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H685" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I685" s="28"/>
+      <c r="J685" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K685" s="92" t="s">
+        <v>29</v>
+      </c>
+      <c r="L685" s="89">
+        <v>45934.690972222219</v>
+      </c>
+      <c r="M685" s="89">
+        <v>45935.850694444445</v>
+      </c>
+      <c r="N685" s="89">
+        <v>45936.270833333336</v>
+      </c>
+      <c r="O685" s="89">
+        <v>45936.361111111109</v>
+      </c>
+    </row>
+    <row r="686" spans="1:15" ht="15">
+      <c r="A686" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B686" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C686" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D686" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E686" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F686" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G686" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H686" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I686" s="28"/>
+      <c r="J686" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K686" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L686" s="89">
+        <v>45939.427083333336</v>
+      </c>
+      <c r="M686" s="89">
+        <v>45939.53125</v>
+      </c>
+      <c r="N686" s="89">
+        <v>45940.378472222219</v>
+      </c>
+      <c r="O686" s="89">
+        <v>45940.4375</v>
+      </c>
+    </row>
+    <row r="687" spans="1:15" ht="15">
+      <c r="A687" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B687" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C687" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D687" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E687" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F687" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G687" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H687" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I687" s="28"/>
+      <c r="J687" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K687" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L687" s="89">
+        <v>45944.506944444445</v>
+      </c>
+      <c r="M687" s="89">
+        <v>45945.836805555555</v>
+      </c>
+      <c r="N687" s="89">
+        <v>45946.350694444445</v>
+      </c>
+      <c r="O687" s="89">
+        <v>45946.527777777781</v>
+      </c>
+    </row>
+    <row r="688" spans="1:15" ht="15">
+      <c r="A688" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B688" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C688" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D688" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E688" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F688" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G688" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H688" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I688" s="28"/>
+      <c r="J688" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K688" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L688" s="89">
+        <v>45944.506944444445</v>
+      </c>
+      <c r="M688" s="89">
+        <v>45945.836805555555</v>
+      </c>
+      <c r="N688" s="89">
+        <v>45946.149305555555</v>
+      </c>
+      <c r="O688" s="89">
+        <v>45946.527777777781</v>
+      </c>
+    </row>
+    <row r="689" spans="1:15" ht="15">
+      <c r="A689" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B689" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C689" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D689" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E689" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F689" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G689" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H689" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I689" s="28"/>
+      <c r="J689" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K689" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L689" s="89">
+        <v>45944.506944444445</v>
+      </c>
+      <c r="M689" s="89">
+        <v>45945.836805555555</v>
+      </c>
+      <c r="N689" s="89">
+        <v>45946.458333333336</v>
+      </c>
+      <c r="O689" s="89">
+        <v>45946.527777777781</v>
+      </c>
+    </row>
+    <row r="690" spans="1:15" ht="15">
+      <c r="A690" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B690" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C690" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D690" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E690" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F690" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G690" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H690" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I690" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J690" s="28"/>
+      <c r="K690" s="92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L690" s="89">
+        <v>45950.525000000001</v>
+      </c>
+      <c r="M690" s="89">
+        <v>45950.741666666669</v>
+      </c>
+      <c r="N690" s="89">
+        <v>45951.320833333331</v>
+      </c>
+      <c r="O690" s="89">
+        <v>45956.508333333331</v>
+      </c>
+    </row>
+    <row r="691" spans="1:15" ht="15">
+      <c r="A691" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B691" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C691" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D691" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E691" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F691" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G691" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H691" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I691" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J691" s="28"/>
+      <c r="K691" s="92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L691" s="89">
+        <v>45950.525000000001</v>
+      </c>
+      <c r="M691" s="89">
+        <v>45951.395833333336</v>
+      </c>
+      <c r="N691" s="89">
+        <v>45951.824999999997</v>
+      </c>
+      <c r="O691" s="89">
+        <v>45956.508333333331</v>
+      </c>
+    </row>
+    <row r="692" spans="1:15" ht="15">
+      <c r="A692" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B692" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C692" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D692" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E692" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F692" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G692" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H692" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I692" s="28"/>
+      <c r="J692" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K692" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L692" s="89">
+        <v>45951.65625</v>
+      </c>
+      <c r="M692" s="89">
+        <v>45952</v>
+      </c>
+      <c r="N692" s="89">
+        <v>45953.038194444445</v>
+      </c>
+      <c r="O692" s="89">
+        <v>45954.315972222219</v>
+      </c>
+    </row>
+    <row r="693" spans="1:15" ht="15">
+      <c r="A693" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B693" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C693" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D693" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E693" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F693" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G693" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H693" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I693" s="28"/>
+      <c r="J693" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K693" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L693" s="89">
+        <v>45951.65625</v>
+      </c>
+      <c r="M693" s="89">
+        <v>45953.201388888891</v>
+      </c>
+      <c r="N693" s="89">
+        <v>45953.815972222219</v>
+      </c>
+      <c r="O693" s="89">
+        <v>45954.315972222219</v>
+      </c>
+    </row>
+    <row r="694" spans="1:15" ht="15">
+      <c r="A694" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B694" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C694" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D694" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E694" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F694" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G694" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H694" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I694" s="28"/>
+      <c r="J694" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K694" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L694" s="89">
+        <v>45951.65625</v>
+      </c>
+      <c r="M694" s="89">
+        <v>45953.201388888891</v>
+      </c>
+      <c r="N694" s="89">
+        <v>45953.684027777781</v>
+      </c>
+      <c r="O694" s="89">
+        <v>45954.315972222219</v>
+      </c>
+    </row>
+    <row r="695" spans="1:15" ht="15">
+      <c r="A695" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B695" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C695" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D695" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E695" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F695" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G695" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H695" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I695" s="37">
+        <v>9654971</v>
+      </c>
+      <c r="J695" s="28"/>
+      <c r="K695" s="92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L695" s="89">
+        <v>45950.525000000001</v>
+      </c>
+      <c r="M695" s="89">
+        <v>45955.541666666664</v>
+      </c>
+      <c r="N695" s="89">
+        <v>45956.070833333331</v>
+      </c>
+      <c r="O695" s="89">
+        <v>45956.508333333331</v>
+      </c>
+    </row>
+    <row r="696" spans="1:15" ht="15">
+      <c r="A696" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B696" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C696" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D696" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E696" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F696" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G696" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H696" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I696" s="28"/>
+      <c r="J696" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K696" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L696" s="89">
+        <v>45957.465277777781</v>
+      </c>
+      <c r="M696" s="89">
+        <v>45957.579861111109</v>
+      </c>
+      <c r="N696" s="89">
+        <v>45959.368055555555</v>
+      </c>
+      <c r="O696" s="89">
+        <v>45959.427083333336</v>
+      </c>
+    </row>
+    <row r="697" spans="1:15" ht="15">
+      <c r="A697" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B697" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C697" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D697" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E697" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F697" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G697" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H697" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I697" s="28"/>
+      <c r="J697" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K697" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L697" s="89">
+        <v>45957.465277777781</v>
+      </c>
+      <c r="M697" s="89">
+        <v>45957.583333333336</v>
+      </c>
+      <c r="N697" s="89">
+        <v>45957.854166666664</v>
+      </c>
+      <c r="O697" s="89">
+        <v>45959.427083333336</v>
+      </c>
+    </row>
+    <row r="698" spans="1:15" ht="15">
+      <c r="A698" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B698" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C698" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D698" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E698" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F698" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G698" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="H698" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I698" s="28"/>
+      <c r="J698" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K698" s="92" t="s">
+        <v>27</v>
+      </c>
+      <c r="L698" s="89">
+        <v>45957.465277777781</v>
+      </c>
+      <c r="M698" s="89">
+        <v>45957.586805555555</v>
+      </c>
+      <c r="N698" s="89">
+        <v>45957.888888888891</v>
+      </c>
+      <c r="O698" s="89">
+        <v>45959.427083333336</v>
+      </c>
+    </row>
+    <row r="699" spans="1:15" ht="15"/>
+    <row r="700" spans="1:15" ht="15"/>
+    <row r="701" spans="1:15" ht="15"/>
+    <row r="702" spans="1:15" ht="15"/>
+    <row r="703" spans="1:15" ht="15"/>
+    <row r="704" spans="1:15" ht="15"/>
   </sheetData>
   <autoFilter ref="A1:O220" xr:uid="{55BB9867-9E86-4675-A13E-681B7B6859FB}"/>
   <mergeCells count="1">
     <mergeCell ref="A2:O3"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="afdf4466f1404b045c894b3af44bfd5d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15472d5064bdd8a900ba57229a245140" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2259994f86eb54acd31c1adc78f1024e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -31231,80 +33196,60 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{808DF278-72C1-4E75-9470-323566A3CE7E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EBA5950-2F08-4F5B-989D-05E43295C074}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EBA5950-2F08-4F5B-989D-05E43295C074}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E643226-42B9-4C12-978F-6C842318E60D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E643226-42B9-4C12-978F-6C842318E60D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA05D2E2-EDE7-4103-A6BE-BC5AA7C75C31}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>BKM</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DANIELE AYUMI SHIMADA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>