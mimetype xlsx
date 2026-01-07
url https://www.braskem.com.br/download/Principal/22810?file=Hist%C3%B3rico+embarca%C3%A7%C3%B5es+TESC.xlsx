--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29512"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29602"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/ANP/RANP 881/Documentos Divulgados/Atualização Mensal/Atualização 15.05.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1715" documentId="8_{E5BC0A78-982A-4016-9EEF-88537A32E0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{895F4F5A-0B95-4572-96BC-4DA7BD0CC166}"/>
+  <xr:revisionPtr revIDLastSave="1737" documentId="8_{E5BC0A78-982A-4016-9EEF-88537A32E0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{19E17C0C-213A-46C2-9683-DA8A9F57EA8D}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{69E3D1C8-4C06-481F-B3DB-896EE4582E31}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Planilha1!$A$1:$O$220</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6359" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6440" uniqueCount="46">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Histórico da relação de embarcações que operaram para o terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881-2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -176,58 +176,62 @@
   </si>
   <si>
     <t>KEMPTON</t>
   </si>
   <si>
     <t>FORTE DE SÃO MARCOS</t>
   </si>
   <si>
     <t>SCOT FLENSBURG</t>
   </si>
   <si>
     <t>NT GUAPURUVU</t>
   </si>
   <si>
     <t xml:space="preserve">GUAPURUVU </t>
   </si>
   <si>
     <t>SCOT HAMBURG</t>
   </si>
   <si>
     <t>SCOT BAYERN</t>
   </si>
   <si>
     <t>PUNTA MOGOTES</t>
   </si>
+  <si>
+    <t>29/Nov/25 &lt;=&gt; 11:48</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
+    <numFmt numFmtId="165" formatCode="dd/mmm/yy\ \&lt;\=\&gt;\ hh:mm"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -550,51 +554,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -812,56 +816,67 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="164" fontId="10" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="165" fontId="10" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{C3A5A9D8-79D3-4CCA-94C2-0530D58E0E22}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1142,133 +1157,133 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55BB9867-9E86-4675-A13E-681B7B6859FB}">
-  <dimension ref="A1:O704"/>
+  <dimension ref="A1:O707"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J705" sqref="J705:J708"/>
+    <sheetView tabSelected="1" topLeftCell="E682" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="I726" sqref="I726"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" customWidth="1"/>
     <col min="8" max="8" width="15.140625" customWidth="1"/>
     <col min="9" max="9" width="26.85546875" customWidth="1"/>
     <col min="10" max="10" width="32.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="28.85546875" customWidth="1"/>
     <col min="12" max="12" width="20" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="24.7109375" customWidth="1"/>
     <col min="14" max="14" width="26.140625" customWidth="1"/>
     <col min="15" max="15" width="22.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45975</v>
+        <v>46002</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
     </row>
     <row r="2" spans="1:15">
-      <c r="A2" s="91" t="s">
+      <c r="A2" s="92" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="91"/>
-[...12 lines deleted...]
-      <c r="O2" s="91"/>
+      <c r="B2" s="92"/>
+      <c r="C2" s="92"/>
+      <c r="D2" s="92"/>
+      <c r="E2" s="92"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+      <c r="H2" s="92"/>
+      <c r="I2" s="92"/>
+      <c r="J2" s="92"/>
+      <c r="K2" s="92"/>
+      <c r="L2" s="92"/>
+      <c r="M2" s="92"/>
+      <c r="N2" s="92"/>
+      <c r="O2" s="92"/>
     </row>
     <row r="3" spans="1:15">
-      <c r="A3" s="91"/>
-[...13 lines deleted...]
-      <c r="O3" s="91"/>
+      <c r="A3" s="92"/>
+      <c r="B3" s="92"/>
+      <c r="C3" s="92"/>
+      <c r="D3" s="92"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
+      <c r="H3" s="92"/>
+      <c r="I3" s="92"/>
+      <c r="J3" s="92"/>
+      <c r="K3" s="92"/>
+      <c r="L3" s="92"/>
+      <c r="M3" s="92"/>
+      <c r="N3" s="92"/>
+      <c r="O3" s="92"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
       <c r="C4" s="1"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
     <row r="5" spans="1:15" ht="26.1">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>4</v>
       </c>
@@ -32159,835 +32174,1214 @@
       <c r="C682" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D682" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E682" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F682" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G682" s="84" t="s">
         <v>23</v>
       </c>
       <c r="H682" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I682" s="31"/>
       <c r="J682" s="44" t="s">
         <v>26</v>
       </c>
       <c r="K682" s="90" t="s">
         <v>27</v>
       </c>
-      <c r="L682" s="93">
+      <c r="L682" s="91">
         <v>45930.642361111109</v>
       </c>
       <c r="M682" s="89">
         <v>45930.729166666664</v>
       </c>
       <c r="N682" s="89">
         <v>45931.204861111109</v>
       </c>
       <c r="O682" s="89">
         <v>45931.677083333336</v>
       </c>
     </row>
     <row r="683" spans="1:15" ht="15">
       <c r="A683" s="38">
         <v>1161076</v>
       </c>
       <c r="B683" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C683" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D683" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E683" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F683" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G683" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H683" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I683" s="28"/>
       <c r="J683" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K683" s="92" t="s">
+      <c r="K683" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L683" s="89">
         <v>45934.690972222219</v>
       </c>
       <c r="M683" s="89">
         <v>45934.902777777781</v>
       </c>
       <c r="N683" s="89">
         <v>45935.604166666664</v>
       </c>
       <c r="O683" s="89">
         <v>45936.361111111109</v>
       </c>
     </row>
     <row r="684" spans="1:15" ht="15">
       <c r="A684" s="38">
         <v>1161076</v>
       </c>
       <c r="B684" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C684" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D684" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E684" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F684" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G684" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H684" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I684" s="28"/>
       <c r="J684" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K684" s="92" t="s">
+      <c r="K684" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L684" s="89">
         <v>45934.690972222219</v>
       </c>
       <c r="M684" s="89">
         <v>45935.850694444445</v>
       </c>
       <c r="N684" s="89">
         <v>45936.180555555555</v>
       </c>
       <c r="O684" s="89">
         <v>45936.361111111109</v>
       </c>
     </row>
     <row r="685" spans="1:15" ht="15">
       <c r="A685" s="38">
         <v>1161076</v>
       </c>
       <c r="B685" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C685" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D685" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E685" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F685" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G685" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H685" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I685" s="28"/>
       <c r="J685" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K685" s="92" t="s">
+      <c r="K685" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L685" s="89">
         <v>45934.690972222219</v>
       </c>
       <c r="M685" s="89">
         <v>45935.850694444445</v>
       </c>
       <c r="N685" s="89">
         <v>45936.270833333336</v>
       </c>
       <c r="O685" s="89">
         <v>45936.361111111109</v>
       </c>
     </row>
     <row r="686" spans="1:15" ht="15">
       <c r="A686" s="38">
         <v>1161076</v>
       </c>
       <c r="B686" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C686" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D686" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E686" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F686" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G686" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H686" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I686" s="28"/>
       <c r="J686" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K686" s="92" t="s">
+      <c r="K686" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L686" s="89">
         <v>45939.427083333336</v>
       </c>
       <c r="M686" s="89">
         <v>45939.53125</v>
       </c>
       <c r="N686" s="89">
         <v>45940.378472222219</v>
       </c>
       <c r="O686" s="89">
         <v>45940.4375</v>
       </c>
     </row>
     <row r="687" spans="1:15" ht="15">
       <c r="A687" s="38">
         <v>1161076</v>
       </c>
       <c r="B687" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C687" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D687" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E687" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F687" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G687" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H687" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I687" s="28"/>
       <c r="J687" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K687" s="92" t="s">
+      <c r="K687" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L687" s="89">
         <v>45944.506944444445</v>
       </c>
       <c r="M687" s="89">
         <v>45945.836805555555</v>
       </c>
       <c r="N687" s="89">
         <v>45946.350694444445</v>
       </c>
       <c r="O687" s="89">
         <v>45946.527777777781</v>
       </c>
     </row>
     <row r="688" spans="1:15" ht="15">
       <c r="A688" s="38">
         <v>1161076</v>
       </c>
       <c r="B688" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C688" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D688" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E688" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F688" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G688" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H688" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I688" s="28"/>
       <c r="J688" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K688" s="92" t="s">
+      <c r="K688" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L688" s="89">
         <v>45944.506944444445</v>
       </c>
       <c r="M688" s="89">
         <v>45945.836805555555</v>
       </c>
       <c r="N688" s="89">
         <v>45946.149305555555</v>
       </c>
       <c r="O688" s="89">
         <v>45946.527777777781</v>
       </c>
     </row>
     <row r="689" spans="1:15" ht="15">
       <c r="A689" s="38">
         <v>1161076</v>
       </c>
       <c r="B689" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C689" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D689" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E689" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F689" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G689" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H689" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I689" s="28"/>
       <c r="J689" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K689" s="92" t="s">
+      <c r="K689" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L689" s="89">
         <v>45944.506944444445</v>
       </c>
       <c r="M689" s="89">
         <v>45945.836805555555</v>
       </c>
       <c r="N689" s="89">
         <v>45946.458333333336</v>
       </c>
       <c r="O689" s="89">
         <v>45946.527777777781</v>
       </c>
     </row>
     <row r="690" spans="1:15" ht="15">
       <c r="A690" s="38">
         <v>1161076</v>
       </c>
       <c r="B690" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C690" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D690" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E690" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F690" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G690" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H690" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I690" s="37">
         <v>9654971</v>
       </c>
       <c r="J690" s="28"/>
-      <c r="K690" s="92" t="s">
+      <c r="K690" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L690" s="89">
         <v>45950.525000000001</v>
       </c>
       <c r="M690" s="89">
         <v>45950.741666666669</v>
       </c>
       <c r="N690" s="89">
         <v>45951.320833333331</v>
       </c>
       <c r="O690" s="89">
         <v>45956.508333333331</v>
       </c>
     </row>
     <row r="691" spans="1:15" ht="15">
       <c r="A691" s="38">
         <v>1161076</v>
       </c>
       <c r="B691" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C691" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D691" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E691" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F691" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G691" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H691" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I691" s="37">
         <v>9654971</v>
       </c>
       <c r="J691" s="28"/>
-      <c r="K691" s="92" t="s">
+      <c r="K691" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L691" s="89">
         <v>45950.525000000001</v>
       </c>
       <c r="M691" s="89">
         <v>45951.395833333336</v>
       </c>
       <c r="N691" s="89">
         <v>45951.824999999997</v>
       </c>
       <c r="O691" s="89">
         <v>45956.508333333331</v>
       </c>
     </row>
     <row r="692" spans="1:15" ht="15">
       <c r="A692" s="38">
         <v>1161076</v>
       </c>
       <c r="B692" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C692" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D692" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E692" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F692" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G692" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H692" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I692" s="28"/>
       <c r="J692" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K692" s="92" t="s">
+      <c r="K692" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L692" s="89">
         <v>45951.65625</v>
       </c>
       <c r="M692" s="89">
         <v>45952</v>
       </c>
       <c r="N692" s="89">
         <v>45953.038194444445</v>
       </c>
       <c r="O692" s="89">
         <v>45954.315972222219</v>
       </c>
     </row>
     <row r="693" spans="1:15" ht="15">
       <c r="A693" s="38">
         <v>1161076</v>
       </c>
       <c r="B693" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C693" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D693" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E693" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F693" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G693" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H693" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I693" s="28"/>
       <c r="J693" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K693" s="92" t="s">
+      <c r="K693" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L693" s="89">
         <v>45951.65625</v>
       </c>
       <c r="M693" s="89">
         <v>45953.201388888891</v>
       </c>
       <c r="N693" s="89">
         <v>45953.815972222219</v>
       </c>
       <c r="O693" s="89">
         <v>45954.315972222219</v>
       </c>
     </row>
     <row r="694" spans="1:15" ht="15">
       <c r="A694" s="38">
         <v>1161076</v>
       </c>
       <c r="B694" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C694" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D694" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E694" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F694" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G694" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H694" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I694" s="28"/>
       <c r="J694" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K694" s="92" t="s">
+      <c r="K694" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L694" s="89">
         <v>45951.65625</v>
       </c>
       <c r="M694" s="89">
         <v>45953.201388888891</v>
       </c>
       <c r="N694" s="89">
         <v>45953.684027777781</v>
       </c>
       <c r="O694" s="89">
         <v>45954.315972222219</v>
       </c>
     </row>
     <row r="695" spans="1:15" ht="15">
       <c r="A695" s="38">
         <v>1161076</v>
       </c>
       <c r="B695" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C695" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D695" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E695" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F695" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G695" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H695" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I695" s="37">
         <v>9654971</v>
       </c>
       <c r="J695" s="28"/>
-      <c r="K695" s="92" t="s">
+      <c r="K695" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L695" s="89">
         <v>45950.525000000001</v>
       </c>
       <c r="M695" s="89">
         <v>45955.541666666664</v>
       </c>
       <c r="N695" s="89">
         <v>45956.070833333331</v>
       </c>
       <c r="O695" s="89">
         <v>45956.508333333331</v>
       </c>
     </row>
     <row r="696" spans="1:15" ht="15">
       <c r="A696" s="38">
         <v>1161076</v>
       </c>
       <c r="B696" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C696" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D696" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E696" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F696" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G696" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H696" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I696" s="28"/>
       <c r="J696" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K696" s="92" t="s">
+      <c r="K696" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L696" s="89">
         <v>45957.465277777781</v>
       </c>
       <c r="M696" s="89">
         <v>45957.579861111109</v>
       </c>
       <c r="N696" s="89">
         <v>45959.368055555555</v>
       </c>
       <c r="O696" s="89">
         <v>45959.427083333336</v>
       </c>
     </row>
     <row r="697" spans="1:15" ht="15">
       <c r="A697" s="38">
         <v>1161076</v>
       </c>
       <c r="B697" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C697" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D697" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E697" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F697" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G697" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H697" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I697" s="28"/>
       <c r="J697" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K697" s="92" t="s">
+      <c r="K697" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L697" s="89">
         <v>45957.465277777781</v>
       </c>
       <c r="M697" s="89">
         <v>45957.583333333336</v>
       </c>
       <c r="N697" s="89">
         <v>45957.854166666664</v>
       </c>
       <c r="O697" s="89">
         <v>45959.427083333336</v>
       </c>
     </row>
     <row r="698" spans="1:15" ht="15">
       <c r="A698" s="38">
         <v>1161076</v>
       </c>
       <c r="B698" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C698" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D698" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E698" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F698" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G698" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H698" s="86" t="s">
         <v>24</v>
       </c>
-      <c r="I698" s="28"/>
-      <c r="J698" s="37" t="s">
+      <c r="I698" s="31"/>
+      <c r="J698" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="K698" s="92" t="s">
+      <c r="K698" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L698" s="89">
         <v>45957.465277777781</v>
       </c>
       <c r="M698" s="89">
         <v>45957.586805555555</v>
       </c>
       <c r="N698" s="89">
         <v>45957.888888888891</v>
       </c>
       <c r="O698" s="89">
         <v>45959.427083333336</v>
       </c>
     </row>
-    <row r="699" spans="1:15" ht="15"/>
-[...4 lines deleted...]
-    <row r="704" spans="1:15" ht="15"/>
+    <row r="699" spans="1:15" ht="15">
+      <c r="A699" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B699" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C699" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D699" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E699" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F699" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G699" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H699" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I699" s="28"/>
+      <c r="J699" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K699" s="95" t="s">
+        <v>27</v>
+      </c>
+      <c r="L699" s="93">
+        <v>45964.725694444445</v>
+      </c>
+      <c r="M699" s="89">
+        <v>45964.815972222219</v>
+      </c>
+      <c r="N699" s="89">
+        <v>45965.013888888891</v>
+      </c>
+      <c r="O699" s="89">
+        <v>45967.486111111109</v>
+      </c>
+    </row>
+    <row r="700" spans="1:15" ht="15">
+      <c r="A700" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B700" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C700" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D700" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E700" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F700" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G700" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H700" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I700" s="28"/>
+      <c r="J700" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K700" s="96" t="s">
+        <v>27</v>
+      </c>
+      <c r="L700" s="94">
+        <v>45964.725694444445</v>
+      </c>
+      <c r="M700" s="89">
+        <v>45965.131944444445</v>
+      </c>
+      <c r="N700" s="89">
+        <v>45966.635416666664</v>
+      </c>
+      <c r="O700" s="89">
+        <v>45967.486111111109</v>
+      </c>
+    </row>
+    <row r="701" spans="1:15" ht="15">
+      <c r="A701" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B701" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C701" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D701" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E701" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F701" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G701" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H701" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I701" s="28"/>
+      <c r="J701" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K701" s="96" t="s">
+        <v>27</v>
+      </c>
+      <c r="L701" s="94">
+        <v>45964.725694444445</v>
+      </c>
+      <c r="M701" s="89">
+        <v>45967.194444444445</v>
+      </c>
+      <c r="N701" s="89">
+        <v>45967.423611111109</v>
+      </c>
+      <c r="O701" s="89">
+        <v>45967.486111111109</v>
+      </c>
+    </row>
+    <row r="702" spans="1:15" ht="15">
+      <c r="A702" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B702" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C702" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D702" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E702" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F702" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G702" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H702" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I702" s="28"/>
+      <c r="J702" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K702" s="96" t="s">
+        <v>27</v>
+      </c>
+      <c r="L702" s="94">
+        <v>45975.493055555555</v>
+      </c>
+      <c r="M702" s="89">
+        <v>45975.694444444445</v>
+      </c>
+      <c r="N702" s="89">
+        <v>45977.194444444445</v>
+      </c>
+      <c r="O702" s="89">
+        <v>45977.260416666664</v>
+      </c>
+    </row>
+    <row r="703" spans="1:15" ht="15">
+      <c r="A703" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B703" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C703" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D703" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E703" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F703" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G703" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H703" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I703" s="28"/>
+      <c r="J703" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K703" s="96" t="s">
+        <v>27</v>
+      </c>
+      <c r="L703" s="94">
+        <v>45975.493055555555</v>
+      </c>
+      <c r="M703" s="89">
+        <v>45979.024305555555</v>
+      </c>
+      <c r="N703" s="89">
+        <v>45979.565972222219</v>
+      </c>
+      <c r="O703" s="89">
+        <v>45979.652777777781</v>
+      </c>
+    </row>
+    <row r="704" spans="1:15" ht="15">
+      <c r="A704" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B704" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C704" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D704" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E704" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F704" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G704" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H704" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I704" s="28"/>
+      <c r="J704" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K704" s="96" t="s">
+        <v>29</v>
+      </c>
+      <c r="L704" s="94">
+        <v>45983.732638888891</v>
+      </c>
+      <c r="M704" s="89">
+        <v>45983.815972222219</v>
+      </c>
+      <c r="N704" s="89">
+        <v>45984.822916666664</v>
+      </c>
+      <c r="O704" s="89">
+        <v>45985.017361111109</v>
+      </c>
+    </row>
+    <row r="705" spans="1:15" ht="15">
+      <c r="A705" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B705" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C705" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D705" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E705" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F705" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G705" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H705" s="73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I705" s="28"/>
+      <c r="J705" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K705" s="96" t="s">
+        <v>29</v>
+      </c>
+      <c r="L705" s="94">
+        <v>45983.732638888891</v>
+      </c>
+      <c r="M705" s="89">
+        <v>45984.923611111109</v>
+      </c>
+      <c r="N705" s="89">
+        <v>45985.46875</v>
+      </c>
+      <c r="O705" s="89">
+        <v>45985.017361111109</v>
+      </c>
+    </row>
+    <row r="706" spans="1:15" ht="15">
+      <c r="A706" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B706" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C706" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D706" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E706" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F706" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G706" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H706" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="I706" s="28"/>
+      <c r="J706" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K706" s="96" t="s">
+        <v>27</v>
+      </c>
+      <c r="L706" s="94">
+        <v>45986.506944444445</v>
+      </c>
+      <c r="M706" s="89">
+        <v>45986.618055555555</v>
+      </c>
+      <c r="N706" s="89">
+        <v>45988.229166666664</v>
+      </c>
+      <c r="O706" s="89">
+        <v>45988.354166666664</v>
+      </c>
+    </row>
+    <row r="707" spans="1:15" ht="15">
+      <c r="A707" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B707" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C707" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D707" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E707" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F707" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G707" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H707" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I707" s="79">
+        <v>9654971</v>
+      </c>
+      <c r="J707" s="28"/>
+      <c r="K707" s="96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L707" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="M707" s="89">
+        <v>45994</v>
+      </c>
+      <c r="N707" s="89">
+        <v>45994.970833333333</v>
+      </c>
+      <c r="O707" s="89">
+        <v>45995.506944444445</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="A1:O220" xr:uid="{55BB9867-9E86-4675-A13E-681B7B6859FB}"/>
   <mergeCells count="1">
     <mergeCell ref="A2:O3"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2bfec957b68e8e6c76e54b98b260ab7a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -33196,60 +33590,80 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EBA5950-2F08-4F5B-989D-05E43295C074}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E7C0D76-8F54-4E5B-9253-75D1CA0B2945}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E643226-42B9-4C12-978F-6C842318E60D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA05D2E2-EDE7-4103-A6BE-BC5AA7C75C31}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EBA5950-2F08-4F5B-989D-05E43295C074}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>BKM</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DANIELE AYUMI SHIMADA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>