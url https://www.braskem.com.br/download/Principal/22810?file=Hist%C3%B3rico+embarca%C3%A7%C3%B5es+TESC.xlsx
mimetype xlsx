--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29602"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/ANP/RANP 881/Documentos Divulgados/Atualização Mensal/Atualização 15.05.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 13.02.2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1737" documentId="8_{E5BC0A78-982A-4016-9EEF-88537A32E0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{19E17C0C-213A-46C2-9683-DA8A9F57EA8D}"/>
+  <xr:revisionPtr revIDLastSave="1842" documentId="8_{E5BC0A78-982A-4016-9EEF-88537A32E0CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F25BB779-50F2-48A9-AE67-05A2D5C040C9}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{69E3D1C8-4C06-481F-B3DB-896EE4582E31}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{69E3D1C8-4C06-481F-B3DB-896EE4582E31}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Planilha1!$A$1:$O$220</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6440" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6600" uniqueCount="45">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Histórico da relação de embarcações que operaram para o terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881-2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -176,64 +176,60 @@
   </si>
   <si>
     <t>KEMPTON</t>
   </si>
   <si>
     <t>FORTE DE SÃO MARCOS</t>
   </si>
   <si>
     <t>SCOT FLENSBURG</t>
   </si>
   <si>
     <t>NT GUAPURUVU</t>
   </si>
   <si>
     <t xml:space="preserve">GUAPURUVU </t>
   </si>
   <si>
     <t>SCOT HAMBURG</t>
   </si>
   <si>
     <t>SCOT BAYERN</t>
   </si>
   <si>
     <t>PUNTA MOGOTES</t>
   </si>
-  <si>
-[...1 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
-    <numFmt numFmtId="165" formatCode="dd/mmm/yy\ \&lt;\=\&gt;\ hh:mm"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
@@ -266,84 +262,94 @@
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="21">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -549,56 +555,65 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="97">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -819,129 +834,150 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{C3A5A9D8-79D3-4CCA-94C2-0530D58E0E22}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1003,51 +1039,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1145,32243 +1181,33053 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55BB9867-9E86-4675-A13E-681B7B6859FB}">
-  <dimension ref="A1:O707"/>
+  <dimension ref="A1:O725"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="E682" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="I726" sqref="I726"/>
+    <sheetView tabSelected="1" topLeftCell="A706" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="H728" sqref="H728"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20.1796875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="30.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
-    <col min="4" max="4" width="2.5703125" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="11" width="28.85546875" customWidth="1"/>
+    <col min="4" max="4" width="2.54296875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.54296875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="22.26953125" customWidth="1"/>
+    <col min="7" max="7" width="15.7265625" customWidth="1"/>
+    <col min="8" max="8" width="15.1796875" customWidth="1"/>
+    <col min="9" max="9" width="26.81640625" customWidth="1"/>
+    <col min="10" max="10" width="32.26953125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="28.81640625" customWidth="1"/>
     <col min="12" max="12" width="20" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="24.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="22.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="24.7265625" customWidth="1"/>
+    <col min="14" max="14" width="26.1796875" customWidth="1"/>
+    <col min="15" max="15" width="22.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>46002</v>
+        <v>46062</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
     </row>
-    <row r="2" spans="1:15">
-      <c r="A2" s="92" t="s">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A2" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="92"/>
-[...31 lines deleted...]
-    <row r="4" spans="1:15">
+      <c r="B2" s="98"/>
+      <c r="C2" s="98"/>
+      <c r="D2" s="98"/>
+      <c r="E2" s="98"/>
+      <c r="F2" s="98"/>
+      <c r="G2" s="98"/>
+      <c r="H2" s="98"/>
+      <c r="I2" s="98"/>
+      <c r="J2" s="98"/>
+      <c r="K2" s="98"/>
+      <c r="L2" s="98"/>
+      <c r="M2" s="98"/>
+      <c r="N2" s="98"/>
+      <c r="O2" s="98"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A3" s="98"/>
+      <c r="B3" s="98"/>
+      <c r="C3" s="98"/>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+      <c r="N3" s="98"/>
+      <c r="O3" s="98"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
       <c r="C4" s="1"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
       <c r="K4" s="4"/>
       <c r="L4" s="4"/>
       <c r="M4" s="4"/>
       <c r="N4" s="4"/>
       <c r="O4" s="4"/>
     </row>
-    <row r="5" spans="1:15" ht="26.1">
+    <row r="5" spans="1:15" ht="26" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="6" spans="1:15">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A6" s="7">
         <v>1161076</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L6" s="9">
         <v>44805.711805555555</v>
       </c>
       <c r="M6" s="9">
         <v>44805.763888888891</v>
       </c>
       <c r="N6" s="9">
         <v>44806.479166666664</v>
       </c>
       <c r="O6" s="9">
         <v>44808.486111111109</v>
       </c>
     </row>
-    <row r="7" spans="1:15">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A7" s="7">
         <v>1161076</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H7" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L7" s="9">
         <v>44805.711805555555</v>
       </c>
       <c r="M7" s="9">
         <v>44807.104166666664</v>
       </c>
       <c r="N7" s="9">
         <v>44808.4375</v>
       </c>
       <c r="O7" s="9">
         <v>44808.486111111109</v>
       </c>
     </row>
-    <row r="8" spans="1:15">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A8" s="7">
         <v>1161076</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I8" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J8" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L8" s="9">
         <v>44805.711805555555</v>
       </c>
       <c r="M8" s="9">
         <v>44807.15625</v>
       </c>
       <c r="N8" s="9">
         <v>44807.670138888891</v>
       </c>
       <c r="O8" s="9">
         <v>44808.486111111109</v>
       </c>
     </row>
-    <row r="9" spans="1:15">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A9" s="7">
         <v>1161076</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L9" s="9">
         <v>44808.625</v>
       </c>
       <c r="M9" s="9">
         <v>44809.559027777781</v>
       </c>
       <c r="N9" s="9">
         <v>44809.982638888891</v>
       </c>
       <c r="O9" s="9">
         <v>44810.458333333336</v>
       </c>
     </row>
-    <row r="10" spans="1:15">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A10" s="7">
         <v>1161076</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L10" s="9">
         <v>44808.625</v>
       </c>
       <c r="M10" s="9">
         <v>44809.604166666664</v>
       </c>
       <c r="N10" s="9">
         <v>44810.336805555555</v>
       </c>
       <c r="O10" s="9">
         <v>44810.458333333336</v>
       </c>
     </row>
-    <row r="11" spans="1:15">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A11" s="7">
         <v>1161076</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="8">
         <v>9654971</v>
       </c>
       <c r="J11" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L11" s="9">
         <v>44810.5625</v>
       </c>
       <c r="M11" s="9">
         <v>44810.65</v>
       </c>
       <c r="N11" s="9">
         <v>44811.645833333336</v>
       </c>
       <c r="O11" s="9">
         <v>44811.720833333333</v>
       </c>
     </row>
-    <row r="12" spans="1:15">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A12" s="7">
         <v>1161076</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L12" s="9">
         <v>44811.833333333336</v>
       </c>
       <c r="M12" s="9">
         <v>44814.836805555555</v>
       </c>
       <c r="N12" s="9">
         <v>44814.972222222219</v>
       </c>
       <c r="O12" s="9">
         <v>44815.319444444445</v>
       </c>
     </row>
-    <row r="13" spans="1:15">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A13" s="7">
         <v>1161076</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L13" s="9">
         <v>44811.833333333336</v>
       </c>
       <c r="M13" s="9">
         <v>44812.902777777781</v>
       </c>
       <c r="N13" s="9">
         <v>44813.232638888891</v>
       </c>
       <c r="O13" s="9">
         <v>44815.319444444445</v>
       </c>
     </row>
-    <row r="14" spans="1:15">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A14" s="7">
         <v>1161076</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L14" s="9">
         <v>44811.833333333336</v>
       </c>
       <c r="M14" s="9">
         <v>44812.902777777781</v>
       </c>
       <c r="N14" s="9">
         <v>44813.552083333336</v>
       </c>
       <c r="O14" s="9">
         <v>44815.319444444445</v>
       </c>
     </row>
-    <row r="15" spans="1:15">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A15" s="7">
         <v>1161076</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L15" s="9">
         <v>44811.833333333336</v>
       </c>
       <c r="M15" s="9">
         <v>44812.25</v>
       </c>
       <c r="N15" s="9">
         <v>44812.493055555555</v>
       </c>
       <c r="O15" s="9">
         <v>44815.319444444445</v>
       </c>
     </row>
-    <row r="16" spans="1:15">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A16" s="7">
         <v>1161076</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="8">
         <v>9371672</v>
       </c>
       <c r="J16" s="8" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="L16" s="9">
         <v>44815.574999999997</v>
       </c>
       <c r="M16" s="9">
         <v>44815.854166666664</v>
       </c>
       <c r="N16" s="9">
         <v>44816.89166666667</v>
       </c>
       <c r="O16" s="9">
         <v>44817.383333333331</v>
       </c>
     </row>
-    <row r="17" spans="1:15">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A17" s="7">
         <v>1161076</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J17" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L17" s="9">
         <v>44817.465277777781</v>
       </c>
       <c r="M17" s="9">
         <v>44817.552083333336</v>
       </c>
       <c r="N17" s="9">
         <v>44817.631944444445</v>
       </c>
       <c r="O17" s="9">
         <v>44819.305555555555</v>
       </c>
     </row>
-    <row r="18" spans="1:15">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A18" s="7">
         <v>1161076</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J18" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L18" s="9">
         <v>44817.465277777781</v>
       </c>
       <c r="M18" s="9">
         <v>44818.024305555555</v>
       </c>
       <c r="N18" s="9">
         <v>44818.954861111109</v>
       </c>
       <c r="O18" s="9">
         <v>44819.305555555555</v>
       </c>
     </row>
-    <row r="19" spans="1:15">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A19" s="7">
         <v>1161076</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="9">
         <v>44817.465277777781</v>
       </c>
       <c r="M19" s="9">
         <v>44818.048611111109</v>
       </c>
       <c r="N19" s="9">
         <v>44818.3125</v>
       </c>
       <c r="O19" s="9">
         <v>44819.305555555555</v>
       </c>
     </row>
-    <row r="20" spans="1:15">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A20" s="7">
         <v>1161076</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G20" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="8">
         <v>9654971</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K20" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L20" s="9">
         <v>44819.48333333333</v>
       </c>
       <c r="M20" s="9">
         <v>44819.695833333331</v>
       </c>
       <c r="N20" s="9">
         <v>44820.32916666667</v>
       </c>
       <c r="O20" s="9">
         <v>44820.513888888891</v>
       </c>
     </row>
-    <row r="21" spans="1:15">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A21" s="7">
         <v>1161076</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G21" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L21" s="9">
         <v>44820.604166666664</v>
       </c>
       <c r="M21" s="9">
         <v>44820.645833333336</v>
       </c>
       <c r="N21" s="9">
         <v>44821.395833333336</v>
       </c>
       <c r="O21" s="9">
         <v>44823.482638888891</v>
       </c>
     </row>
-    <row r="22" spans="1:15">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A22" s="7">
         <v>1161076</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L22" s="9">
         <v>44820.604166666664</v>
       </c>
       <c r="M22" s="9">
         <v>44821.451388888891</v>
       </c>
       <c r="N22" s="9">
         <v>44821.78125</v>
       </c>
       <c r="O22" s="9">
         <v>44823.482638888891</v>
       </c>
     </row>
-    <row r="23" spans="1:15">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A23" s="7">
         <v>1161076</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L23" s="9">
         <v>44820.604166666664</v>
       </c>
       <c r="M23" s="9">
         <v>44822.760416666664</v>
       </c>
       <c r="N23" s="9">
         <v>44823.326388888891</v>
       </c>
       <c r="O23" s="9">
         <v>44823.482638888891</v>
       </c>
     </row>
-    <row r="24" spans="1:15">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A24" s="7">
         <v>1161076</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L24" s="9">
         <v>44820.604166666664</v>
       </c>
       <c r="M24" s="9">
         <v>44821.270833333336</v>
       </c>
       <c r="N24" s="9">
         <v>44821.833333333336</v>
       </c>
       <c r="O24" s="9">
         <v>44823.482638888891</v>
       </c>
     </row>
-    <row r="25" spans="1:15">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A25" s="7">
         <v>1161076</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K25" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="9">
         <v>44823.555555555555</v>
       </c>
       <c r="M25" s="9">
         <v>44823.680555555555</v>
       </c>
       <c r="N25" s="9">
         <v>44823.923611111109</v>
       </c>
       <c r="O25" s="9">
         <v>44825.319444444445</v>
       </c>
     </row>
-    <row r="26" spans="1:15">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A26" s="7">
         <v>1161076</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G26" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I26" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J26" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K26" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="9">
         <v>44823.555555555555</v>
       </c>
       <c r="M26" s="9">
         <v>44824.201388888891</v>
       </c>
       <c r="N26" s="9">
         <v>44824.40625</v>
       </c>
       <c r="O26" s="9">
         <v>44825.319444444445</v>
       </c>
     </row>
-    <row r="27" spans="1:15">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A27" s="7">
         <v>1161076</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F27" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G27" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J27" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K27" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="9">
         <v>44823.555555555555</v>
       </c>
       <c r="M27" s="9">
         <v>44824.197916666664</v>
       </c>
       <c r="N27" s="9">
         <v>44825.201388888891</v>
       </c>
       <c r="O27" s="9">
         <v>44825.319444444445</v>
       </c>
     </row>
-    <row r="28" spans="1:15">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A28" s="7">
         <v>1161076</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I28" s="8">
         <v>9654971</v>
       </c>
       <c r="J28" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K28" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L28" s="9">
         <v>44825.583333333336</v>
       </c>
       <c r="M28" s="9">
         <v>44825.8125</v>
       </c>
       <c r="N28" s="9">
         <v>44827.258333333331</v>
       </c>
       <c r="O28" s="9">
         <v>44827.379166666666</v>
       </c>
     </row>
-    <row r="29" spans="1:15">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A29" s="7">
         <v>1161076</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F29" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I29" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="9">
         <v>44827.711805555555</v>
       </c>
       <c r="M29" s="9">
         <v>44827.760416666664</v>
       </c>
       <c r="N29" s="9">
         <v>44828.673611111109</v>
       </c>
       <c r="O29" s="9">
         <v>44832.440972222219</v>
       </c>
     </row>
-    <row r="30" spans="1:15">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A30" s="7">
         <v>1161076</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J30" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L30" s="9">
         <v>44827.711805555555</v>
       </c>
       <c r="M30" s="9">
         <v>44829.298611111109</v>
       </c>
       <c r="N30" s="9">
         <v>44832.388888888891</v>
       </c>
       <c r="O30" s="9">
         <v>44832.440972222219</v>
       </c>
     </row>
-    <row r="31" spans="1:15">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A31" s="7">
         <v>1161076</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J31" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L31" s="9">
         <v>44827.711805555555</v>
       </c>
       <c r="M31" s="9">
         <v>44828.9375</v>
       </c>
       <c r="N31" s="9">
         <v>44829.239583333336</v>
       </c>
       <c r="O31" s="9">
         <v>44832.440972222219</v>
       </c>
     </row>
-    <row r="32" spans="1:15">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A32" s="7">
         <v>1161076</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G32" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J32" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="9">
         <v>44827.711805555555</v>
       </c>
       <c r="M32" s="9">
         <v>44827.982638888891</v>
       </c>
       <c r="N32" s="9">
         <v>44828.277777777781</v>
       </c>
       <c r="O32" s="9">
         <v>44832.440972222219</v>
       </c>
     </row>
-    <row r="33" spans="1:15">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A33" s="7">
         <v>1161076</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="8">
         <v>9654971</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K33" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L33" s="9">
         <v>44834.4375</v>
       </c>
       <c r="M33" s="9">
         <v>44834.625</v>
       </c>
       <c r="N33" s="9">
         <v>44835.529166666667</v>
       </c>
       <c r="O33" s="9">
         <v>44835.625</v>
       </c>
     </row>
-    <row r="34" spans="1:15">
+    <row r="34" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A34" s="7">
         <v>1161076</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E34" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G34" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J34" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K34" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="9">
         <v>44836.600694444445</v>
       </c>
       <c r="M34" s="9">
         <v>44836.694444444445</v>
       </c>
       <c r="N34" s="9">
         <v>44837.604166666664</v>
       </c>
       <c r="O34" s="9">
         <v>44838.482638888891</v>
       </c>
     </row>
-    <row r="35" spans="1:15">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A35" s="7">
         <v>1161076</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G35" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I35" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J35" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L35" s="9">
         <v>44836.600694444445</v>
       </c>
       <c r="M35" s="9">
         <v>44838.038194444445</v>
       </c>
       <c r="N35" s="9">
         <v>44838.413194444445</v>
       </c>
       <c r="O35" s="9">
         <v>44838.482638888891</v>
       </c>
     </row>
-    <row r="36" spans="1:15">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A36" s="7">
         <v>1161076</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J36" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L36" s="9">
         <v>44838.645833333336</v>
       </c>
       <c r="M36" s="9">
         <v>44838.694444444445</v>
       </c>
       <c r="N36" s="9">
         <v>44839.833333333336</v>
       </c>
       <c r="O36" s="9">
         <v>44841.53125</v>
       </c>
     </row>
-    <row r="37" spans="1:15">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A37" s="7">
         <v>1161076</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E37" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J37" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="9">
         <v>44838.645833333336</v>
       </c>
       <c r="M37" s="9">
         <v>44840.638888888891</v>
       </c>
       <c r="N37" s="9">
         <v>44841.430555555555</v>
       </c>
       <c r="O37" s="9">
         <v>44841.53125</v>
       </c>
     </row>
-    <row r="38" spans="1:15">
+    <row r="38" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A38" s="7">
         <v>1161076</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G38" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I38" s="8">
         <v>9654971</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K38" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L38" s="9">
         <v>44841.625</v>
       </c>
       <c r="M38" s="9">
         <v>44840.486111111109</v>
       </c>
       <c r="N38" s="9">
         <v>44841.472222222219</v>
       </c>
       <c r="O38" s="9">
         <v>44843.379166666666</v>
       </c>
     </row>
-    <row r="39" spans="1:15">
+    <row r="39" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A39" s="7">
         <v>1161076</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G39" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I39" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J39" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="9">
         <v>44843.46875</v>
       </c>
       <c r="M39" s="9">
         <v>44841.958333333336</v>
       </c>
       <c r="N39" s="9">
         <v>44842.79583333333</v>
       </c>
       <c r="O39" s="9">
         <v>44846.392361111109</v>
       </c>
     </row>
-    <row r="40" spans="1:15">
+    <row r="40" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A40" s="7">
         <v>1161076</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E40" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G40" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I40" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J40" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K40" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L40" s="9">
         <v>44843.46875</v>
       </c>
       <c r="M40" s="9">
         <v>44843.666666666664</v>
       </c>
       <c r="N40" s="9">
         <v>44844.017361111109</v>
       </c>
       <c r="O40" s="9">
         <v>44846.392361111109</v>
       </c>
     </row>
-    <row r="41" spans="1:15">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A41" s="7">
         <v>1161076</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E41" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J41" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K41" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="9">
         <v>44843.46875</v>
       </c>
       <c r="M41" s="9">
         <v>44843.548611111109</v>
       </c>
       <c r="N41" s="9">
         <v>44846.336805555555</v>
       </c>
       <c r="O41" s="9">
         <v>44846.392361111109</v>
       </c>
     </row>
-    <row r="42" spans="1:15">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A42" s="7">
         <v>1161076</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E42" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G42" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J42" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L42" s="9">
         <v>44846.479166666664</v>
       </c>
       <c r="M42" s="9">
         <v>44844.090277777781</v>
       </c>
       <c r="N42" s="9">
         <v>44844.548611111109</v>
       </c>
       <c r="O42" s="9">
         <v>44848.298611111109</v>
       </c>
     </row>
-    <row r="43" spans="1:15">
+    <row r="43" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A43" s="7">
         <v>1161076</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E43" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G43" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I43" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J43" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K43" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L43" s="9">
         <v>44846.479166666664</v>
       </c>
       <c r="M43" s="9">
         <v>44846.604166666664</v>
       </c>
       <c r="N43" s="9">
         <v>44848.229166666664</v>
       </c>
       <c r="O43" s="9">
         <v>44848.298611111109</v>
       </c>
     </row>
-    <row r="44" spans="1:15">
+    <row r="44" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A44" s="7">
         <v>1161076</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E44" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G44" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I44" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J44" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K44" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L44" s="9">
         <v>44846.479166666664</v>
       </c>
       <c r="M44" s="9">
         <v>44846.670138888891</v>
       </c>
       <c r="N44" s="9">
         <v>44846.9375</v>
       </c>
       <c r="O44" s="9">
         <v>44848.298611111109</v>
       </c>
     </row>
-    <row r="45" spans="1:15">
+    <row r="45" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A45" s="7">
         <v>1161076</v>
       </c>
       <c r="B45" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E45" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G45" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="8">
         <v>9654971</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K45" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L45" s="9">
         <v>44848.479166666664</v>
       </c>
       <c r="M45" s="9">
         <v>44846.625</v>
       </c>
       <c r="N45" s="9">
         <v>44846.875</v>
       </c>
       <c r="O45" s="9">
         <v>44850.388888888891</v>
       </c>
     </row>
-    <row r="46" spans="1:15">
+    <row r="46" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A46" s="7">
         <v>1161076</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E46" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G46" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="8">
         <v>9371684</v>
       </c>
       <c r="J46" s="8" t="s">
         <v>25</v>
       </c>
       <c r="K46" s="8" t="s">
         <v>33</v>
       </c>
       <c r="L46" s="9">
         <v>44850.533333333333</v>
       </c>
       <c r="M46" s="9">
         <v>44848.737500000003</v>
       </c>
       <c r="N46" s="9">
         <v>44849.912499999999</v>
       </c>
       <c r="O46" s="9">
         <v>44851.512499999997</v>
       </c>
     </row>
-    <row r="47" spans="1:15">
+    <row r="47" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A47" s="7">
         <v>1161076</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J47" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K47" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="9">
         <v>44852.645833333336</v>
       </c>
       <c r="M47" s="9">
         <v>44850.691666666666</v>
       </c>
       <c r="N47" s="9">
         <v>44851.433333333334</v>
       </c>
       <c r="O47" s="9">
         <v>44856.583333333336</v>
       </c>
     </row>
-    <row r="48" spans="1:15">
+    <row r="48" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A48" s="7">
         <v>1161076</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J48" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K48" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="9">
         <v>44852.645833333336</v>
       </c>
       <c r="M48" s="9">
         <v>44852.75</v>
       </c>
       <c r="N48" s="9">
         <v>44854.0625</v>
       </c>
       <c r="O48" s="9">
         <v>44856.583333333336</v>
       </c>
     </row>
-    <row r="49" spans="1:15">
+    <row r="49" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A49" s="7">
         <v>1161076</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G49" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J49" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K49" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="9">
         <v>44852.645833333336</v>
       </c>
       <c r="M49" s="9">
         <v>44853.725694444445</v>
       </c>
       <c r="N49" s="9">
         <v>44856.506944444445</v>
       </c>
       <c r="O49" s="9">
         <v>44856.583333333336</v>
       </c>
     </row>
-    <row r="50" spans="1:15">
+    <row r="50" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A50" s="7">
         <v>1161076</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G50" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I50" s="8">
         <v>9654971</v>
       </c>
       <c r="J50" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K50" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L50" s="9">
         <v>44856.6875</v>
       </c>
       <c r="M50" s="9">
         <v>44854.454861111109</v>
       </c>
       <c r="N50" s="9">
         <v>44854.986111111109</v>
       </c>
       <c r="O50" s="9">
         <v>44858.380555555559</v>
       </c>
     </row>
-    <row r="51" spans="1:15">
+    <row r="51" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A51" s="7">
         <v>1161076</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E51" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G51" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H51" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="8">
         <v>9654971</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K51" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L51" s="9">
         <v>44856.6875</v>
       </c>
       <c r="M51" s="9">
         <v>44856.775000000001</v>
       </c>
       <c r="N51" s="9">
         <v>44857.8125</v>
       </c>
       <c r="O51" s="9">
         <v>44858.380555555559</v>
       </c>
     </row>
-    <row r="52" spans="1:15">
+    <row r="52" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A52" s="7">
         <v>1161076</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E52" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G52" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I52" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J52" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K52" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L52" s="9">
         <v>44858.486111111109</v>
       </c>
       <c r="M52" s="9">
         <v>44858.5625</v>
       </c>
       <c r="N52" s="9">
         <v>44859.180555555555</v>
       </c>
       <c r="O52" s="9">
         <v>44859.319444444445</v>
       </c>
     </row>
-    <row r="53" spans="1:15">
+    <row r="53" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A53" s="7">
         <v>1161076</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E53" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F53" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G53" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H53" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J53" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K53" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L53" s="9">
         <v>44858.486111111109</v>
       </c>
       <c r="M53" s="9">
         <v>44858.565972222219</v>
       </c>
       <c r="N53" s="9">
         <v>44859.111111111109</v>
       </c>
       <c r="O53" s="9">
         <v>44859.319444444445</v>
       </c>
     </row>
-    <row r="54" spans="1:15">
+    <row r="54" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A54" s="7">
         <v>1161076</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E54" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F54" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G54" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H54" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J54" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K54" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="9">
         <v>44860.520833333336</v>
       </c>
       <c r="M54" s="9">
         <v>44860.638888888891</v>
       </c>
       <c r="N54" s="9">
         <v>44860.736111111109</v>
       </c>
       <c r="O54" s="9">
         <v>44862.5</v>
       </c>
     </row>
-    <row r="55" spans="1:15">
+    <row r="55" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A55" s="7">
         <v>1161076</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C55" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E55" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F55" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G55" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J55" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K55" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="9">
         <v>44860.520833333336</v>
       </c>
       <c r="M55" s="9">
         <v>44860.885416666664</v>
       </c>
       <c r="N55" s="9">
         <v>44953.520833333336</v>
       </c>
       <c r="O55" s="9">
         <v>44862.5</v>
       </c>
     </row>
-    <row r="56" spans="1:15">
+    <row r="56" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A56" s="7">
         <v>1161076</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G56" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J56" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K56" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="9">
         <v>44860.520833333336</v>
       </c>
       <c r="M56" s="9">
         <v>44861.6875</v>
       </c>
       <c r="N56" s="9">
         <v>44862.208333333336</v>
       </c>
       <c r="O56" s="9">
         <v>44862.5</v>
       </c>
     </row>
-    <row r="57" spans="1:15">
+    <row r="57" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A57" s="7">
         <v>1161076</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C57" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F57" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G57" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J57" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K57" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="9">
         <v>44867.638888888891</v>
       </c>
       <c r="M57" s="9">
         <v>44865.524305555555</v>
       </c>
       <c r="N57" s="9">
         <v>44866.59375</v>
       </c>
       <c r="O57" s="9">
         <v>44869.711805555555</v>
       </c>
     </row>
-    <row r="58" spans="1:15">
+    <row r="58" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A58" s="7">
         <v>1161076</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G58" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J58" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K58" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="9">
         <v>44867.638888888891</v>
       </c>
       <c r="M58" s="9">
         <v>44866.65625</v>
       </c>
       <c r="N58" s="9">
         <v>44867.326388888891</v>
       </c>
       <c r="O58" s="9">
         <v>44869.711805555555</v>
       </c>
     </row>
-    <row r="59" spans="1:15">
+    <row r="59" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A59" s="7">
         <v>1161076</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C59" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E59" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F59" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G59" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H59" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J59" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K59" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="9">
         <v>44865.461805555555</v>
       </c>
       <c r="M59" s="9">
         <v>44866.979166666664</v>
       </c>
       <c r="N59" s="9">
         <v>44867.385416666664</v>
       </c>
       <c r="O59" s="9">
         <v>44867.427083333336</v>
       </c>
     </row>
-    <row r="60" spans="1:15">
+    <row r="60" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A60" s="7">
         <v>1161076</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C60" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E60" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G60" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J60" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K60" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L60" s="9">
         <v>44865.461805555555</v>
       </c>
       <c r="M60" s="9">
         <v>44868.75</v>
       </c>
       <c r="N60" s="9">
         <v>44868.982638888891</v>
       </c>
       <c r="O60" s="9">
         <v>44867.427083333336</v>
       </c>
     </row>
-    <row r="61" spans="1:15">
+    <row r="61" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A61" s="7">
         <v>1161076</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F61" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G61" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H61" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I61" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J61" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K61" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L61" s="9">
         <v>44865.461805555555</v>
       </c>
       <c r="M61" s="9">
         <v>44868.75</v>
       </c>
       <c r="N61" s="9">
         <v>44869.663194444445</v>
       </c>
       <c r="O61" s="9">
         <v>44867.427083333336</v>
       </c>
     </row>
-    <row r="62" spans="1:15">
+    <row r="62" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A62" s="7">
         <v>1161076</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E62" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F62" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G62" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H62" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I62" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J62" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K62" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L62" s="9">
         <v>44870.649305555555</v>
       </c>
       <c r="M62" s="9">
         <v>44870.756944444445</v>
       </c>
       <c r="N62" s="9">
         <v>44873.100694444445</v>
       </c>
       <c r="O62" s="9">
         <v>44867.427083333336</v>
       </c>
     </row>
-    <row r="63" spans="1:15">
+    <row r="63" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A63" s="7">
         <v>1161076</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E63" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G63" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J63" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K63" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L63" s="9">
         <v>44870.649305555555</v>
       </c>
       <c r="M63" s="9">
         <v>44871.041666666664</v>
       </c>
       <c r="N63" s="9">
         <v>44871.291666666664</v>
       </c>
       <c r="O63" s="9">
         <v>44867.427083333336</v>
       </c>
     </row>
-    <row r="64" spans="1:15">
+    <row r="64" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A64" s="7">
         <v>1161076</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F64" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G64" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H64" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J64" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K64" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="9">
         <v>44874.583333333336</v>
       </c>
       <c r="M64" s="9">
         <v>44874.652777777781</v>
       </c>
       <c r="N64" s="9">
         <v>44875.888888888891</v>
       </c>
       <c r="O64" s="9">
         <v>44876.399305555555</v>
       </c>
     </row>
-    <row r="65" spans="1:15">
+    <row r="65" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A65" s="7">
         <v>1161076</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E65" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F65" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I65" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J65" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K65" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L65" s="9">
         <v>44874.583333333336</v>
       </c>
       <c r="M65" s="9">
         <v>44875.965277777781</v>
       </c>
       <c r="N65" s="9">
         <v>44876.340277777781</v>
       </c>
       <c r="O65" s="9">
         <v>44876.399305555555</v>
       </c>
     </row>
-    <row r="66" spans="1:15">
+    <row r="66" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A66" s="7">
         <v>1161076</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F66" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H66" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J66" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K66" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L66" s="9">
         <v>44878.555555555555</v>
       </c>
       <c r="M66" s="9">
         <v>44878.614583333336</v>
       </c>
       <c r="N66" s="9">
         <v>44879.260416666664</v>
       </c>
       <c r="O66" s="9">
         <v>44879.368055555555</v>
       </c>
     </row>
-    <row r="67" spans="1:15">
+    <row r="67" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A67" s="7">
         <v>1161076</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E67" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G67" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H67" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J67" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K67" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L67" s="9">
         <v>44879.555555555555</v>
       </c>
       <c r="M67" s="9">
         <v>44879.958333333336</v>
       </c>
       <c r="N67" s="9">
         <v>44880.395833333336</v>
       </c>
       <c r="O67" s="9">
         <v>44880.559027777781</v>
       </c>
     </row>
-    <row r="68" spans="1:15">
+    <row r="68" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A68" s="7">
         <v>1161076</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F68" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G68" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H68" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J68" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K68" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L68" s="9">
         <v>44879.555555555555</v>
       </c>
       <c r="M68" s="9">
         <v>44880.121527777781</v>
       </c>
       <c r="N68" s="9">
         <v>44880.385416666664</v>
       </c>
       <c r="O68" s="9">
         <v>44880.559027777781</v>
       </c>
     </row>
-    <row r="69" spans="1:15">
+    <row r="69" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A69" s="7">
         <v>1161076</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E69" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G69" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H69" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I69" s="8">
         <v>9654971</v>
       </c>
       <c r="J69" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K69" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L69" s="9">
         <v>44880.658333333333</v>
       </c>
       <c r="M69" s="9">
         <v>44880.73333333333</v>
       </c>
       <c r="N69" s="9">
         <v>44882.125</v>
       </c>
       <c r="O69" s="9">
         <v>44882.388888888891</v>
       </c>
     </row>
-    <row r="70" spans="1:15">
+    <row r="70" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A70" s="7">
         <v>1161076</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E70" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H70" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I70" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J70" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K70" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L70" s="9">
         <v>44884.65625</v>
       </c>
       <c r="M70" s="9">
         <v>44884.708333333336</v>
       </c>
       <c r="N70" s="9">
         <v>44885.086805555555</v>
       </c>
       <c r="O70" s="9">
         <v>44886.305555555555</v>
       </c>
     </row>
-    <row r="71" spans="1:15">
+    <row r="71" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A71" s="7">
         <v>1161076</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F71" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G71" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H71" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I71" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J71" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K71" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L71" s="9">
         <v>44884.65625</v>
       </c>
       <c r="M71" s="9">
         <v>44885.121527777781</v>
       </c>
       <c r="N71" s="9">
         <v>44885.743055555555</v>
       </c>
       <c r="O71" s="9">
         <v>44886.305555555555</v>
       </c>
     </row>
-    <row r="72" spans="1:15">
+    <row r="72" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A72" s="7">
         <v>1161076</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C72" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E72" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F72" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G72" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I72" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J72" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K72" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L72" s="9">
         <v>44891.5</v>
       </c>
       <c r="M72" s="9">
         <v>44891.552083333336</v>
       </c>
       <c r="N72" s="9">
         <v>44892.15625</v>
       </c>
       <c r="O72" s="9">
         <v>44892.3125</v>
       </c>
     </row>
-    <row r="73" spans="1:15">
+    <row r="73" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A73" s="7">
         <v>1161076</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C73" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E73" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J73" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K73" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L73" s="9">
         <v>44897.663194444445</v>
       </c>
       <c r="M73" s="9">
         <v>44897.711805555555</v>
       </c>
       <c r="N73" s="9">
         <v>44898.545138888891</v>
       </c>
       <c r="O73" s="9">
         <v>44899.34375</v>
       </c>
     </row>
-    <row r="74" spans="1:15">
+    <row r="74" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A74" s="7">
         <v>1161076</v>
       </c>
       <c r="B74" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C74" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E74" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F74" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G74" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H74" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I74" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J74" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K74" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L74" s="9">
         <v>44897.663194444445</v>
       </c>
       <c r="M74" s="9">
         <v>44898.631944444445</v>
       </c>
       <c r="N74" s="9">
         <v>44899.256944444445</v>
       </c>
       <c r="O74" s="9">
         <v>44899.34375</v>
       </c>
     </row>
-    <row r="75" spans="1:15">
+    <row r="75" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A75" s="7">
         <v>1161076</v>
       </c>
       <c r="B75" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E75" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F75" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G75" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I75" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J75" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K75" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L75" s="9">
         <v>44897.663194444445</v>
       </c>
       <c r="M75" s="9">
         <v>44898.635416666664</v>
       </c>
       <c r="N75" s="9">
         <v>44899.104166666664</v>
       </c>
       <c r="O75" s="9">
         <v>44899.34375</v>
       </c>
     </row>
-    <row r="76" spans="1:15">
+    <row r="76" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A76" s="7">
         <v>1161076</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C76" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E76" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G76" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H76" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="8">
         <v>9654971</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K76" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L76" s="9">
         <v>44899.570833333331</v>
       </c>
       <c r="M76" s="9">
         <v>44899.966666666667</v>
       </c>
       <c r="N76" s="9">
         <v>44901.254166666666</v>
       </c>
       <c r="O76" s="9">
         <v>44901.379166666666</v>
       </c>
     </row>
-    <row r="77" spans="1:15">
+    <row r="77" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A77" s="7">
         <v>1161076</v>
       </c>
       <c r="B77" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C77" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E77" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F77" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G77" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H77" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I77" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J77" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K77" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L77" s="9">
         <v>44901.690972222219</v>
       </c>
       <c r="M77" s="9">
         <v>44901.75</v>
       </c>
       <c r="N77" s="9">
         <v>44902.006944444445</v>
       </c>
       <c r="O77" s="9">
         <v>44902.506944444445</v>
       </c>
     </row>
-    <row r="78" spans="1:15">
+    <row r="78" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A78" s="7">
         <v>1161076</v>
       </c>
       <c r="B78" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E78" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F78" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G78" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H78" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I78" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J78" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K78" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L78" s="9">
         <v>44903.465277777781</v>
       </c>
       <c r="M78" s="9">
         <v>44903.53125</v>
       </c>
       <c r="N78" s="9">
         <v>44904.03125</v>
       </c>
       <c r="O78" s="9">
         <v>44904.211805555555</v>
       </c>
     </row>
-    <row r="79" spans="1:15">
+    <row r="79" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A79" s="7">
         <v>1161076</v>
       </c>
       <c r="B79" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E79" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F79" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H79" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I79" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J79" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K79" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L79" s="9">
         <v>44905.451388888891</v>
       </c>
       <c r="M79" s="9">
         <v>44905.583333333336</v>
       </c>
       <c r="N79" s="9">
         <v>44905.836805555555</v>
       </c>
       <c r="O79" s="9">
         <v>44906.256944444445</v>
       </c>
     </row>
-    <row r="80" spans="1:15">
+    <row r="80" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A80" s="7">
         <v>1161076</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C80" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E80" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G80" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H80" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J80" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K80" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L80" s="9">
         <v>44909.569444444445</v>
       </c>
       <c r="M80" s="9">
         <v>44909.6875</v>
       </c>
       <c r="N80" s="9">
         <v>44909.989583333336</v>
       </c>
       <c r="O80" s="9">
         <v>44910.274305555555</v>
       </c>
     </row>
-    <row r="81" spans="1:15">
+    <row r="81" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A81" s="7">
         <v>1161076</v>
       </c>
       <c r="B81" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C81" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E81" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G81" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H81" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I81" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J81" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K81" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L81" s="9">
         <v>44914.430555555555</v>
       </c>
       <c r="M81" s="9">
         <v>44915.572916666664</v>
       </c>
       <c r="N81" s="9">
         <v>44916.090277777781</v>
       </c>
       <c r="O81" s="9">
         <v>44916.309027777781</v>
       </c>
     </row>
-    <row r="82" spans="1:15">
+    <row r="82" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A82" s="7">
         <v>1161076</v>
       </c>
       <c r="B82" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G82" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J82" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K82" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L82" s="9">
         <v>44914.430555555555</v>
       </c>
       <c r="M82" s="9">
         <v>44915.569444444445</v>
       </c>
       <c r="N82" s="9">
         <v>44915.892361111109</v>
       </c>
       <c r="O82" s="9">
         <v>44916.309027777781</v>
       </c>
     </row>
-    <row r="83" spans="1:15">
+    <row r="83" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A83" s="7">
         <v>1161076</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E83" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F83" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G83" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H83" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J83" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K83" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L83" s="9">
         <v>44916.40625</v>
       </c>
       <c r="M83" s="9">
         <v>44916.53125</v>
       </c>
       <c r="N83" s="9">
         <v>44917.427083333336</v>
       </c>
       <c r="O83" s="9">
         <v>44917.493055555555</v>
       </c>
     </row>
-    <row r="84" spans="1:15">
+    <row r="84" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A84" s="7">
         <v>1161076</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C84" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G84" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H84" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I84" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J84" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K84" s="8" t="s">
         <v>29</v>
       </c>
       <c r="L84" s="9">
         <v>44916.40625</v>
       </c>
       <c r="M84" s="9">
         <v>44916.857638888891</v>
       </c>
       <c r="N84" s="9">
         <v>44917.111111111109</v>
       </c>
       <c r="O84" s="9">
         <v>44917.493055555555</v>
       </c>
     </row>
-    <row r="85" spans="1:15">
+    <row r="85" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A85" s="7">
         <v>1161076</v>
       </c>
       <c r="B85" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E85" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G85" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H85" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I85" s="8">
         <v>9654971</v>
       </c>
       <c r="J85" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K85" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L85" s="9">
         <v>44918.425000000003</v>
       </c>
       <c r="M85" s="9">
         <v>44908.683333333334</v>
       </c>
       <c r="N85" s="9">
         <v>44919.912499999999</v>
       </c>
       <c r="O85" s="9">
         <v>44920.541666666664</v>
       </c>
     </row>
-    <row r="86" spans="1:15">
+    <row r="86" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A86" s="7">
         <v>1161076</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C86" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E86" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G86" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H86" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I86" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J86" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K86" s="8" t="s">
         <v>27</v>
       </c>
       <c r="L86" s="9">
         <v>44921.541666666664</v>
       </c>
       <c r="M86" s="9">
         <v>44921.59375</v>
       </c>
       <c r="N86" s="9">
         <v>44922.840277777781</v>
       </c>
       <c r="O86" s="9">
         <v>44923.25</v>
       </c>
     </row>
-    <row r="87" spans="1:15" ht="14.45" customHeight="1">
+    <row r="87" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A87" s="7">
         <v>1161076</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C87" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E87" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G87" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H87" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I87" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J87" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K87" s="12" t="s">
         <v>29</v>
       </c>
       <c r="L87" s="13">
         <v>44928.354166666664</v>
       </c>
       <c r="M87" s="13">
         <v>44928.472222222219</v>
       </c>
       <c r="N87" s="13">
         <v>44928.736111111109</v>
       </c>
       <c r="O87" s="13">
         <v>44928.767361111109</v>
       </c>
     </row>
-    <row r="88" spans="1:15" ht="14.45" customHeight="1">
+    <row r="88" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A88" s="7">
         <v>1161076</v>
       </c>
       <c r="B88" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F88" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G88" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H88" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I88" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J88" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K88" s="12" t="s">
         <v>29</v>
       </c>
       <c r="L88" s="13">
         <v>44933.465277777781</v>
       </c>
       <c r="M88" s="13">
         <v>44933.541666666664</v>
       </c>
       <c r="N88" s="13">
         <v>44934.815972222219</v>
       </c>
       <c r="O88" s="13">
         <v>44935.25</v>
       </c>
     </row>
-    <row r="89" spans="1:15" ht="14.45" customHeight="1">
+    <row r="89" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A89" s="7">
         <v>1161076</v>
       </c>
       <c r="B89" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C89" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E89" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G89" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H89" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J89" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K89" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L89" s="13">
         <v>44935.458333333336</v>
       </c>
       <c r="M89" s="13">
         <v>44935.611111111109</v>
       </c>
       <c r="N89" s="13">
         <v>44936.09375</v>
       </c>
       <c r="O89" s="13">
         <v>44936.329861111109</v>
       </c>
     </row>
-    <row r="90" spans="1:15" ht="14.45" customHeight="1">
+    <row r="90" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A90" s="7">
         <v>1161076</v>
       </c>
       <c r="B90" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C90" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E90" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F90" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G90" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H90" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I90" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J90" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K90" s="12" t="s">
         <v>29</v>
       </c>
       <c r="L90" s="13">
         <v>44939.364583333336</v>
       </c>
       <c r="M90" s="13">
         <v>44939.451388888891</v>
       </c>
       <c r="N90" s="13">
         <v>44939.951388888891</v>
       </c>
       <c r="O90" s="13">
         <v>44940.21875</v>
       </c>
     </row>
-    <row r="91" spans="1:15" ht="14.45" customHeight="1">
+    <row r="91" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A91" s="7">
         <v>1161076</v>
       </c>
       <c r="B91" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F91" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G91" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H91" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I91" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J91" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K91" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L91" s="13">
         <v>44945.510416666664</v>
       </c>
       <c r="M91" s="13">
         <v>44945.708333333336</v>
       </c>
       <c r="N91" s="13">
         <v>44946.107638888891</v>
       </c>
       <c r="O91" s="13">
         <v>44946.270833333336</v>
       </c>
     </row>
-    <row r="92" spans="1:15" ht="14.45" customHeight="1">
+    <row r="92" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="7">
         <v>1161076</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C92" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E92" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F92" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G92" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H92" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I92" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J92" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K92" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L92" s="13">
         <v>44945.510416666664</v>
       </c>
       <c r="M92" s="13">
         <v>44945.96875</v>
       </c>
       <c r="N92" s="13">
         <v>44946.180555555555</v>
       </c>
       <c r="O92" s="13">
         <v>44946.270833333336</v>
       </c>
     </row>
-    <row r="93" spans="1:15" ht="14.45" customHeight="1">
+    <row r="93" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A93" s="7">
         <v>1161076</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C93" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F93" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G93" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H93" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I93" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J93" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K93" s="12" t="s">
         <v>29</v>
       </c>
       <c r="L93" s="13">
         <v>44946.416666666664</v>
       </c>
       <c r="M93" s="13">
         <v>44948.899305555555</v>
       </c>
       <c r="N93" s="13">
         <v>44949.052083333336</v>
       </c>
       <c r="O93" s="13">
         <v>44949.267361111109</v>
       </c>
     </row>
-    <row r="94" spans="1:15" ht="14.45" customHeight="1">
+    <row r="94" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A94" s="7">
         <v>1161076</v>
       </c>
       <c r="B94" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E94" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H94" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I94" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J94" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K94" s="12" t="s">
         <v>29</v>
       </c>
       <c r="L94" s="13">
         <v>44946.416666666664</v>
       </c>
       <c r="M94" s="13">
         <v>44946.777777777781</v>
       </c>
       <c r="N94" s="13">
         <v>44947.5</v>
       </c>
       <c r="O94" s="13">
         <v>44949.267361111109</v>
       </c>
     </row>
-    <row r="95" spans="1:15" ht="14.45" customHeight="1">
+    <row r="95" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A95" s="7">
         <v>1161076</v>
       </c>
       <c r="B95" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C95" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G95" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H95" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I95" s="8">
         <v>9654971</v>
       </c>
       <c r="J95" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K95" s="12" t="s">
         <v>31</v>
       </c>
       <c r="L95" s="13">
         <v>44949.429166666669</v>
       </c>
       <c r="M95" s="13">
         <v>44951.708333333336</v>
       </c>
       <c r="N95" s="13">
         <v>44952.275000000001</v>
       </c>
       <c r="O95" s="13">
         <v>44952.375</v>
       </c>
     </row>
-    <row r="96" spans="1:15" ht="14.45" customHeight="1">
+    <row r="96" spans="1:15" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A96" s="7">
         <v>1161076</v>
       </c>
       <c r="B96" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C96" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D96" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E96" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G96" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H96" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I96" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J96" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K96" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L96" s="13">
         <v>44952.479166666664</v>
       </c>
       <c r="M96" s="13">
         <v>44952.944444444445</v>
       </c>
       <c r="N96" s="13">
         <v>44953.208333333336</v>
       </c>
       <c r="O96" s="13">
         <v>44954.333333333336</v>
       </c>
     </row>
-    <row r="97" spans="1:15">
+    <row r="97" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A97" s="7">
         <v>1161076</v>
       </c>
       <c r="B97" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C97" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E97" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G97" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H97" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I97" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J97" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K97" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L97" s="13">
         <v>44952.479166666664</v>
       </c>
       <c r="M97" s="13">
         <v>44952.940972222219</v>
       </c>
       <c r="N97" s="13">
         <v>44953.392361111109</v>
       </c>
       <c r="O97" s="13">
         <v>44954.333333333336</v>
       </c>
     </row>
-    <row r="98" spans="1:15">
+    <row r="98" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A98" s="7">
         <v>1161076</v>
       </c>
       <c r="B98" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C98" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D98" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E98" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G98" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H98" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I98" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J98" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K98" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L98" s="13">
         <v>44952.479166666664</v>
       </c>
       <c r="M98" s="13">
         <v>44953.979166666664</v>
       </c>
       <c r="N98" s="13">
         <v>44954.118055555555</v>
       </c>
       <c r="O98" s="13">
         <v>44954.333333333336</v>
       </c>
     </row>
-    <row r="99" spans="1:15">
+    <row r="99" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A99" s="7">
         <v>1161076</v>
       </c>
       <c r="B99" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C99" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E99" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F99" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G99" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I99" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J99" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K99" s="12" t="s">
         <v>29</v>
       </c>
       <c r="L99" s="13">
         <v>44956.65625</v>
       </c>
       <c r="M99" s="13">
         <v>44956.784722222219</v>
       </c>
       <c r="N99" s="13">
         <v>44957.635416666664</v>
       </c>
       <c r="O99" s="13">
         <v>44957.677083333336</v>
       </c>
     </row>
-    <row r="100" spans="1:15">
+    <row r="100" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A100" s="7">
         <v>1161076</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C100" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E100" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G100" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J100" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K100" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L100" s="13">
         <v>44957.763888888891</v>
       </c>
       <c r="M100" s="13">
         <v>44958.145833333336</v>
       </c>
       <c r="N100" s="13">
         <v>44958.607638888891</v>
       </c>
       <c r="O100" s="13">
         <v>44959.347222222219</v>
       </c>
     </row>
-    <row r="101" spans="1:15">
+    <row r="101" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A101" s="7">
         <v>1161076</v>
       </c>
       <c r="B101" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E101" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G101" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I101" s="16" t="s">
         <v>25</v>
       </c>
       <c r="J101" s="17" t="s">
         <v>26</v>
       </c>
       <c r="K101" s="12" t="s">
         <v>27</v>
       </c>
       <c r="L101" s="13">
         <v>44957.763888888891</v>
       </c>
       <c r="M101" s="13">
         <v>44957.840277777781</v>
       </c>
       <c r="N101" s="13">
         <v>44958.041666666664</v>
       </c>
       <c r="O101" s="13">
         <v>44959.347222222219</v>
       </c>
     </row>
-    <row r="102" spans="1:15">
+    <row r="102" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A102" s="7">
         <v>1161076</v>
       </c>
       <c r="B102" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E102" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F102" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G102" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H102" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I102" s="8">
         <v>9654971</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K102" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L102" s="13">
         <v>44961.508333333331</v>
       </c>
       <c r="M102" s="13">
         <v>44961.916666666664</v>
       </c>
       <c r="N102" s="13">
         <v>44962.583333333336</v>
       </c>
       <c r="O102" s="13">
         <v>44962.71875</v>
       </c>
     </row>
-    <row r="103" spans="1:15">
+    <row r="103" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A103" s="7">
         <v>1161076</v>
       </c>
       <c r="B103" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E103" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G103" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="8">
         <v>9654971</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K103" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L103" s="13">
         <v>44966.484722222223</v>
       </c>
       <c r="M103" s="13">
         <v>44966.604166666664</v>
       </c>
       <c r="N103" s="13">
         <v>44967.387499999997</v>
       </c>
       <c r="O103" s="13">
         <v>44967.479166666664</v>
       </c>
     </row>
-    <row r="104" spans="1:15">
+    <row r="104" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A104" s="7">
         <v>1161076</v>
       </c>
       <c r="B104" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C104" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E104" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F104" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H104" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I104" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J104" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K104" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L104" s="13">
         <v>44967.75</v>
       </c>
       <c r="M104" s="13">
         <v>44967.833333333336</v>
       </c>
       <c r="N104" s="13">
         <v>44968.208333333336</v>
       </c>
       <c r="O104" s="13">
         <v>44969.336805555555</v>
       </c>
     </row>
-    <row r="105" spans="1:15">
+    <row r="105" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A105" s="7">
         <v>1161076</v>
       </c>
       <c r="B105" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C105" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D105" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E105" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F105" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G105" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I105" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J105" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L105" s="13">
         <v>44967.75</v>
       </c>
       <c r="M105" s="13">
         <v>44967.534722222219</v>
       </c>
       <c r="N105" s="13">
         <v>44968.847222222219</v>
       </c>
       <c r="O105" s="13">
         <v>44969.336805555555</v>
       </c>
     </row>
-    <row r="106" spans="1:15">
+    <row r="106" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A106" s="7">
         <v>1161076</v>
       </c>
       <c r="B106" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D106" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E106" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G106" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I106" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J106" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K106" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L106" s="13">
         <v>44969.409722222219</v>
       </c>
       <c r="M106" s="13">
         <v>44969.486111111109</v>
       </c>
       <c r="N106" s="13">
         <v>44969.694444444445</v>
       </c>
       <c r="O106" s="13">
         <v>44970.3125</v>
       </c>
     </row>
-    <row r="107" spans="1:15">
+    <row r="107" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A107" s="7">
         <v>1161076</v>
       </c>
       <c r="B107" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C107" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E107" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F107" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G107" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J107" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K107" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L107" s="13">
         <v>44969.409722222219</v>
       </c>
       <c r="M107" s="13">
         <v>44969.486111111109</v>
       </c>
       <c r="N107" s="13">
         <v>44969.78125</v>
       </c>
       <c r="O107" s="13">
         <v>44970.3125</v>
       </c>
     </row>
-    <row r="108" spans="1:15">
+    <row r="108" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A108" s="7">
         <v>1161076</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E108" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F108" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J108" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K108" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L108" s="13">
         <v>44972.590277777781</v>
       </c>
       <c r="M108" s="13">
         <v>44972.930555555555</v>
       </c>
       <c r="N108" s="13">
         <v>44973.253472222219</v>
       </c>
       <c r="O108" s="13">
         <v>44974.229166666664</v>
       </c>
     </row>
-    <row r="109" spans="1:15">
+    <row r="109" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A109" s="7">
         <v>1161076</v>
       </c>
       <c r="B109" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C109" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E109" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J109" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L109" s="13">
         <v>44972.590277777781</v>
       </c>
       <c r="M109" s="13">
         <v>44973.697916666664</v>
       </c>
       <c r="N109" s="13">
         <v>44973.802083333336</v>
       </c>
       <c r="O109" s="13">
         <v>44974.229166666664</v>
       </c>
     </row>
-    <row r="110" spans="1:15">
+    <row r="110" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A110" s="7">
         <v>1161076</v>
       </c>
       <c r="B110" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C110" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E110" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J110" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K110" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L110" s="13">
         <v>44972.590277777781</v>
       </c>
       <c r="M110" s="13">
         <v>44972.972222222219</v>
       </c>
       <c r="N110" s="13">
         <v>44973.118055555555</v>
       </c>
       <c r="O110" s="13">
         <v>44974.229166666664</v>
       </c>
     </row>
-    <row r="111" spans="1:15">
+    <row r="111" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A111" s="7">
         <v>1161076</v>
       </c>
       <c r="B111" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C111" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D111" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E111" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F111" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I111" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J111" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K111" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L111" s="13">
         <v>44974.506944444445</v>
       </c>
       <c r="M111" s="13">
         <v>44975.416666666664</v>
       </c>
       <c r="N111" s="13">
         <v>44976.225694444445</v>
       </c>
       <c r="O111" s="13">
         <v>44976.416666666664</v>
       </c>
     </row>
-    <row r="112" spans="1:15">
+    <row r="112" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A112" s="7">
         <v>1161076</v>
       </c>
       <c r="B112" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C112" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D112" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E112" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G112" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H112" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I112" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J112" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K112" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L112" s="13">
         <v>44974.506944444445</v>
       </c>
       <c r="M112" s="13">
         <v>44974.6875</v>
       </c>
       <c r="N112" s="13">
         <v>44975.677083333336</v>
       </c>
       <c r="O112" s="13">
         <v>44976.416666666664</v>
       </c>
     </row>
-    <row r="113" spans="1:15">
+    <row r="113" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A113" s="7">
         <v>1161076</v>
       </c>
       <c r="B113" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D113" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E113" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F113" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G113" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H113" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J113" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K113" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L113" s="13">
         <v>44974.506944444445</v>
       </c>
       <c r="M113" s="13">
         <v>44976.048611111109</v>
       </c>
       <c r="N113" s="13">
         <v>44976.263888888891</v>
       </c>
       <c r="O113" s="13">
         <v>44976.416666666664</v>
       </c>
     </row>
-    <row r="114" spans="1:15">
+    <row r="114" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A114" s="7">
         <v>1161076</v>
       </c>
       <c r="B114" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C114" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D114" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E114" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F114" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H114" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I114" s="8">
         <v>9654971</v>
       </c>
       <c r="J114" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K114" s="8" t="s">
         <v>31</v>
       </c>
       <c r="L114" s="13">
         <v>44976.604166666664</v>
       </c>
       <c r="M114" s="13">
         <v>44976.972222222219</v>
       </c>
       <c r="N114" s="13">
         <v>44977.591666666667</v>
       </c>
       <c r="O114" s="13">
         <v>44977.645833333336</v>
       </c>
     </row>
-    <row r="115" spans="1:15">
+    <row r="115" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A115" s="7">
         <v>1161076</v>
       </c>
       <c r="B115" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F115" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G115" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H115" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I115" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J115" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K115" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L115" s="13">
         <v>44979.625</v>
       </c>
       <c r="M115" s="13">
         <v>44979.697916666664</v>
       </c>
       <c r="N115" s="13">
         <v>44980.222222222219</v>
       </c>
       <c r="O115" s="13">
         <v>44981.239583333336</v>
       </c>
     </row>
-    <row r="116" spans="1:15">
+    <row r="116" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A116" s="7">
         <v>1161076</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E116" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F116" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G116" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H116" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I116" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J116" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L116" s="13">
         <v>44979.625</v>
       </c>
       <c r="M116" s="13">
         <v>44980.371527777781</v>
       </c>
       <c r="N116" s="13">
         <v>44980.885416666664</v>
       </c>
       <c r="O116" s="13">
         <v>44981.239583333336</v>
       </c>
     </row>
-    <row r="117" spans="1:15">
+    <row r="117" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A117" s="7">
         <v>1161076</v>
       </c>
       <c r="B117" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D117" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E117" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G117" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H117" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I117" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J117" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K117" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L117" s="13">
         <v>44979.625</v>
       </c>
       <c r="M117" s="13">
         <v>44980.041666666664</v>
       </c>
       <c r="N117" s="13">
         <v>44980.3125</v>
       </c>
       <c r="O117" s="13">
         <v>44981.239583333336</v>
       </c>
     </row>
-    <row r="118" spans="1:15">
+    <row r="118" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A118" s="7">
         <v>1161076</v>
       </c>
       <c r="B118" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C118" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D118" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E118" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F118" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G118" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H118" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J118" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K118" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L118" s="13">
         <v>44981.625</v>
       </c>
       <c r="M118" s="13">
         <v>44983.010416666664</v>
       </c>
       <c r="N118" s="13">
         <v>44983.173611111109</v>
       </c>
       <c r="O118" s="13">
         <v>44983.298611111109</v>
       </c>
     </row>
-    <row r="119" spans="1:15">
+    <row r="119" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A119" s="7">
         <v>1161076</v>
       </c>
       <c r="B119" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C119" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D119" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E119" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F119" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G119" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H119" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I119" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J119" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K119" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L119" s="13">
         <v>44981.625</v>
       </c>
       <c r="M119" s="13">
         <v>44982.638888888891</v>
       </c>
       <c r="N119" s="13">
         <v>44982.791666666664</v>
       </c>
       <c r="O119" s="13">
         <v>44983.298611111109</v>
       </c>
     </row>
-    <row r="120" spans="1:15">
+    <row r="120" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A120" s="7">
         <v>1161076</v>
       </c>
       <c r="B120" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D120" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E120" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F120" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H120" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I120" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J120" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K120" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L120" s="13">
         <v>44981.625</v>
       </c>
       <c r="M120" s="13">
         <v>44982.041666666664</v>
       </c>
       <c r="N120" s="13">
         <v>44982.402777777781</v>
       </c>
       <c r="O120" s="13">
         <v>44983.298611111109</v>
       </c>
     </row>
-    <row r="121" spans="1:15">
+    <row r="121" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A121" s="7">
         <v>1161076</v>
       </c>
       <c r="B121" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D121" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E121" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F121" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G121" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H121" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I121" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J121" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K121" s="15" t="s">
         <v>27</v>
       </c>
       <c r="L121" s="13">
         <v>44981.625</v>
       </c>
       <c r="M121" s="13">
         <v>44981.996527777781</v>
       </c>
       <c r="N121" s="13">
         <v>44982.25</v>
       </c>
       <c r="O121" s="13">
         <v>44983.298611111109</v>
       </c>
     </row>
-    <row r="122" spans="1:15">
+    <row r="122" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A122" s="7">
         <v>1161076</v>
       </c>
       <c r="B122" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C122" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D122" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E122" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F122" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G122" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H122" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I122" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J122" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K122" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L122" s="13">
         <v>44984.409722222219</v>
       </c>
       <c r="M122" s="13">
         <v>44985.600694444445</v>
       </c>
       <c r="N122" s="13">
         <v>44985.958333333336</v>
       </c>
       <c r="O122" s="13">
         <v>44986.479166666664</v>
       </c>
     </row>
-    <row r="123" spans="1:15">
+    <row r="123" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A123" s="7">
         <v>1161076</v>
       </c>
       <c r="B123" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D123" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E123" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G123" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H123" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I123" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J123" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K123" s="15" t="s">
         <v>29</v>
       </c>
       <c r="L123" s="13">
         <v>44984.409722222219</v>
       </c>
       <c r="M123" s="13">
         <v>44985.84375</v>
       </c>
       <c r="N123" s="13">
         <v>44986.302083333336</v>
       </c>
       <c r="O123" s="13">
         <v>44986.479166666664</v>
       </c>
     </row>
-    <row r="124" spans="1:15">
+    <row r="124" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A124" s="7">
         <v>1161076</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D124" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E124" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F124" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G124" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I124" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J124" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K124" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L124" s="13">
         <v>44986.555555555555</v>
       </c>
       <c r="M124" s="13">
         <v>44987.697916666664</v>
       </c>
       <c r="N124" s="13">
         <v>44988.21875</v>
       </c>
       <c r="O124" s="13">
         <v>44988.340277777781</v>
       </c>
     </row>
-    <row r="125" spans="1:15">
+    <row r="125" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A125" s="7">
         <v>1161076</v>
       </c>
       <c r="B125" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C125" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D125" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E125" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F125" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G125" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I125" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J125" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K125" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L125" s="13">
         <v>44986.555555555555</v>
       </c>
       <c r="M125" s="13">
         <v>44987.041666666664</v>
       </c>
       <c r="N125" s="13">
         <v>44987.208333333336</v>
       </c>
       <c r="O125" s="13">
         <v>44988.340277777781</v>
       </c>
     </row>
-    <row r="126" spans="1:15">
+    <row r="126" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A126" s="7">
         <v>1161076</v>
       </c>
       <c r="B126" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D126" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E126" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F126" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G126" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H126" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I126" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J126" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K126" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L126" s="13">
         <v>44986.555555555555</v>
       </c>
       <c r="M126" s="13">
         <v>44987.694444444445</v>
       </c>
       <c r="N126" s="13">
         <v>44988.041666666664</v>
       </c>
       <c r="O126" s="13">
         <v>44988.340277777781</v>
       </c>
     </row>
-    <row r="127" spans="1:15">
+    <row r="127" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A127" s="7">
         <v>1161076</v>
       </c>
       <c r="B127" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C127" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D127" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E127" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F127" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G127" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H127" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I127" s="8">
         <v>9654971</v>
       </c>
       <c r="J127" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K127" s="18" t="s">
         <v>31</v>
       </c>
       <c r="L127" s="13">
         <v>44990.525000000001</v>
       </c>
       <c r="M127" s="13">
         <v>44991.701388888891</v>
       </c>
       <c r="N127" s="13">
         <v>44991.458333333336</v>
       </c>
       <c r="O127" s="13">
         <v>44991.505555555559</v>
       </c>
     </row>
-    <row r="128" spans="1:15">
+    <row r="128" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A128" s="7">
         <v>1161076</v>
       </c>
       <c r="B128" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C128" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D128" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E128" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G128" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H128" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I128" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J128" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K128" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L128" s="13">
         <v>44991.583333333336</v>
       </c>
       <c r="M128" s="13">
         <v>44991.701388888891</v>
       </c>
       <c r="N128" s="13">
         <v>44992.305555555555</v>
       </c>
       <c r="O128" s="13">
         <v>44992.388888888891</v>
       </c>
     </row>
-    <row r="129" spans="1:15">
+    <row r="129" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A129" s="7">
         <v>1161076</v>
       </c>
       <c r="B129" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C129" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E129" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F129" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G129" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I129" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J129" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K129" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L129" s="13">
         <v>44991.583333333336</v>
       </c>
       <c r="M129" s="13">
         <v>44991.965277777781</v>
       </c>
       <c r="N129" s="13">
         <v>44992.211805555555</v>
       </c>
       <c r="O129" s="13">
         <v>44992.388888888891</v>
       </c>
     </row>
-    <row r="130" spans="1:15">
+    <row r="130" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A130" s="7">
         <v>1161076</v>
       </c>
       <c r="B130" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E130" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F130" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G130" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I130" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J130" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K130" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L130" s="13">
         <v>44992.506944444445</v>
       </c>
       <c r="M130" s="13">
         <v>44992.722222222219</v>
       </c>
       <c r="N130" s="13">
         <v>44993.0625</v>
       </c>
       <c r="O130" s="13">
         <v>44993.322916666664</v>
       </c>
     </row>
-    <row r="131" spans="1:15">
+    <row r="131" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A131" s="7">
         <v>1161076</v>
       </c>
       <c r="B131" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D131" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E131" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F131" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G131" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H131" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I131" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J131" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K131" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L131" s="13">
         <v>44992.506944444445</v>
       </c>
       <c r="M131" s="13">
         <v>44992.729166666664</v>
       </c>
       <c r="N131" s="13">
         <v>44993.006944444445</v>
       </c>
       <c r="O131" s="13">
         <v>44993.322916666664</v>
       </c>
     </row>
-    <row r="132" spans="1:15">
+    <row r="132" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A132" s="7">
         <v>1161076</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D132" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E132" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F132" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G132" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I132" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J132" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K132" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L132" s="13">
         <v>44992.506944444445</v>
       </c>
       <c r="M132" s="13">
         <v>44992.725694444445</v>
       </c>
       <c r="N132" s="13">
         <v>44992.920138888891</v>
       </c>
       <c r="O132" s="13">
         <v>44993.322916666664</v>
       </c>
     </row>
-    <row r="133" spans="1:15">
+    <row r="133" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A133" s="7">
         <v>1161076</v>
       </c>
       <c r="B133" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C133" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D133" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E133" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F133" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G133" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I133" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J133" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K133" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L133" s="13">
         <v>44995.701388888891</v>
       </c>
       <c r="M133" s="13">
         <v>44995.770833333336</v>
       </c>
       <c r="N133" s="13">
         <v>44996.114583333336</v>
       </c>
       <c r="O133" s="13">
         <v>44996.263888888891</v>
       </c>
     </row>
-    <row r="134" spans="1:15">
+    <row r="134" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A134" s="7">
         <v>1161076</v>
       </c>
       <c r="B134" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D134" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E134" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F134" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I134" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J134" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K134" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L134" s="13">
         <v>44995.701388888891</v>
       </c>
       <c r="M134" s="13">
         <v>44995.774305555555</v>
       </c>
       <c r="N134" s="13">
         <v>44996.055555555555</v>
       </c>
       <c r="O134" s="13">
         <v>44996.263888888891</v>
       </c>
     </row>
-    <row r="135" spans="1:15">
+    <row r="135" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A135" s="7">
         <v>1161076</v>
       </c>
       <c r="B135" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C135" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D135" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E135" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F135" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G135" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I135" s="8">
         <v>9654971</v>
       </c>
       <c r="J135" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K135" s="18" t="s">
         <v>31</v>
       </c>
       <c r="L135" s="13">
         <v>44996.520833333336</v>
       </c>
       <c r="M135" s="13">
         <v>44996.620833333334</v>
       </c>
       <c r="N135" s="13">
         <v>44997.508333333331</v>
       </c>
       <c r="O135" s="13">
         <v>44997.565972222219</v>
       </c>
     </row>
-    <row r="136" spans="1:15">
+    <row r="136" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A136" s="7">
         <v>1161076</v>
       </c>
       <c r="B136" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C136" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D136" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E136" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F136" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G136" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H136" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I136" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J136" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K136" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L136" s="13">
         <v>44999.4375</v>
       </c>
       <c r="M136" s="13">
         <v>44999.715277777781</v>
       </c>
       <c r="N136" s="13">
         <v>44999.90625</v>
       </c>
       <c r="O136" s="13">
         <v>45000.520833333336</v>
       </c>
     </row>
-    <row r="137" spans="1:15">
+    <row r="137" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A137" s="7">
         <v>1161076</v>
       </c>
       <c r="B137" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C137" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D137" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E137" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G137" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H137" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I137" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J137" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K137" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L137" s="13">
         <v>44999.4375</v>
       </c>
       <c r="M137" s="13">
         <v>44999.71875</v>
       </c>
       <c r="N137" s="13">
         <v>44999.947916666664</v>
       </c>
       <c r="O137" s="13">
         <v>45000.520833333336</v>
       </c>
     </row>
-    <row r="138" spans="1:15">
+    <row r="138" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A138" s="7">
         <v>1161076</v>
       </c>
       <c r="B138" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D138" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E138" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G138" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H138" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I138" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J138" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K138" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L138" s="13">
         <v>44999.4375</v>
       </c>
       <c r="M138" s="13">
         <v>45000.149305555555</v>
       </c>
       <c r="N138" s="13">
         <v>45000.465277777781</v>
       </c>
       <c r="O138" s="13">
         <v>45000.520833333336</v>
       </c>
     </row>
-    <row r="139" spans="1:15">
+    <row r="139" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A139" s="7">
         <v>1161076</v>
       </c>
       <c r="B139" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C139" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E139" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F139" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G139" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I139" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J139" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K139" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L139" s="13">
         <v>45002.392361111109</v>
       </c>
       <c r="M139" s="13">
         <v>45002.440972222219</v>
       </c>
       <c r="N139" s="13">
         <v>45002.795138888891</v>
       </c>
       <c r="O139" s="13">
         <v>45003.326388888891</v>
       </c>
     </row>
-    <row r="140" spans="1:15">
+    <row r="140" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A140" s="7">
         <v>1161076</v>
       </c>
       <c r="B140" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C140" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D140" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E140" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F140" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G140" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H140" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I140" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J140" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K140" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L140" s="13">
         <v>45002.392361111109</v>
       </c>
       <c r="M140" s="13">
         <v>45002.986111111109</v>
       </c>
       <c r="N140" s="13">
         <v>45003.232638888891</v>
       </c>
       <c r="O140" s="13">
         <v>45003.326388888891</v>
       </c>
     </row>
-    <row r="141" spans="1:15">
+    <row r="141" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A141" s="7">
         <v>1161076</v>
       </c>
       <c r="B141" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C141" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D141" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E141" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G141" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H141" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I141" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J141" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K141" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L141" s="13">
         <v>45002.392361111109</v>
       </c>
       <c r="M141" s="13">
         <v>45002.444444444445</v>
       </c>
       <c r="N141" s="13">
         <v>45002.6875</v>
       </c>
       <c r="O141" s="13">
         <v>45003.326388888891</v>
       </c>
     </row>
-    <row r="142" spans="1:15">
+    <row r="142" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A142" s="7">
         <v>1161076</v>
       </c>
       <c r="B142" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D142" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E142" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F142" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G142" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H142" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I142" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J142" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K142" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L142" s="13">
         <v>45003.479166666664</v>
       </c>
       <c r="M142" s="13">
         <v>45003.666666666664</v>
       </c>
       <c r="N142" s="13">
         <v>45005.96875</v>
       </c>
       <c r="O142" s="13">
         <v>45006.3125</v>
       </c>
     </row>
-    <row r="143" spans="1:15">
+    <row r="143" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A143" s="7">
         <v>1161076</v>
       </c>
       <c r="B143" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D143" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E143" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F143" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G143" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H143" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I143" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J143" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K143" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L143" s="13">
         <v>45003.479166666664</v>
       </c>
       <c r="M143" s="13">
         <v>45005.253472222219</v>
       </c>
       <c r="N143" s="13">
         <v>45005.427083333336</v>
       </c>
       <c r="O143" s="13">
         <v>45006.3125</v>
       </c>
     </row>
-    <row r="144" spans="1:15">
+    <row r="144" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A144" s="7">
         <v>1161076</v>
       </c>
       <c r="B144" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D144" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E144" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F144" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G144" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J144" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K144" s="18" t="s">
         <v>27</v>
       </c>
       <c r="L144" s="13">
         <v>45003.479166666664</v>
       </c>
       <c r="M144" s="13">
         <v>45003.680555555555</v>
       </c>
       <c r="N144" s="13">
         <v>45004.368055555555</v>
       </c>
       <c r="O144" s="13">
         <v>45006.3125</v>
       </c>
     </row>
-    <row r="145" spans="1:15">
+    <row r="145" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A145" s="7">
         <v>1161076</v>
       </c>
       <c r="B145" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C145" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D145" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E145" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F145" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G145" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H145" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I145" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J145" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K145" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L145" s="13">
         <v>45006.715277777781</v>
       </c>
       <c r="M145" s="13">
         <v>45006.770833333336</v>
       </c>
       <c r="N145" s="13">
         <v>45006.916666666664</v>
       </c>
       <c r="O145" s="13">
         <v>45007.302083333336</v>
       </c>
     </row>
-    <row r="146" spans="1:15">
+    <row r="146" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A146" s="7">
         <v>1161076</v>
       </c>
       <c r="B146" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C146" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D146" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E146" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F146" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G146" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H146" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I146" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J146" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K146" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L146" s="13">
         <v>45006.715277777781</v>
       </c>
       <c r="M146" s="13">
         <v>45006.767361111109</v>
       </c>
       <c r="N146" s="13">
         <v>45007.024305555555</v>
       </c>
       <c r="O146" s="13">
         <v>45007.302083333336</v>
       </c>
     </row>
-    <row r="147" spans="1:15">
+    <row r="147" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A147" s="7">
         <v>1161076</v>
       </c>
       <c r="B147" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C147" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D147" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E147" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F147" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G147" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H147" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I147" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J147" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K147" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L147" s="13">
         <v>45010.534722222219</v>
       </c>
       <c r="M147" s="13">
         <v>45010.743055555555</v>
       </c>
       <c r="N147" s="13">
         <v>45011.038194444445</v>
       </c>
       <c r="O147" s="13">
         <v>45011.270833333336</v>
       </c>
     </row>
-    <row r="148" spans="1:15">
+    <row r="148" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A148" s="7">
         <v>1161076</v>
       </c>
       <c r="B148" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D148" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E148" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F148" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G148" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H148" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I148" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J148" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K148" s="18" t="s">
         <v>29</v>
       </c>
       <c r="L148" s="13">
         <v>45010.534722222219</v>
       </c>
       <c r="M148" s="13">
         <v>45010.746527777781</v>
       </c>
       <c r="N148" s="13">
         <v>45011.017361111109</v>
       </c>
       <c r="O148" s="13">
         <v>45011.270833333336</v>
       </c>
     </row>
-    <row r="149" spans="1:15">
+    <row r="149" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A149" s="7">
         <v>1161076</v>
       </c>
       <c r="B149" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C149" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D149" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E149" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F149" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G149" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H149" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I149" s="8">
         <v>9654971</v>
       </c>
       <c r="J149" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K149" s="19" t="s">
         <v>34</v>
       </c>
       <c r="L149" s="13">
         <v>45011.441666666666</v>
       </c>
       <c r="M149" s="13">
         <v>45011.637499999997</v>
       </c>
       <c r="N149" s="13">
         <v>45012.604166666664</v>
       </c>
       <c r="O149" s="13">
         <v>45012.659722222219</v>
       </c>
     </row>
-    <row r="150" spans="1:15">
+    <row r="150" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A150" s="7">
         <v>1161076</v>
       </c>
       <c r="B150" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C150" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D150" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E150" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F150" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G150" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H150" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I150" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J150" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K150" s="19" t="s">
         <v>27</v>
       </c>
       <c r="L150" s="13">
         <v>45011.441666666666</v>
       </c>
       <c r="M150" s="13">
         <v>45012.961805555555</v>
       </c>
       <c r="N150" s="13">
         <v>45013.215277777781</v>
       </c>
       <c r="O150" s="13">
         <v>45014.319444444445</v>
       </c>
     </row>
-    <row r="151" spans="1:15">
+    <row r="151" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A151" s="7">
         <v>1161076</v>
       </c>
       <c r="B151" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C151" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D151" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E151" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F151" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G151" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H151" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I151" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J151" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K151" s="19" t="s">
         <v>27</v>
       </c>
       <c r="L151" s="13">
         <v>45012.75</v>
       </c>
       <c r="M151" s="13">
         <v>45013.482638888891</v>
       </c>
       <c r="N151" s="13">
         <v>45014.107638888891</v>
       </c>
       <c r="O151" s="13">
         <v>45014.319444444445</v>
       </c>
     </row>
-    <row r="152" spans="1:15">
+    <row r="152" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A152" s="7">
         <v>1161076</v>
       </c>
       <c r="B152" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C152" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D152" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E152" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F152" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G152" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H152" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I152" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J152" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K152" s="19" t="s">
         <v>27</v>
       </c>
       <c r="L152" s="13">
         <v>45012.75</v>
       </c>
       <c r="M152" s="13">
         <v>45013.486111111109</v>
       </c>
       <c r="N152" s="13">
         <v>45013.59375</v>
       </c>
       <c r="O152" s="13">
         <v>45014.319444444445</v>
       </c>
     </row>
-    <row r="153" spans="1:15">
+    <row r="153" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A153" s="7">
         <v>1161076</v>
       </c>
       <c r="B153" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C153" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D153" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E153" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F153" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H153" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I153" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J153" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K153" s="19" t="s">
         <v>29</v>
       </c>
       <c r="L153" s="13">
         <v>45016.381944444445</v>
       </c>
       <c r="M153" s="13">
         <v>45016.684027777781</v>
       </c>
       <c r="N153" s="13">
         <v>45016.927083333336</v>
       </c>
       <c r="O153" s="13">
         <v>45017.270833333336</v>
       </c>
     </row>
-    <row r="154" spans="1:15">
+    <row r="154" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A154" s="7">
         <v>1161076</v>
       </c>
       <c r="B154" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D154" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E154" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F154" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G154" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H154" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I154" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J154" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K154" s="19" t="s">
         <v>29</v>
       </c>
       <c r="L154" s="13">
         <v>45016.381944444445</v>
       </c>
       <c r="M154" s="13">
         <v>45016.4375</v>
       </c>
       <c r="N154" s="13">
         <v>45016.934027777781</v>
       </c>
       <c r="O154" s="13">
         <v>45017.270833333336</v>
       </c>
     </row>
-    <row r="155" spans="1:15">
+    <row r="155" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A155" s="7">
         <v>1161076</v>
       </c>
       <c r="B155" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D155" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E155" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F155" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G155" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H155" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I155" s="8">
         <v>9654971</v>
       </c>
       <c r="J155" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K155" s="20" t="s">
         <v>34</v>
       </c>
       <c r="L155" s="13">
         <v>45020.479166666664</v>
       </c>
       <c r="M155" s="13">
         <v>45020.7</v>
       </c>
       <c r="N155" s="13">
         <v>45021.595833333333</v>
       </c>
       <c r="O155" s="13">
         <v>45021.662499999999</v>
       </c>
     </row>
-    <row r="156" spans="1:15">
+    <row r="156" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A156" s="7">
         <v>1161076</v>
       </c>
       <c r="B156" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C156" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D156" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E156" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F156" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G156" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H156" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I156" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J156" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K156" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L156" s="13">
         <v>45022.576388888891</v>
       </c>
       <c r="M156" s="13">
         <v>45022.840277777781</v>
       </c>
       <c r="N156" s="13">
         <v>45023.357638888891</v>
       </c>
       <c r="O156" s="13">
         <v>45023.416666666664</v>
       </c>
     </row>
-    <row r="157" spans="1:15">
+    <row r="157" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A157" s="7">
         <v>1161076</v>
       </c>
       <c r="B157" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E157" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F157" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G157" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H157" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I157" s="8">
         <v>9654971</v>
       </c>
       <c r="J157" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K157" s="21" t="s">
         <v>34</v>
       </c>
       <c r="L157" s="13">
         <v>45027.525000000001</v>
       </c>
       <c r="M157" s="13">
         <v>45027.708333333336</v>
       </c>
       <c r="N157" s="13">
         <v>45028.324999999997</v>
       </c>
       <c r="O157" s="13">
         <v>45028.513888888891</v>
       </c>
     </row>
-    <row r="158" spans="1:15">
+    <row r="158" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A158" s="7">
         <v>1161076</v>
       </c>
       <c r="B158" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C158" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D158" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E158" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F158" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G158" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H158" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I158" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J158" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K158" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L158" s="13">
         <v>45028.607638888891</v>
       </c>
       <c r="M158" s="13">
         <v>45028.708333333336</v>
       </c>
       <c r="N158" s="13">
         <v>45029.840277777781</v>
       </c>
       <c r="O158" s="13">
         <v>45031.427083333336</v>
       </c>
     </row>
-    <row r="159" spans="1:15">
+    <row r="159" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A159" s="7">
         <v>1161076</v>
       </c>
       <c r="B159" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C159" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E159" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F159" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G159" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H159" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I159" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J159" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K159" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L159" s="13">
         <v>45028.607638888891</v>
       </c>
       <c r="M159" s="13">
         <v>45031.052083333336</v>
       </c>
       <c r="N159" s="13">
         <v>45031.361111111109</v>
       </c>
       <c r="O159" s="13">
         <v>45031.427083333336</v>
       </c>
     </row>
-    <row r="160" spans="1:15">
+    <row r="160" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A160" s="7">
         <v>1161076</v>
       </c>
       <c r="B160" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E160" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F160" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G160" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H160" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I160" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J160" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K160" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L160" s="13">
         <v>45028.607638888891</v>
       </c>
       <c r="M160" s="13">
         <v>45031.055555555555</v>
       </c>
       <c r="N160" s="13">
         <v>45031.326388888891</v>
       </c>
       <c r="O160" s="13">
         <v>45031.427083333336</v>
       </c>
     </row>
-    <row r="161" spans="1:15">
+    <row r="161" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A161" s="7">
         <v>1161076</v>
       </c>
       <c r="B161" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C161" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D161" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E161" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F161" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G161" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H161" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I161" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J161" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K161" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L161" s="13">
         <v>45031.524305555555</v>
       </c>
       <c r="M161" s="13">
         <v>45031.579861111109</v>
       </c>
       <c r="N161" s="13">
         <v>45031.729166666664</v>
       </c>
       <c r="O161" s="13">
         <v>45032.354166666664</v>
       </c>
     </row>
-    <row r="162" spans="1:15">
+    <row r="162" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A162" s="7">
         <v>1161076</v>
       </c>
       <c r="B162" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D162" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E162" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F162" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G162" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H162" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I162" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J162" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K162" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L162" s="13">
         <v>45031.524305555555</v>
       </c>
       <c r="M162" s="13">
         <v>45031.576388888891</v>
       </c>
       <c r="N162" s="13">
         <v>45032.274305555555</v>
       </c>
       <c r="O162" s="13">
         <v>45032.354166666664</v>
       </c>
     </row>
-    <row r="163" spans="1:15">
+    <row r="163" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A163" s="7">
         <v>1161076</v>
       </c>
       <c r="B163" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C163" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D163" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E163" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F163" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G163" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H163" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I163" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J163" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K163" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L163" s="13">
         <v>45034.513888888891</v>
       </c>
       <c r="M163" s="13">
         <v>45034.666666666664</v>
       </c>
       <c r="N163" s="13">
         <v>45035.090277777781</v>
       </c>
       <c r="O163" s="13">
         <v>45032.354166666664</v>
       </c>
     </row>
-    <row r="164" spans="1:15">
+    <row r="164" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A164" s="7">
         <v>1161076</v>
       </c>
       <c r="B164" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C164" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D164" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E164" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F164" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G164" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H164" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I164" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J164" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K164" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L164" s="13">
         <v>45036.555555555555</v>
       </c>
       <c r="M164" s="13">
         <v>45036.631944444445</v>
       </c>
       <c r="N164" s="13">
         <v>45036.989583333336</v>
       </c>
       <c r="O164" s="13">
         <v>45037.305555555555</v>
       </c>
     </row>
-    <row r="165" spans="1:15">
+    <row r="165" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A165" s="7">
         <v>1161076</v>
       </c>
       <c r="B165" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C165" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D165" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E165" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F165" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G165" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H165" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I165" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J165" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K165" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L165" s="13">
         <v>45036.555555555555</v>
       </c>
       <c r="M165" s="13">
         <v>45036.715277777781</v>
       </c>
       <c r="N165" s="13">
         <v>45037.100694444445</v>
       </c>
       <c r="O165" s="13">
         <v>45037.305555555555</v>
       </c>
     </row>
-    <row r="166" spans="1:15">
+    <row r="166" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A166" s="7">
         <v>1161076</v>
       </c>
       <c r="B166" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C166" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D166" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E166" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F166" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G166" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H166" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I166" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J166" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K166" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L166" s="13">
         <v>45036.555555555555</v>
       </c>
       <c r="M166" s="13">
         <v>45036.847222222219</v>
       </c>
       <c r="N166" s="13">
         <v>45037.069444444445</v>
       </c>
       <c r="O166" s="13">
         <v>45037.305555555555</v>
       </c>
     </row>
-    <row r="167" spans="1:15">
+    <row r="167" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A167" s="7">
         <v>1161076</v>
       </c>
       <c r="B167" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C167" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D167" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E167" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F167" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G167" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H167" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I167" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J167" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K167" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L167" s="13">
         <v>45039.701388888891</v>
       </c>
       <c r="M167" s="13">
         <v>45039.763888888891</v>
       </c>
       <c r="N167" s="13">
         <v>45040.25</v>
       </c>
       <c r="O167" s="13">
         <v>45040.357638888891</v>
       </c>
     </row>
-    <row r="168" spans="1:15">
+    <row r="168" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A168" s="7">
         <v>1161076</v>
       </c>
       <c r="B168" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C168" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D168" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E168" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F168" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G168" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H168" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I168" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J168" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K168" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L168" s="13">
         <v>45039.701388888891</v>
       </c>
       <c r="M168" s="13">
         <v>45039.760416666664</v>
       </c>
       <c r="N168" s="13">
         <v>45039.90625</v>
       </c>
       <c r="O168" s="13">
         <v>45040.357638888891</v>
       </c>
     </row>
-    <row r="169" spans="1:15">
+    <row r="169" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A169" s="7">
         <v>1161076</v>
       </c>
       <c r="B169" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C169" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D169" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E169" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F169" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G169" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H169" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I169" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J169" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K169" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L169" s="13">
         <v>45039.701388888891</v>
       </c>
       <c r="M169" s="13">
         <v>45039.767361111109</v>
       </c>
       <c r="N169" s="13">
         <v>45040.020833333336</v>
       </c>
       <c r="O169" s="13">
         <v>45040.357638888891</v>
       </c>
     </row>
-    <row r="170" spans="1:15">
+    <row r="170" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A170" s="7">
         <v>1161076</v>
       </c>
       <c r="B170" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C170" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D170" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E170" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F170" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H170" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I170" s="8">
         <v>9654971</v>
       </c>
       <c r="J170" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K170" s="21" t="s">
         <v>34</v>
       </c>
       <c r="L170" s="13">
         <v>45040.479166666664</v>
       </c>
       <c r="M170" s="13">
         <v>45040.7</v>
       </c>
       <c r="N170" s="13">
         <v>45041.820833333331</v>
       </c>
       <c r="O170" s="13">
         <v>45042.354166666664</v>
       </c>
     </row>
-    <row r="171" spans="1:15">
+    <row r="171" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A171" s="7">
         <v>1161076</v>
       </c>
       <c r="B171" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C171" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D171" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E171" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F171" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G171" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H171" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I171" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J171" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K171" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L171" s="13">
         <v>45043.604166666664</v>
       </c>
       <c r="M171" s="13">
         <v>45043.725694444445</v>
       </c>
       <c r="N171" s="13">
         <v>45044.069444444445</v>
       </c>
       <c r="O171" s="13">
         <v>45044.322916666664</v>
       </c>
     </row>
-    <row r="172" spans="1:15">
+    <row r="172" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A172" s="7">
         <v>1161076</v>
       </c>
       <c r="B172" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C172" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D172" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E172" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F172" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G172" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H172" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I172" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J172" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K172" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L172" s="13">
         <v>45043.604166666664</v>
       </c>
       <c r="M172" s="13">
         <v>45043.753472222219</v>
       </c>
       <c r="N172" s="13">
         <v>45044.270833333336</v>
       </c>
       <c r="O172" s="13">
         <v>45044.322916666664</v>
       </c>
     </row>
-    <row r="173" spans="1:15">
+    <row r="173" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A173" s="7">
         <v>1161076</v>
       </c>
       <c r="B173" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C173" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D173" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E173" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F173" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G173" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H173" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I173" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J173" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K173" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L173" s="13">
         <v>45044.513888888891</v>
       </c>
       <c r="M173" s="13">
         <v>45044.614583333336</v>
       </c>
       <c r="N173" s="13">
         <v>45044.96875</v>
       </c>
       <c r="O173" s="13">
         <v>45045.368055555555</v>
       </c>
     </row>
-    <row r="174" spans="1:15">
+    <row r="174" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A174" s="7">
         <v>1161076</v>
       </c>
       <c r="B174" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C174" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D174" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E174" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F174" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G174" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H174" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I174" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J174" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K174" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L174" s="13">
         <v>45044.513888888891</v>
       </c>
       <c r="M174" s="13">
         <v>45044.645833333336</v>
       </c>
       <c r="N174" s="13">
         <v>45044.958333333336</v>
       </c>
       <c r="O174" s="13">
         <v>45045.368055555555</v>
       </c>
     </row>
-    <row r="175" spans="1:15">
+    <row r="175" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A175" s="7">
         <v>1161076</v>
       </c>
       <c r="B175" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C175" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D175" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E175" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F175" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G175" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H175" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I175" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J175" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K175" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L175" s="13">
         <v>45047.479166666664</v>
       </c>
       <c r="M175" s="13">
         <v>45047.541666666664</v>
       </c>
       <c r="N175" s="13">
         <v>45047.888888888891</v>
       </c>
       <c r="O175" s="13">
         <v>45048.270833333336</v>
       </c>
     </row>
-    <row r="176" spans="1:15">
+    <row r="176" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A176" s="7">
         <v>1161076</v>
       </c>
       <c r="B176" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C176" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D176" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E176" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F176" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G176" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H176" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I176" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J176" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K176" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L176" s="13">
         <v>45052.722222222219</v>
       </c>
       <c r="M176" s="13">
         <v>45052.777777777781</v>
       </c>
       <c r="N176" s="13">
         <v>45053.09375</v>
       </c>
       <c r="O176" s="13">
         <v>45053.440972222219</v>
       </c>
     </row>
-    <row r="177" spans="1:15">
+    <row r="177" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A177" s="7">
         <v>1161076</v>
       </c>
       <c r="B177" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C177" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D177" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E177" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F177" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G177" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H177" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I177" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J177" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K177" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L177" s="13">
         <v>45052.722222222219</v>
       </c>
       <c r="M177" s="13">
         <v>45053.149305555555</v>
       </c>
       <c r="N177" s="13">
         <v>45053.333333333336</v>
       </c>
       <c r="O177" s="13">
         <v>45053.440972222219</v>
       </c>
     </row>
-    <row r="178" spans="1:15">
+    <row r="178" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A178" s="7">
         <v>1161076</v>
       </c>
       <c r="B178" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C178" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D178" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E178" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F178" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G178" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H178" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I178" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J178" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K178" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L178" s="13">
         <v>45052.722222222219</v>
       </c>
       <c r="M178" s="13">
         <v>45052.774305555555</v>
       </c>
       <c r="N178" s="13">
         <v>45053.006944444445</v>
       </c>
       <c r="O178" s="13">
         <v>45053.440972222219</v>
       </c>
     </row>
-    <row r="179" spans="1:15">
+    <row r="179" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A179" s="7">
         <v>1161076</v>
       </c>
       <c r="B179" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C179" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D179" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E179" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F179" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G179" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H179" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I179" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J179" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K179" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L179" s="13">
         <v>45053.604166666664</v>
       </c>
       <c r="M179" s="13">
         <v>45053.690972222219</v>
       </c>
       <c r="N179" s="13">
         <v>45054.059027777781</v>
       </c>
       <c r="O179" s="13">
         <v>45054.256944444445</v>
       </c>
     </row>
-    <row r="180" spans="1:15">
+    <row r="180" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A180" s="7">
         <v>1161076</v>
       </c>
       <c r="B180" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C180" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D180" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E180" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F180" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G180" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H180" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I180" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J180" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K180" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L180" s="13">
         <v>45053.604166666664</v>
       </c>
       <c r="M180" s="13">
         <v>45053.694444444445</v>
       </c>
       <c r="N180" s="13">
         <v>45053.947916666664</v>
       </c>
       <c r="O180" s="13">
         <v>45054.256944444445</v>
       </c>
     </row>
-    <row r="181" spans="1:15">
+    <row r="181" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A181" s="7">
         <v>1161076</v>
       </c>
       <c r="B181" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C181" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D181" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E181" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F181" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G181" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H181" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I181" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J181" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K181" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L181" s="13">
         <v>45056.520833333336</v>
       </c>
       <c r="M181" s="13">
         <v>45056.611111111109</v>
       </c>
       <c r="N181" s="13">
         <v>45056.940972222219</v>
       </c>
       <c r="O181" s="13">
         <v>45057.340277777781</v>
       </c>
     </row>
-    <row r="182" spans="1:15">
+    <row r="182" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A182" s="7">
         <v>1161076</v>
       </c>
       <c r="B182" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D182" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E182" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F182" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G182" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H182" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I182" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J182" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K182" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L182" s="13">
         <v>45056.520833333336</v>
       </c>
       <c r="M182" s="13">
         <v>45056.618055555555</v>
       </c>
       <c r="N182" s="13">
         <v>45056.798611111109</v>
       </c>
       <c r="O182" s="13">
         <v>45057.340277777781</v>
       </c>
     </row>
-    <row r="183" spans="1:15">
+    <row r="183" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A183" s="7">
         <v>1161076</v>
       </c>
       <c r="B183" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C183" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D183" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E183" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F183" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G183" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H183" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I183" s="8">
         <v>9654971</v>
       </c>
       <c r="J183" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K183" s="21" t="s">
         <v>34</v>
       </c>
       <c r="L183" s="13">
         <v>45059.48333333333</v>
       </c>
       <c r="M183" s="13">
         <v>45059.729166666664</v>
       </c>
       <c r="N183" s="13">
         <v>45060.8125</v>
       </c>
       <c r="O183" s="13">
         <v>45061.390277777777</v>
       </c>
     </row>
-    <row r="184" spans="1:15">
+    <row r="184" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A184" s="7">
         <v>1161076</v>
       </c>
       <c r="B184" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C184" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D184" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E184" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F184" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G184" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H184" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I184" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J184" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K184" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L184" s="13">
         <v>45061.493055555555</v>
       </c>
       <c r="M184" s="13">
         <v>45061.548611111109</v>
       </c>
       <c r="N184" s="13">
         <v>45062.284722222219</v>
       </c>
       <c r="O184" s="13">
         <v>45063.427083333336</v>
       </c>
     </row>
-    <row r="185" spans="1:15">
+    <row r="185" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A185" s="7">
         <v>1161076</v>
       </c>
       <c r="B185" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C185" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D185" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E185" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F185" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G185" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H185" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I185" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J185" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K185" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L185" s="13">
         <v>45061.493055555555</v>
       </c>
       <c r="M185" s="13">
         <v>45062.402777777781</v>
       </c>
       <c r="N185" s="13">
         <v>45062.923611111109</v>
       </c>
       <c r="O185" s="13">
         <v>45063.427083333336</v>
       </c>
     </row>
-    <row r="186" spans="1:15">
+    <row r="186" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A186" s="7">
         <v>1161076</v>
       </c>
       <c r="B186" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C186" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D186" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E186" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F186" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G186" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H186" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I186" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J186" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K186" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L186" s="13">
         <v>45061.493055555555</v>
       </c>
       <c r="M186" s="13">
         <v>45063.017361111109</v>
       </c>
       <c r="N186" s="13">
         <v>45063.128472222219</v>
       </c>
       <c r="O186" s="13">
         <v>45063.427083333336</v>
       </c>
     </row>
-    <row r="187" spans="1:15">
+    <row r="187" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A187" s="7">
         <v>1161076</v>
       </c>
       <c r="B187" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C187" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D187" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E187" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F187" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H187" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I187" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J187" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K187" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L187" s="13">
         <v>45063.631944444445</v>
       </c>
       <c r="M187" s="13">
         <v>45063.722222222219</v>
       </c>
       <c r="N187" s="13">
         <v>45064.850694444445</v>
       </c>
       <c r="O187" s="13">
         <v>45064.902777777781</v>
       </c>
     </row>
-    <row r="188" spans="1:15">
+    <row r="188" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A188" s="7">
         <v>1161076</v>
       </c>
       <c r="B188" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C188" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D188" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E188" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F188" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G188" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H188" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I188" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J188" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K188" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L188" s="13">
         <v>45067.583333333336</v>
       </c>
       <c r="M188" s="13">
         <v>45068</v>
       </c>
       <c r="N188" s="13">
         <v>45068.555555555555</v>
       </c>
       <c r="O188" s="13">
         <v>45068.625</v>
       </c>
     </row>
-    <row r="189" spans="1:15">
+    <row r="189" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A189" s="7">
         <v>1161076</v>
       </c>
       <c r="B189" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C189" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D189" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E189" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F189" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G189" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H189" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I189" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J189" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K189" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L189" s="13">
         <v>45067.583333333336</v>
       </c>
       <c r="M189" s="13">
         <v>45068</v>
       </c>
       <c r="N189" s="13">
         <v>45068.354166666664</v>
       </c>
       <c r="O189" s="13">
         <v>45068.625</v>
       </c>
     </row>
-    <row r="190" spans="1:15">
+    <row r="190" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A190" s="7">
         <v>1161076</v>
       </c>
       <c r="B190" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C190" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D190" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E190" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F190" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G190" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H190" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I190" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J190" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K190" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L190" s="13">
         <v>45071.427083333336</v>
       </c>
       <c r="M190" s="13">
         <v>45071.520833333336</v>
       </c>
       <c r="N190" s="13">
         <v>45072.079861111109</v>
       </c>
       <c r="O190" s="13">
         <v>45073.645833333336</v>
       </c>
     </row>
-    <row r="191" spans="1:15">
+    <row r="191" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A191" s="7">
         <v>1161076</v>
       </c>
       <c r="B191" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C191" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D191" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E191" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F191" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G191" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H191" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I191" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J191" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K191" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L191" s="13">
         <v>45071.427083333336</v>
       </c>
       <c r="M191" s="13">
         <v>45072.125</v>
       </c>
       <c r="N191" s="13">
         <v>45072.486111111109</v>
       </c>
       <c r="O191" s="13">
         <v>45073.645833333336</v>
       </c>
     </row>
-    <row r="192" spans="1:15">
+    <row r="192" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A192" s="7">
         <v>1161076</v>
       </c>
       <c r="B192" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C192" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D192" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E192" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F192" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G192" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H192" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I192" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J192" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K192" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L192" s="13">
         <v>45071.427083333336</v>
       </c>
       <c r="M192" s="13">
         <v>45073.413194444445</v>
       </c>
       <c r="N192" s="13">
         <v>45073.576388888891</v>
       </c>
       <c r="O192" s="13">
         <v>45073.645833333336</v>
       </c>
     </row>
-    <row r="193" spans="1:15">
+    <row r="193" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A193" s="7">
         <v>1161076</v>
       </c>
       <c r="B193" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C193" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D193" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E193" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F193" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G193" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H193" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I193" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J193" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K193" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L193" s="13">
         <v>45075.381944444445</v>
       </c>
       <c r="M193" s="13">
         <v>45078.90625</v>
       </c>
       <c r="N193" s="13">
         <v>45079.135416666664</v>
       </c>
       <c r="O193" s="13">
         <v>45079.364583333336</v>
       </c>
     </row>
-    <row r="194" spans="1:15">
+    <row r="194" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A194" s="7">
         <v>1161076</v>
       </c>
       <c r="B194" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C194" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D194" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E194" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F194" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G194" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H194" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I194" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J194" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K194" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L194" s="13">
         <v>45075.381944444445</v>
       </c>
       <c r="M194" s="13">
         <v>45076.864583333336</v>
       </c>
       <c r="N194" s="13">
         <v>45077.597222222219</v>
       </c>
       <c r="O194" s="13">
         <v>45079.364583333336</v>
       </c>
     </row>
-    <row r="195" spans="1:15">
+    <row r="195" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A195" s="7">
         <v>1161076</v>
       </c>
       <c r="B195" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C195" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D195" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E195" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F195" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G195" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H195" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I195" s="8">
         <v>9654971</v>
       </c>
       <c r="J195" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K195" s="22" t="s">
         <v>34</v>
       </c>
       <c r="L195" s="23">
         <v>45079.491666666669</v>
       </c>
       <c r="M195" s="23">
         <v>45080.114583333336</v>
       </c>
       <c r="N195" s="24">
         <v>45080.754166666666</v>
       </c>
       <c r="O195" s="23">
         <v>45081.394444444442</v>
       </c>
     </row>
-    <row r="196" spans="1:15">
+    <row r="196" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A196" s="7">
         <v>1161076</v>
       </c>
       <c r="B196" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C196" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D196" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E196" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F196" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G196" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H196" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I196" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J196" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K196" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L196" s="23">
         <v>45080.548611111109</v>
       </c>
       <c r="M196" s="23">
         <v>45080.649305555555</v>
       </c>
       <c r="N196" s="24">
         <v>45080.754166666666</v>
       </c>
       <c r="O196" s="23">
         <v>45081.552083333336</v>
       </c>
     </row>
-    <row r="197" spans="1:15">
+    <row r="197" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A197" s="7">
         <v>1161076</v>
       </c>
       <c r="B197" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C197" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E197" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F197" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G197" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H197" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I197" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J197" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K197" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L197" s="23">
         <v>45080.548611111109</v>
       </c>
       <c r="M197" s="23">
         <v>45080.722222222219</v>
       </c>
       <c r="N197" s="24">
         <v>45080.934027777781</v>
       </c>
       <c r="O197" s="23">
         <v>45081.552083333336</v>
       </c>
     </row>
-    <row r="198" spans="1:15">
+    <row r="198" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A198" s="7">
         <v>1161076</v>
       </c>
       <c r="B198" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C198" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D198" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E198" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F198" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G198" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H198" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I198" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J198" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K198" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L198" s="23">
         <v>45081.5625</v>
       </c>
       <c r="M198" s="23">
         <v>45082.597222222219</v>
       </c>
       <c r="N198" s="24">
         <v>45082.920138888891</v>
       </c>
       <c r="O198" s="23">
         <v>45083.326388888891</v>
       </c>
     </row>
-    <row r="199" spans="1:15">
+    <row r="199" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A199" s="7">
         <v>1161076</v>
       </c>
       <c r="B199" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C199" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D199" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E199" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F199" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G199" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H199" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I199" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J199" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K199" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L199" s="23">
         <v>45081.5625</v>
       </c>
       <c r="M199" s="23">
         <v>45082.600694444445</v>
       </c>
       <c r="N199" s="24">
         <v>45083.260416666664</v>
       </c>
       <c r="O199" s="23">
         <v>45083.326388888891</v>
       </c>
     </row>
-    <row r="200" spans="1:15">
+    <row r="200" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A200" s="7">
         <v>1161076</v>
       </c>
       <c r="B200" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C200" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D200" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E200" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F200" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G200" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H200" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I200" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J200" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K200" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L200" s="23">
         <v>45083.5625</v>
       </c>
       <c r="M200" s="23">
         <v>45086.190972222219</v>
       </c>
       <c r="N200" s="24">
         <v>45086.357638888891</v>
       </c>
       <c r="O200" s="23">
         <v>45086.416666666664</v>
       </c>
     </row>
-    <row r="201" spans="1:15">
+    <row r="201" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A201" s="7">
         <v>1161076</v>
       </c>
       <c r="B201" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C201" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D201" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E201" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G201" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H201" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I201" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J201" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K201" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L201" s="23">
         <v>45083.5625</v>
       </c>
       <c r="M201" s="23">
         <v>45084.138888888891</v>
       </c>
       <c r="N201" s="24">
         <v>45084.420138888891</v>
       </c>
       <c r="O201" s="23">
         <v>45086.416666666664</v>
       </c>
     </row>
-    <row r="202" spans="1:15">
+    <row r="202" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A202" s="7">
         <v>1161076</v>
       </c>
       <c r="B202" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C202" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D202" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E202" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F202" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G202" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H202" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I202" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J202" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K202" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L202" s="23">
         <v>45083.5625</v>
       </c>
       <c r="M202" s="23">
         <v>45084.138888888891</v>
       </c>
       <c r="N202" s="24">
         <v>45084.361111111109</v>
       </c>
       <c r="O202" s="23">
         <v>45086.416666666664</v>
       </c>
     </row>
-    <row r="203" spans="1:15">
+    <row r="203" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A203" s="7">
         <v>1161076</v>
       </c>
       <c r="B203" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C203" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D203" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E203" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F203" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G203" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H203" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I203" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J203" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K203" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L203" s="23">
         <v>45086.576388888891</v>
       </c>
       <c r="M203" s="23">
         <v>45086.756944444445</v>
       </c>
       <c r="N203" s="24">
         <v>45087.020833333336</v>
       </c>
       <c r="O203" s="23">
         <v>45087.423611111109</v>
       </c>
     </row>
-    <row r="204" spans="1:15">
+    <row r="204" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A204" s="7">
         <v>1161076</v>
       </c>
       <c r="B204" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C204" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D204" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E204" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F204" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G204" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H204" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I204" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J204" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K204" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L204" s="23">
         <v>45086.576388888891</v>
       </c>
       <c r="M204" s="23">
         <v>45086.760416666664</v>
       </c>
       <c r="N204" s="24">
         <v>45087.364583333336</v>
       </c>
       <c r="O204" s="23">
         <v>45087.423611111109</v>
       </c>
     </row>
-    <row r="205" spans="1:15">
+    <row r="205" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A205" s="7">
         <v>1161076</v>
       </c>
       <c r="B205" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C205" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D205" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E205" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F205" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G205" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H205" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I205" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J205" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K205" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L205" s="23">
         <v>45086.576388888891</v>
       </c>
       <c r="M205" s="23">
         <v>45086.791666666664</v>
       </c>
       <c r="N205" s="24">
         <v>45086.958333333336</v>
       </c>
       <c r="O205" s="23">
         <v>45087.423611111109</v>
       </c>
     </row>
-    <row r="206" spans="1:15">
+    <row r="206" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A206" s="7">
         <v>1161076</v>
       </c>
       <c r="B206" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C206" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D206" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E206" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F206" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G206" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H206" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I206" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J206" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K206" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L206" s="23">
         <v>45089.715277777781</v>
       </c>
       <c r="M206" s="23">
         <v>45090.746527777781</v>
       </c>
       <c r="N206" s="24">
         <v>45090.920138888891</v>
       </c>
       <c r="O206" s="23">
         <v>45091.368055555555</v>
       </c>
     </row>
-    <row r="207" spans="1:15">
+    <row r="207" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A207" s="7">
         <v>1161076</v>
       </c>
       <c r="B207" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C207" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D207" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E207" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H207" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I207" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J207" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K207" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L207" s="23">
         <v>45089.715277777781</v>
       </c>
       <c r="M207" s="23">
         <v>45089.829861111109</v>
       </c>
       <c r="N207" s="24">
         <v>45091.013888888891</v>
       </c>
       <c r="O207" s="23">
         <v>45091.368055555555</v>
       </c>
     </row>
-    <row r="208" spans="1:15">
+    <row r="208" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A208" s="7">
         <v>1161076</v>
       </c>
       <c r="B208" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C208" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D208" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E208" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G208" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H208" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I208" s="8">
         <v>9654971</v>
       </c>
       <c r="J208" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K208" s="25" t="s">
         <v>34</v>
       </c>
       <c r="L208" s="23">
         <v>45091.508333333331</v>
       </c>
       <c r="M208" s="23">
         <v>45092.145833333336</v>
       </c>
       <c r="N208" s="24">
         <v>45092.73333333333</v>
       </c>
       <c r="O208" s="23">
         <v>45093.376388888886</v>
       </c>
     </row>
-    <row r="209" spans="1:15">
+    <row r="209" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A209" s="7">
         <v>1161076</v>
       </c>
       <c r="B209" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C209" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D209" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E209" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F209" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G209" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H209" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I209" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J209" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K209" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L209" s="23">
         <v>45093.545138888891</v>
       </c>
       <c r="M209" s="23">
         <v>45093.756944444445</v>
       </c>
       <c r="N209" s="24">
         <v>45093.885416666664</v>
       </c>
       <c r="O209" s="23">
         <v>45095.322916666664</v>
       </c>
     </row>
-    <row r="210" spans="1:15">
+    <row r="210" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A210" s="7">
         <v>1161076</v>
       </c>
       <c r="B210" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C210" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D210" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E210" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F210" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G210" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H210" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I210" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J210" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K210" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L210" s="23">
         <v>45093.545138888891</v>
       </c>
       <c r="M210" s="23">
         <v>45093.756944444445</v>
       </c>
       <c r="N210" s="24">
         <v>45093.96875</v>
       </c>
       <c r="O210" s="23">
         <v>45095.322916666664</v>
       </c>
     </row>
-    <row r="211" spans="1:15">
+    <row r="211" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A211" s="7">
         <v>1161076</v>
       </c>
       <c r="B211" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C211" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D211" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E211" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F211" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G211" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H211" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I211" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J211" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K211" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L211" s="23">
         <v>45093.545138888891</v>
       </c>
       <c r="M211" s="23">
         <v>45094.204861111109</v>
       </c>
       <c r="N211" s="24">
         <v>45094.90625</v>
       </c>
       <c r="O211" s="23">
         <v>45095.322916666664</v>
       </c>
     </row>
-    <row r="212" spans="1:15">
+    <row r="212" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A212" s="7">
         <v>1161076</v>
       </c>
       <c r="B212" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C212" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D212" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E212" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F212" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G212" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H212" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I212" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J212" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K212" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L212" s="23">
         <v>45095.548611111109</v>
       </c>
       <c r="M212" s="23">
         <v>45095.638888888891</v>
       </c>
       <c r="N212" s="24">
         <v>45095.944444444445</v>
       </c>
       <c r="O212" s="23">
         <v>45096.361111111109</v>
       </c>
     </row>
-    <row r="213" spans="1:15">
+    <row r="213" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A213" s="7">
         <v>1161076</v>
       </c>
       <c r="B213" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C213" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D213" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E213" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F213" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G213" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H213" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I213" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J213" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K213" s="25" t="s">
         <v>29</v>
       </c>
       <c r="L213" s="23">
         <v>45095.548611111109</v>
       </c>
       <c r="M213" s="23">
         <v>45095.638888888891</v>
       </c>
       <c r="N213" s="24">
         <v>45095.881944444445</v>
       </c>
       <c r="O213" s="23">
         <v>45096.361111111109</v>
       </c>
     </row>
-    <row r="214" spans="1:15">
+    <row r="214" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A214" s="7">
         <v>1161076</v>
       </c>
       <c r="B214" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C214" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D214" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E214" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F214" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G214" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H214" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I214" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J214" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K214" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L214" s="23">
         <v>45100.579861111109</v>
       </c>
       <c r="M214" s="23">
         <v>45100.774305555555</v>
       </c>
       <c r="N214" s="24">
         <v>45101.652777777781</v>
       </c>
       <c r="O214" s="23">
         <v>45102.475694444445</v>
       </c>
     </row>
-    <row r="215" spans="1:15">
+    <row r="215" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A215" s="7">
         <v>1161076</v>
       </c>
       <c r="B215" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C215" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D215" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E215" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F215" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G215" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H215" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I215" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J215" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K215" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L215" s="23">
         <v>45100.579861111109</v>
       </c>
       <c r="M215" s="23">
         <v>45101.180555555555</v>
       </c>
       <c r="N215" s="24">
         <v>45101.402777777781</v>
       </c>
       <c r="O215" s="23">
         <v>45102.475694444445</v>
       </c>
     </row>
-    <row r="216" spans="1:15">
+    <row r="216" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A216" s="7">
         <v>1161076</v>
       </c>
       <c r="B216" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C216" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D216" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E216" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F216" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G216" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H216" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I216" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J216" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K216" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L216" s="23">
         <v>45100.579861111109</v>
       </c>
       <c r="M216" s="23">
         <v>45101.763888888891</v>
       </c>
       <c r="N216" s="24">
         <v>45102.427083333336</v>
       </c>
       <c r="O216" s="23">
         <v>45102.475694444445</v>
       </c>
     </row>
-    <row r="217" spans="1:15">
+    <row r="217" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A217" s="7">
         <v>1161076</v>
       </c>
       <c r="B217" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C217" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D217" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E217" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F217" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G217" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H217" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I217" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J217" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K217" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L217" s="23">
         <v>45105.538194444445</v>
       </c>
       <c r="M217" s="23">
         <v>45105.604166666664</v>
       </c>
       <c r="N217" s="24">
         <v>45105.836805555555</v>
       </c>
       <c r="O217" s="23">
         <v>45107.645833333336</v>
       </c>
     </row>
-    <row r="218" spans="1:15">
+    <row r="218" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A218" s="7">
         <v>1161076</v>
       </c>
       <c r="B218" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C218" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D218" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E218" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F218" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G218" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H218" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I218" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J218" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K218" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L218" s="23">
         <v>45105.538194444445</v>
       </c>
       <c r="M218" s="23">
         <v>45106.46875</v>
       </c>
       <c r="N218" s="24">
         <v>45106.576388888891</v>
       </c>
       <c r="O218" s="23">
         <v>45107.645833333336</v>
       </c>
     </row>
-    <row r="219" spans="1:15">
+    <row r="219" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A219" s="7">
         <v>1161076</v>
       </c>
       <c r="B219" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C219" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D219" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E219" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F219" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G219" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H219" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I219" s="11" t="s">
         <v>25</v>
       </c>
       <c r="J219" s="8" t="s">
         <v>26</v>
       </c>
       <c r="K219" s="25" t="s">
         <v>27</v>
       </c>
       <c r="L219" s="23">
         <v>45105.538194444445</v>
       </c>
       <c r="M219" s="23">
         <v>45106.40625</v>
       </c>
       <c r="N219" s="24">
         <v>45107.381944444445</v>
       </c>
       <c r="O219" s="23">
         <v>45107.645833333336</v>
       </c>
     </row>
-    <row r="220" spans="1:15">
+    <row r="220" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A220" s="7">
         <v>1161076</v>
       </c>
       <c r="B220" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C220" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D220" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E220" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F220" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G220" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H220" s="30" t="s">
         <v>24</v>
       </c>
       <c r="I220" s="17">
         <v>9654971</v>
       </c>
       <c r="J220" s="10" t="s">
         <v>30</v>
       </c>
       <c r="K220" s="22" t="s">
         <v>34</v>
       </c>
       <c r="L220" s="26">
         <v>45107.4375</v>
       </c>
       <c r="M220" s="26">
         <v>45108.129166666666</v>
       </c>
       <c r="N220" s="27">
         <v>45108.833333333336</v>
       </c>
       <c r="O220" s="26">
         <v>45109.375</v>
       </c>
     </row>
-    <row r="221" spans="1:15">
+    <row r="221" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A221" s="7">
         <v>1161076</v>
       </c>
       <c r="B221" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C221" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D221" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E221" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F221" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G221" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H221" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I221" s="28"/>
       <c r="J221" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K221" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L221" s="26">
         <v>45108.59375</v>
       </c>
       <c r="M221" s="26">
         <v>45108.8125</v>
       </c>
       <c r="N221" s="26">
         <v>45109.048611111109</v>
       </c>
       <c r="O221" s="26">
         <v>45109.381944444445</v>
       </c>
     </row>
-    <row r="222" spans="1:15">
+    <row r="222" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A222" s="7">
         <v>1161076</v>
       </c>
       <c r="B222" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C222" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D222" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E222" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F222" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G222" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H222" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I222" s="28"/>
       <c r="J222" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K222" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L222" s="26">
         <v>45108.59375</v>
       </c>
       <c r="M222" s="26">
         <v>45108.8125</v>
       </c>
       <c r="N222" s="26">
         <v>45109.163194444445</v>
       </c>
       <c r="O222" s="26">
         <v>45109.381944444445</v>
       </c>
     </row>
-    <row r="223" spans="1:15">
+    <row r="223" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A223" s="7">
         <v>1161076</v>
       </c>
       <c r="B223" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C223" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D223" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E223" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F223" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G223" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H223" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I223" s="28"/>
       <c r="J223" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K223" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L223" s="26">
         <v>45112.635416666664</v>
       </c>
       <c r="M223" s="26">
         <v>45112.774305555555</v>
       </c>
       <c r="N223" s="26">
         <v>45113.333333333336</v>
       </c>
       <c r="O223" s="26">
         <v>45113.5</v>
       </c>
     </row>
-    <row r="224" spans="1:15">
+    <row r="224" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A224" s="7">
         <v>1161076</v>
       </c>
       <c r="B224" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C224" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D224" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E224" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F224" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G224" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H224" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I224" s="28"/>
       <c r="J224" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K224" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L224" s="26">
         <v>45121.597222222219</v>
       </c>
       <c r="M224" s="26">
         <v>45121.659722222219</v>
       </c>
       <c r="N224" s="26">
         <v>45122.784722222219</v>
       </c>
       <c r="O224" s="26">
         <v>45121.645833333336</v>
       </c>
     </row>
-    <row r="225" spans="1:15">
+    <row r="225" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A225" s="7">
         <v>1161076</v>
       </c>
       <c r="B225" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C225" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D225" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E225" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F225" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G225" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H225" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I225" s="28"/>
       <c r="J225" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K225" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L225" s="26">
         <v>45121.597222222219</v>
       </c>
       <c r="M225" s="26">
         <v>45123.829861111109</v>
       </c>
       <c r="N225" s="26">
         <v>45124.277777777781</v>
       </c>
       <c r="O225" s="26">
         <v>45125.305555555555</v>
       </c>
     </row>
-    <row r="226" spans="1:15">
+    <row r="226" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A226" s="7">
         <v>1161076</v>
       </c>
       <c r="B226" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C226" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D226" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E226" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F226" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G226" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H226" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I226" s="28"/>
       <c r="J226" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K226" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L226" s="26">
         <v>45121.597222222219</v>
       </c>
       <c r="M226" s="26">
         <v>45124.024305555555</v>
       </c>
       <c r="N226" s="26">
         <v>45124.579861111109</v>
       </c>
       <c r="O226" s="26">
         <v>45125.305555555555</v>
       </c>
     </row>
-    <row r="227" spans="1:15">
+    <row r="227" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A227" s="7">
         <v>1161076</v>
       </c>
       <c r="B227" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C227" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D227" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E227" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F227" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G227" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H227" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I227" s="28"/>
       <c r="J227" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K227" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L227" s="26">
         <v>45128.802083333336</v>
       </c>
       <c r="M227" s="26">
         <v>45128.875</v>
       </c>
       <c r="N227" s="26">
         <v>45129.697916666664</v>
       </c>
       <c r="O227" s="26">
         <v>45131.326388888891</v>
       </c>
     </row>
-    <row r="228" spans="1:15">
+    <row r="228" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A228" s="7">
         <v>1161076</v>
       </c>
       <c r="B228" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C228" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D228" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E228" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F228" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G228" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H228" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I228" s="28"/>
       <c r="J228" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K228" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L228" s="26">
         <v>45128.802083333336</v>
       </c>
       <c r="M228" s="26">
         <v>45129.246527777781</v>
       </c>
       <c r="N228" s="26">
         <v>45130.729166666664</v>
       </c>
       <c r="O228" s="26">
         <v>45131.326388888891</v>
       </c>
     </row>
-    <row r="229" spans="1:15">
+    <row r="229" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A229" s="7">
         <v>1161076</v>
       </c>
       <c r="B229" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C229" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D229" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E229" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F229" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G229" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H229" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I229" s="28"/>
       <c r="J229" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K229" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L229" s="26">
         <v>45128.802083333336</v>
       </c>
       <c r="M229" s="26">
         <v>45129.774305555555</v>
       </c>
       <c r="N229" s="26">
         <v>45130.826388888891</v>
       </c>
       <c r="O229" s="26">
         <v>45131.326388888891</v>
       </c>
     </row>
-    <row r="230" spans="1:15">
+    <row r="230" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A230" s="7">
         <v>1161076</v>
       </c>
       <c r="B230" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C230" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D230" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E230" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F230" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G230" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H230" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I230" s="28"/>
       <c r="J230" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K230" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L230" s="26">
         <v>45131.597222222219</v>
       </c>
       <c r="M230" s="26">
         <v>45131.746527777781</v>
       </c>
       <c r="N230" s="26">
         <v>45131.975694444445</v>
       </c>
       <c r="O230" s="26">
         <v>45133.347222222219</v>
       </c>
     </row>
-    <row r="231" spans="1:15">
+    <row r="231" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A231" s="7">
         <v>1161076</v>
       </c>
       <c r="B231" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C231" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D231" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E231" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F231" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G231" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H231" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I231" s="28"/>
       <c r="J231" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K231" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L231" s="26">
         <v>45134.569444444445</v>
       </c>
       <c r="M231" s="26">
         <v>45134.892361111109</v>
       </c>
       <c r="N231" s="26">
         <v>45135.579861111109</v>
       </c>
       <c r="O231" s="26">
         <v>45136.347222222219</v>
       </c>
     </row>
-    <row r="232" spans="1:15">
+    <row r="232" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A232" s="7">
         <v>1161076</v>
       </c>
       <c r="B232" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C232" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D232" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E232" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F232" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G232" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H232" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I232" s="28"/>
       <c r="J232" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K232" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L232" s="26">
         <v>45134.569444444445</v>
       </c>
       <c r="M232" s="26">
         <v>45135.635416666664</v>
       </c>
       <c r="N232" s="26">
         <v>45135.895833333336</v>
       </c>
       <c r="O232" s="26">
         <v>45136.347222222219</v>
       </c>
     </row>
-    <row r="233" spans="1:15">
+    <row r="233" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A233" s="7">
         <v>1161076</v>
       </c>
       <c r="B233" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C233" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D233" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E233" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F233" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G233" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H233" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I233" s="28"/>
       <c r="J233" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K233" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L233" s="26">
         <v>45134.569444444445</v>
       </c>
       <c r="M233" s="26">
         <v>45135.694444444445</v>
       </c>
       <c r="N233" s="26">
         <v>45136.048611111109</v>
       </c>
       <c r="O233" s="26">
         <v>45136.347222222219</v>
       </c>
     </row>
-    <row r="234" spans="1:15">
+    <row r="234" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A234" s="7">
         <v>1161076</v>
       </c>
       <c r="B234" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C234" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D234" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E234" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F234" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G234" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H234" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I234" s="28"/>
       <c r="J234" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K234" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L234" s="26">
         <v>45141.340277777781</v>
       </c>
       <c r="M234" s="26">
         <v>45141.517361111109</v>
       </c>
       <c r="N234" s="26">
         <v>45142.097222222219</v>
       </c>
       <c r="O234" s="26">
         <v>45143.277777777781</v>
       </c>
     </row>
-    <row r="235" spans="1:15">
+    <row r="235" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A235" s="7">
         <v>1161076</v>
       </c>
       <c r="B235" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C235" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D235" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E235" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F235" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G235" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H235" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I235" s="28"/>
       <c r="J235" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K235" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L235" s="26">
         <v>45141.340277777781</v>
       </c>
       <c r="M235" s="26">
         <v>45142.184027777781</v>
       </c>
       <c r="N235" s="26">
         <v>45142.538194444445</v>
       </c>
       <c r="O235" s="26">
         <v>45143.277777777781</v>
       </c>
     </row>
-    <row r="236" spans="1:15">
+    <row r="236" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A236" s="7">
         <v>1161076</v>
       </c>
       <c r="B236" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C236" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D236" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E236" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F236" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G236" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H236" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I236" s="28"/>
       <c r="J236" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K236" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L236" s="26">
         <v>45141.340277777781</v>
       </c>
       <c r="M236" s="26">
         <v>45142.180555555555</v>
       </c>
       <c r="N236" s="26">
         <v>45142.930555555555</v>
       </c>
       <c r="O236" s="26">
         <v>45143.277777777781</v>
       </c>
     </row>
-    <row r="237" spans="1:15">
+    <row r="237" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A237" s="7">
         <v>1161076</v>
       </c>
       <c r="B237" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C237" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D237" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E237" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F237" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G237" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H237" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I237" s="28"/>
       <c r="J237" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K237" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L237" s="26">
         <v>45147.59375</v>
       </c>
       <c r="M237" s="26">
         <v>45147.763888888891</v>
       </c>
       <c r="N237" s="26">
         <v>45149.395833333336</v>
       </c>
       <c r="O237" s="26">
         <v>45151.3125</v>
       </c>
     </row>
-    <row r="238" spans="1:15">
+    <row r="238" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A238" s="7">
         <v>1161076</v>
       </c>
       <c r="B238" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C238" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D238" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E238" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F238" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G238" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H238" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I238" s="28"/>
       <c r="J238" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K238" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L238" s="26">
         <v>45147.59375</v>
       </c>
       <c r="M238" s="26">
         <v>45149.701388888891</v>
       </c>
       <c r="N238" s="26">
         <v>45150.017361111109</v>
       </c>
       <c r="O238" s="26">
         <v>45151.3125</v>
       </c>
     </row>
-    <row r="239" spans="1:15">
+    <row r="239" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A239" s="7">
         <v>1161076</v>
       </c>
       <c r="B239" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C239" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D239" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E239" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F239" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G239" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H239" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I239" s="28"/>
       <c r="J239" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K239" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L239" s="26">
         <v>45147.59375</v>
       </c>
       <c r="M239" s="26">
         <v>45149.697916666664</v>
       </c>
       <c r="N239" s="26">
         <v>45149.944444444445</v>
       </c>
       <c r="O239" s="26">
         <v>45151.3125</v>
       </c>
     </row>
-    <row r="240" spans="1:15">
+    <row r="240" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A240" s="7">
         <v>1161076</v>
       </c>
       <c r="B240" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C240" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D240" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E240" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F240" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G240" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H240" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I240" s="28"/>
       <c r="J240" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K240" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L240" s="26">
         <v>45147.59375</v>
       </c>
       <c r="M240" s="26">
         <v>45150.149305555555</v>
       </c>
       <c r="N240" s="26">
         <v>45150.909722222219</v>
       </c>
       <c r="O240" s="26">
         <v>45151.3125</v>
       </c>
     </row>
-    <row r="241" spans="1:15">
+    <row r="241" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A241" s="7">
         <v>1161076</v>
       </c>
       <c r="B241" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C241" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D241" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E241" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F241" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G241" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H241" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I241" s="28"/>
       <c r="J241" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K241" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L241" s="26">
         <v>45151.385416666664</v>
       </c>
       <c r="M241" s="26">
         <v>45151.46875</v>
       </c>
       <c r="N241" s="26">
         <v>45152.795138888891</v>
       </c>
       <c r="O241" s="26">
         <v>45153.451388888891</v>
       </c>
     </row>
-    <row r="242" spans="1:15">
+    <row r="242" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A242" s="7">
         <v>1161076</v>
       </c>
       <c r="B242" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C242" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D242" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E242" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F242" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G242" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H242" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I242" s="28"/>
       <c r="J242" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K242" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L242" s="26">
         <v>45151.385416666664</v>
       </c>
       <c r="M242" s="26">
         <v>45152.854166666664</v>
       </c>
       <c r="N242" s="26">
         <v>45153.375</v>
       </c>
       <c r="O242" s="26">
         <v>45153.451388888891</v>
       </c>
     </row>
-    <row r="243" spans="1:15">
+    <row r="243" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A243" s="7">
         <v>1161076</v>
       </c>
       <c r="B243" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C243" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D243" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E243" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F243" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G243" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H243" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I243" s="28"/>
       <c r="J243" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K243" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L243" s="26">
         <v>45151.385416666664</v>
       </c>
       <c r="M243" s="26">
         <v>45152.493055555555</v>
       </c>
       <c r="N243" s="26">
         <v>45152.965277777781</v>
       </c>
       <c r="O243" s="26">
         <v>45153.451388888891</v>
       </c>
     </row>
-    <row r="244" spans="1:15">
+    <row r="244" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A244" s="7">
         <v>1161076</v>
       </c>
       <c r="B244" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C244" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D244" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E244" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F244" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G244" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H244" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I244" s="28"/>
       <c r="J244" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K244" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L244" s="26">
         <v>45156.694444444445</v>
       </c>
       <c r="M244" s="26">
         <v>45156.753472222219</v>
       </c>
       <c r="N244" s="26">
         <v>45157.305555555555</v>
       </c>
       <c r="O244" s="26">
         <v>45159.40625</v>
       </c>
     </row>
-    <row r="245" spans="1:15">
+    <row r="245" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A245" s="7">
         <v>1161076</v>
       </c>
       <c r="B245" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C245" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D245" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E245" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F245" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G245" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H245" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I245" s="28"/>
       <c r="J245" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K245" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L245" s="26">
         <v>45156.694444444445</v>
       </c>
       <c r="M245" s="26">
         <v>45157.454861111109</v>
       </c>
       <c r="N245" s="26">
         <v>45159.291666666664</v>
       </c>
       <c r="O245" s="26">
         <v>45159.40625</v>
       </c>
     </row>
-    <row r="246" spans="1:15">
+    <row r="246" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A246" s="7">
         <v>1161076</v>
       </c>
       <c r="B246" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C246" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D246" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E246" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F246" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G246" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H246" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I246" s="28"/>
       <c r="J246" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K246" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L246" s="26">
         <v>45156.694444444445</v>
       </c>
       <c r="M246" s="26">
         <v>45157.395833333336</v>
       </c>
       <c r="N246" s="26">
         <v>45157.111111111109</v>
       </c>
       <c r="O246" s="26">
         <v>45159.40625</v>
       </c>
     </row>
-    <row r="247" spans="1:15">
+    <row r="247" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A247" s="7">
         <v>1161076</v>
       </c>
       <c r="B247" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C247" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D247" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E247" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F247" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G247" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H247" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I247" s="28"/>
       <c r="J247" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K247" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L247" s="26">
         <v>45159.475694444445</v>
       </c>
       <c r="M247" s="26">
         <v>45159.892361111109</v>
       </c>
       <c r="N247" s="26">
         <v>45160.399305555555</v>
       </c>
       <c r="O247" s="26">
         <v>45162.381944444445</v>
       </c>
     </row>
-    <row r="248" spans="1:15">
+    <row r="248" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A248" s="7">
         <v>1161076</v>
       </c>
       <c r="B248" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C248" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D248" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E248" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F248" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G248" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H248" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I248" s="28"/>
       <c r="J248" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K248" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L248" s="26">
         <v>45159.475694444445</v>
       </c>
       <c r="M248" s="26">
         <v>45159.892361111109</v>
       </c>
       <c r="N248" s="26">
         <v>45160.131944444445</v>
       </c>
       <c r="O248" s="26">
         <v>45162.381944444445</v>
       </c>
     </row>
-    <row r="249" spans="1:15">
+    <row r="249" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A249" s="7">
         <v>1161076</v>
       </c>
       <c r="B249" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C249" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D249" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E249" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F249" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G249" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H249" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I249" s="28"/>
       <c r="J249" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K249" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L249" s="26">
         <v>45159.475694444445</v>
       </c>
       <c r="M249" s="26">
         <v>45161.881944444445</v>
       </c>
       <c r="N249" s="26">
         <v>45162.076388888891</v>
       </c>
       <c r="O249" s="26">
         <v>45162.381944444445</v>
       </c>
     </row>
-    <row r="250" spans="1:15">
+    <row r="250" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A250" s="7">
         <v>1161076</v>
       </c>
       <c r="B250" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C250" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D250" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E250" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F250" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G250" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H250" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I250" s="17">
         <v>9654971</v>
       </c>
       <c r="J250" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K250" s="21" t="s">
         <v>34</v>
       </c>
       <c r="L250" s="26">
         <v>45159.520833333336</v>
       </c>
       <c r="M250" s="26">
         <v>45162.8</v>
       </c>
       <c r="N250" s="26">
         <v>45163.833333333336</v>
       </c>
       <c r="O250" s="26">
         <v>45164.526388888888</v>
       </c>
     </row>
-    <row r="251" spans="1:15">
+    <row r="251" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A251" s="7">
         <v>1161076</v>
       </c>
       <c r="B251" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C251" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D251" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E251" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F251" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G251" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H251" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I251" s="28"/>
       <c r="J251" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K251" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L251" s="26">
         <v>45162.538194444445</v>
       </c>
       <c r="M251" s="26">
         <v>45162.645833333336</v>
       </c>
       <c r="N251" s="26">
         <v>45163.128472222219</v>
       </c>
       <c r="O251" s="26">
         <v>45164.402777777781</v>
       </c>
     </row>
-    <row r="252" spans="1:15">
+    <row r="252" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A252" s="7">
         <v>1161076</v>
       </c>
       <c r="B252" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C252" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D252" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E252" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F252" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G252" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H252" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I252" s="28"/>
       <c r="J252" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K252" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L252" s="26">
         <v>45162.538194444445</v>
       </c>
       <c r="M252" s="26">
         <v>45163.21875</v>
       </c>
       <c r="N252" s="26">
         <v>45163.729166666664</v>
       </c>
       <c r="O252" s="26">
         <v>45164.402777777781</v>
       </c>
     </row>
-    <row r="253" spans="1:15">
+    <row r="253" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A253" s="7">
         <v>1161076</v>
       </c>
       <c r="B253" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C253" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D253" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E253" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F253" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G253" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H253" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I253" s="28"/>
       <c r="J253" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K253" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L253" s="26">
         <v>45162.538194444445</v>
       </c>
       <c r="M253" s="26">
         <v>45163.041666666664</v>
       </c>
       <c r="N253" s="26">
         <v>45163.416666666664</v>
       </c>
       <c r="O253" s="26">
         <v>45164.402777777781</v>
       </c>
     </row>
-    <row r="254" spans="1:15">
+    <row r="254" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A254" s="7">
         <v>1161076</v>
       </c>
       <c r="B254" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C254" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D254" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E254" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F254" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G254" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H254" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I254" s="28"/>
       <c r="J254" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K254" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L254" s="26">
         <v>45165.510416666664</v>
       </c>
       <c r="M254" s="26">
         <v>45165.777777777781</v>
       </c>
       <c r="N254" s="26">
         <v>45166.395833333336</v>
       </c>
       <c r="O254" s="26">
         <v>45167.333333333336</v>
       </c>
     </row>
-    <row r="255" spans="1:15">
+    <row r="255" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A255" s="7">
         <v>1161076</v>
       </c>
       <c r="B255" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C255" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D255" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E255" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F255" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G255" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H255" s="30" t="s">
         <v>24</v>
       </c>
       <c r="I255" s="28"/>
       <c r="J255" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K255" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L255" s="26">
         <v>45165.510416666664</v>
       </c>
       <c r="M255" s="26">
         <v>45166.475694444445</v>
       </c>
       <c r="N255" s="26">
         <v>45166.805555555555</v>
       </c>
       <c r="O255" s="26">
         <v>45167.333333333336</v>
       </c>
     </row>
-    <row r="256" spans="1:15">
+    <row r="256" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A256" s="7">
         <v>1161076</v>
       </c>
       <c r="B256" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C256" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D256" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E256" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F256" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G256" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H256" s="30" t="s">
         <v>24</v>
       </c>
       <c r="I256" s="31"/>
       <c r="J256" s="32" t="s">
         <v>28</v>
       </c>
       <c r="K256" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L256" s="26">
         <v>45165.510416666664</v>
       </c>
       <c r="M256" s="26">
         <v>45165.833333333336</v>
       </c>
       <c r="N256" s="26">
         <v>45166.576388888891</v>
       </c>
       <c r="O256" s="26">
         <v>45167.333333333336</v>
       </c>
     </row>
-    <row r="257" spans="1:15">
+    <row r="257" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A257" s="7">
         <v>1161076</v>
       </c>
       <c r="B257" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C257" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D257" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E257" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F257" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G257" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H257" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I257" s="11">
         <v>9229142</v>
       </c>
       <c r="J257" s="11" t="s">
         <v>36</v>
       </c>
       <c r="K257" s="11" t="s">
         <v>37</v>
       </c>
       <c r="L257" s="26">
         <v>45167.491666666669</v>
       </c>
       <c r="M257" s="26">
         <v>45172.791666666664</v>
       </c>
       <c r="N257" s="26">
         <v>45175.962500000001</v>
       </c>
       <c r="O257" s="26">
         <v>45177.583333333336</v>
       </c>
     </row>
-    <row r="258" spans="1:15">
+    <row r="258" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A258" s="7">
         <v>1161076</v>
       </c>
       <c r="B258" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C258" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D258" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E258" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F258" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G258" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H258" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I258" s="33"/>
       <c r="J258" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K258" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L258" s="26">
         <v>45170.645833333336</v>
       </c>
       <c r="M258" s="26">
         <v>45170.770833333336</v>
       </c>
       <c r="N258" s="26">
         <v>45171.184027777781</v>
       </c>
       <c r="O258" s="26">
         <v>45174.322916666664</v>
       </c>
     </row>
-    <row r="259" spans="1:15">
+    <row r="259" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A259" s="7">
         <v>1161076</v>
       </c>
       <c r="B259" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C259" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D259" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E259" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F259" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G259" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H259" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I259" s="33"/>
       <c r="J259" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K259" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L259" s="26">
         <v>45170.645833333336</v>
       </c>
       <c r="M259" s="26">
         <v>45171.451388888891</v>
       </c>
       <c r="N259" s="26">
         <v>45173.78125</v>
       </c>
       <c r="O259" s="26">
         <v>45174.322916666664</v>
       </c>
     </row>
-    <row r="260" spans="1:15">
+    <row r="260" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A260" s="7">
         <v>1161076</v>
       </c>
       <c r="B260" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C260" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D260" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E260" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F260" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G260" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H260" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I260" s="33"/>
       <c r="J260" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K260" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L260" s="26">
         <v>45170.645833333336</v>
       </c>
       <c r="M260" s="26">
         <v>45171.447916666664</v>
       </c>
       <c r="N260" s="26">
         <v>45172.260416666664</v>
       </c>
       <c r="O260" s="26">
         <v>45174.322916666664</v>
       </c>
     </row>
-    <row r="261" spans="1:15">
+    <row r="261" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A261" s="7">
         <v>1161076</v>
       </c>
       <c r="B261" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C261" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D261" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E261" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F261" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G261" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H261" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I261" s="33"/>
       <c r="J261" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K261" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L261" s="26">
         <v>45178.597222222219</v>
       </c>
       <c r="M261" s="26">
         <v>45178.649305555555</v>
       </c>
       <c r="N261" s="26">
         <v>45180.034722222219</v>
       </c>
       <c r="O261" s="26">
         <v>45181.454861111109</v>
       </c>
     </row>
-    <row r="262" spans="1:15">
+    <row r="262" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A262" s="7">
         <v>1161076</v>
       </c>
       <c r="B262" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C262" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D262" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E262" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F262" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G262" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H262" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I262" s="33"/>
       <c r="J262" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K262" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L262" s="26">
         <v>45178.597222222219</v>
       </c>
       <c r="M262" s="26">
         <v>45180.15625</v>
       </c>
       <c r="N262" s="26">
         <v>45180.503472222219</v>
       </c>
       <c r="O262" s="26">
         <v>45181.454861111109</v>
       </c>
     </row>
-    <row r="263" spans="1:15">
+    <row r="263" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A263" s="7">
         <v>1161076</v>
       </c>
       <c r="B263" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C263" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D263" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E263" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F263" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G263" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H263" s="30" t="s">
         <v>24</v>
       </c>
       <c r="I263" s="33"/>
       <c r="J263" s="32" t="s">
         <v>28</v>
       </c>
       <c r="K263" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L263" s="26">
         <v>45178.597222222219</v>
       </c>
       <c r="M263" s="26">
         <v>45180.15625</v>
       </c>
       <c r="N263" s="26">
         <v>45180.791666666664</v>
       </c>
       <c r="O263" s="26">
         <v>45181.454861111109</v>
       </c>
     </row>
-    <row r="264" spans="1:15">
+    <row r="264" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A264" s="7">
         <v>1161076</v>
       </c>
       <c r="B264" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C264" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D264" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E264" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F264" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G264" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H264" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I264" s="33"/>
       <c r="J264" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K264" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L264" s="26">
         <v>45181.625</v>
       </c>
       <c r="M264" s="26">
         <v>45181.736111111109</v>
       </c>
       <c r="N264" s="26">
         <v>45182.135416666664</v>
       </c>
       <c r="O264" s="26">
         <v>45183.569444444445</v>
       </c>
     </row>
-    <row r="265" spans="1:15">
+    <row r="265" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A265" s="7">
         <v>1161076</v>
       </c>
       <c r="B265" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C265" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D265" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E265" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F265" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G265" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H265" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I265" s="33"/>
       <c r="J265" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K265" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L265" s="26">
         <v>45181.625</v>
       </c>
       <c r="M265" s="26">
         <v>45182.017361111109</v>
       </c>
       <c r="N265" s="26">
         <v>45182.590277777781</v>
       </c>
       <c r="O265" s="26">
         <v>45183.569444444445</v>
       </c>
     </row>
-    <row r="266" spans="1:15">
+    <row r="266" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A266" s="7">
         <v>1161076</v>
       </c>
       <c r="B266" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C266" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D266" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E266" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F266" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G266" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H266" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I266" s="33"/>
       <c r="J266" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K266" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L266" s="26">
         <v>45181.625</v>
       </c>
       <c r="M266" s="26">
         <v>45182.833333333336</v>
       </c>
       <c r="N266" s="26">
         <v>45183.145833333336</v>
       </c>
       <c r="O266" s="26">
         <v>45183.569444444445</v>
       </c>
     </row>
-    <row r="267" spans="1:15">
+    <row r="267" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A267" s="7">
         <v>1161076</v>
       </c>
       <c r="B267" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C267" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D267" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E267" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F267" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G267" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H267" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I267" s="33"/>
       <c r="J267" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K267" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L267" s="26">
         <v>45181.625</v>
       </c>
       <c r="M267" s="26">
         <v>45182.833333333336</v>
       </c>
       <c r="N267" s="26">
         <v>45183.510416666664</v>
       </c>
       <c r="O267" s="26">
         <v>45183.569444444445</v>
       </c>
     </row>
-    <row r="268" spans="1:15">
+    <row r="268" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A268" s="7">
         <v>1161076</v>
       </c>
       <c r="B268" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C268" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D268" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E268" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F268" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G268" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H268" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I268" s="33"/>
       <c r="J268" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K268" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L268" s="26">
         <v>45185.684027777781</v>
       </c>
       <c r="M268" s="26">
         <v>45186.034722222219</v>
       </c>
       <c r="N268" s="26">
         <v>45186.638888888891</v>
       </c>
       <c r="O268" s="26">
         <v>45188.475694444445</v>
       </c>
     </row>
-    <row r="269" spans="1:15">
+    <row r="269" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A269" s="7">
         <v>1161076</v>
       </c>
       <c r="B269" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C269" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D269" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E269" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F269" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G269" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H269" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I269" s="33"/>
       <c r="J269" s="32" t="s">
         <v>28</v>
       </c>
       <c r="K269" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L269" s="26">
         <v>45185.684027777781</v>
       </c>
       <c r="M269" s="26">
         <v>45186.854166666664</v>
       </c>
       <c r="N269" s="26">
         <v>45187.753472222219</v>
       </c>
       <c r="O269" s="26">
         <v>45188.475694444445</v>
       </c>
     </row>
-    <row r="270" spans="1:15">
+    <row r="270" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A270" s="7">
         <v>1161076</v>
       </c>
       <c r="B270" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C270" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D270" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E270" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F270" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G270" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H270" s="30" t="s">
         <v>24</v>
       </c>
       <c r="I270" s="33"/>
       <c r="J270" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K270" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L270" s="26">
         <v>45190.548611111109</v>
       </c>
       <c r="M270" s="26">
         <v>45191.375</v>
       </c>
       <c r="N270" s="26">
         <v>45192.128472222219</v>
       </c>
       <c r="O270" s="26">
         <v>45192.381944444445</v>
       </c>
     </row>
-    <row r="271" spans="1:15">
+    <row r="271" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A271" s="7">
         <v>1161076</v>
       </c>
       <c r="B271" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C271" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D271" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E271" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F271" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G271" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H271" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I271" s="33"/>
       <c r="J271" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K271" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L271" s="26">
         <v>45195.590277777781</v>
       </c>
       <c r="M271" s="26">
         <v>45196.451388888891</v>
       </c>
       <c r="N271" s="26">
         <v>45196.819444444445</v>
       </c>
       <c r="O271" s="26">
         <v>45198.381944444445</v>
       </c>
     </row>
-    <row r="272" spans="1:15">
+    <row r="272" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A272" s="7">
         <v>1161076</v>
       </c>
       <c r="B272" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C272" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D272" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E272" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F272" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G272" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H272" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I272" s="35"/>
       <c r="J272" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K272" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L272" s="26">
         <v>45195.590277777781</v>
       </c>
       <c r="M272" s="26">
         <v>45195.8125</v>
       </c>
       <c r="N272" s="26">
         <v>45196.993055555555</v>
       </c>
       <c r="O272" s="26">
         <v>45198.381944444445</v>
       </c>
     </row>
-    <row r="273" spans="1:15">
+    <row r="273" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A273" s="7">
         <v>1161076</v>
       </c>
       <c r="B273" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C273" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D273" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E273" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F273" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G273" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H273" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I273" s="35"/>
       <c r="J273" s="32" t="s">
         <v>28</v>
       </c>
       <c r="K273" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L273" s="26">
         <v>45195.590277777781</v>
       </c>
       <c r="M273" s="26">
         <v>45196.239583333336</v>
       </c>
       <c r="N273" s="26">
         <v>45198.100694444445</v>
       </c>
       <c r="O273" s="26">
         <v>45198.381944444445</v>
       </c>
     </row>
-    <row r="274" spans="1:15">
+    <row r="274" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A274" s="7">
         <v>1161076</v>
       </c>
       <c r="B274" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C274" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D274" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E274" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F274" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G274" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H274" s="14" t="s">
         <v>24</v>
       </c>
       <c r="I274" s="34">
         <v>9654971</v>
       </c>
       <c r="J274" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K274" s="11" t="s">
         <v>34</v>
       </c>
       <c r="L274" s="26">
         <v>45196.487500000003</v>
       </c>
       <c r="M274" s="26">
         <v>45198.824999999997</v>
       </c>
       <c r="N274" s="26">
         <v>45200.058333333334</v>
       </c>
       <c r="O274" s="26">
         <v>45200.375</v>
       </c>
     </row>
-    <row r="275" spans="1:15">
+    <row r="275" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A275" s="7">
         <v>1161076</v>
       </c>
       <c r="B275" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C275" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D275" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E275" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F275" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G275" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H275" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I275" s="35"/>
       <c r="J275" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K275" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L275" s="26">
         <v>45198.482638888891</v>
       </c>
       <c r="M275" s="26">
         <v>45198.65625</v>
       </c>
       <c r="N275" s="26">
         <v>45199.333333333336</v>
       </c>
       <c r="O275" s="26">
         <v>45199.395833333336</v>
       </c>
     </row>
-    <row r="276" spans="1:15">
+    <row r="276" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A276" s="7">
         <v>1161076</v>
       </c>
       <c r="B276" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C276" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D276" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E276" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F276" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G276" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H276" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I276" s="35"/>
       <c r="J276" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K276" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L276" s="26">
         <v>45201.71875</v>
       </c>
       <c r="M276" s="26">
         <v>45201.850694444445</v>
       </c>
       <c r="N276" s="26">
         <v>45201.878472222219</v>
       </c>
       <c r="O276" s="26">
         <v>45204.53125</v>
       </c>
     </row>
-    <row r="277" spans="1:15">
+    <row r="277" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A277" s="7">
         <v>1161076</v>
       </c>
       <c r="B277" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C277" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D277" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E277" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F277" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G277" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H277" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I277" s="35"/>
       <c r="J277" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K277" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L277" s="26">
         <v>45201.71875</v>
       </c>
       <c r="M277" s="26">
         <v>45202.440972222219</v>
       </c>
       <c r="N277" s="26">
         <v>45204.024305555555</v>
       </c>
       <c r="O277" s="26">
         <v>45205.3125</v>
       </c>
     </row>
-    <row r="278" spans="1:15">
+    <row r="278" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A278" s="7">
         <v>1161076</v>
       </c>
       <c r="B278" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C278" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D278" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E278" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F278" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G278" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H278" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I278" s="35"/>
       <c r="J278" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K278" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L278" s="26">
         <v>45201.71875</v>
       </c>
       <c r="M278" s="26">
         <v>45203.833333333336</v>
       </c>
       <c r="N278" s="26">
         <v>45204.621527777781</v>
       </c>
       <c r="O278" s="26">
         <v>45205.3125</v>
       </c>
     </row>
-    <row r="279" spans="1:15">
+    <row r="279" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A279" s="7">
         <v>1161076</v>
       </c>
       <c r="B279" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C279" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D279" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E279" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F279" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G279" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H279" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I279" s="35"/>
       <c r="J279" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K279" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L279" s="26">
         <v>45205.4375</v>
       </c>
       <c r="M279" s="26">
         <v>45205.666666666664</v>
       </c>
       <c r="N279" s="26">
         <v>45206.142361111109</v>
       </c>
       <c r="O279" s="26">
         <v>45206.402777777781</v>
       </c>
     </row>
-    <row r="280" spans="1:15">
+    <row r="280" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A280" s="7">
         <v>1161076</v>
       </c>
       <c r="B280" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C280" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D280" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E280" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F280" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G280" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H280" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I280" s="35"/>
       <c r="J280" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K280" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L280" s="26">
         <v>45205.4375</v>
       </c>
       <c r="M280" s="26">
         <v>45205.704861111109</v>
       </c>
       <c r="N280" s="26">
         <v>45206.21875</v>
       </c>
       <c r="O280" s="26">
         <v>45206.402777777781</v>
       </c>
     </row>
-    <row r="281" spans="1:15">
+    <row r="281" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A281" s="7">
         <v>1161076</v>
       </c>
       <c r="B281" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C281" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D281" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E281" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F281" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G281" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H281" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I281" s="35"/>
       <c r="J281" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K281" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L281" s="26">
         <v>45206.590277777781</v>
       </c>
       <c r="M281" s="26">
         <v>45206.763888888891</v>
       </c>
       <c r="N281" s="26">
         <v>45207.0625</v>
       </c>
       <c r="O281" s="26">
         <v>45209.458333333336</v>
       </c>
     </row>
-    <row r="282" spans="1:15">
+    <row r="282" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A282" s="7">
         <v>1161076</v>
       </c>
       <c r="B282" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C282" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D282" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E282" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F282" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G282" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H282" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I282" s="35"/>
       <c r="J282" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K282" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L282" s="26">
         <v>45206.590277777781</v>
       </c>
       <c r="M282" s="26">
         <v>45207.420138888891</v>
       </c>
       <c r="N282" s="26">
         <v>45207.666666666664</v>
       </c>
       <c r="O282" s="26">
         <v>45209.458333333336</v>
       </c>
     </row>
-    <row r="283" spans="1:15">
+    <row r="283" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A283" s="7">
         <v>1161076</v>
       </c>
       <c r="B283" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C283" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D283" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E283" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F283" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G283" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H283" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I283" s="35"/>
       <c r="J283" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K283" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L283" s="26">
         <v>45206.590277777781</v>
       </c>
       <c r="M283" s="26">
         <v>45208.958333333336</v>
       </c>
       <c r="N283" s="26">
         <v>45209.15625</v>
       </c>
       <c r="O283" s="26">
         <v>45209.458333333336</v>
       </c>
     </row>
-    <row r="284" spans="1:15">
+    <row r="284" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A284" s="7">
         <v>1161076</v>
       </c>
       <c r="B284" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C284" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D284" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E284" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F284" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G284" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H284" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I284" s="35"/>
       <c r="J284" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K284" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L284" s="26">
         <v>45211.736111111109</v>
       </c>
       <c r="M284" s="26">
         <v>45211.840277777781</v>
       </c>
       <c r="N284" s="26">
         <v>45213.753472222219</v>
       </c>
       <c r="O284" s="26">
         <v>45214.440972222219</v>
       </c>
     </row>
-    <row r="285" spans="1:15">
+    <row r="285" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A285" s="7">
         <v>1161076</v>
       </c>
       <c r="B285" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C285" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D285" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E285" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F285" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G285" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H285" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I285" s="35"/>
       <c r="J285" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K285" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L285" s="26">
         <v>45211.736111111109</v>
       </c>
       <c r="M285" s="26">
         <v>45213.861111111109</v>
       </c>
       <c r="N285" s="26">
         <v>45214.215277777781</v>
       </c>
       <c r="O285" s="26">
         <v>45214.440972222219</v>
       </c>
     </row>
-    <row r="286" spans="1:15">
+    <row r="286" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A286" s="7">
         <v>1161076</v>
       </c>
       <c r="B286" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C286" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D286" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E286" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F286" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G286" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H286" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I286" s="35"/>
       <c r="J286" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K286" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L286" s="26">
         <v>45213.652777777781</v>
       </c>
       <c r="M286" s="26">
         <v>45213.888888888891</v>
       </c>
       <c r="N286" s="26">
         <v>45214.368055555555</v>
       </c>
       <c r="O286" s="26">
         <v>45216.451388888891</v>
       </c>
     </row>
-    <row r="287" spans="1:15">
+    <row r="287" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A287" s="7">
         <v>1161076</v>
       </c>
       <c r="B287" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C287" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D287" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E287" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F287" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G287" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H287" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I287" s="35"/>
       <c r="J287" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K287" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L287" s="26">
         <v>45213.652777777781</v>
       </c>
       <c r="M287" s="26">
         <v>45213.725694444445</v>
       </c>
       <c r="N287" s="26">
         <v>45216.142361111109</v>
       </c>
       <c r="O287" s="26">
         <v>45216.451388888891</v>
       </c>
     </row>
-    <row r="288" spans="1:15">
+    <row r="288" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A288" s="7">
         <v>1161076</v>
       </c>
       <c r="B288" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C288" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D288" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E288" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F288" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G288" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H288" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I288" s="35">
         <v>9268679</v>
       </c>
       <c r="J288" s="33"/>
       <c r="K288" s="11" t="s">
         <v>38</v>
       </c>
       <c r="L288" s="26">
         <v>45214.569444444445</v>
       </c>
       <c r="M288" s="26">
         <v>45215.868055555555</v>
       </c>
       <c r="N288" s="26">
         <v>45216.708333333336</v>
       </c>
       <c r="O288" s="26">
         <v>45217.385416666664</v>
       </c>
     </row>
-    <row r="289" spans="1:15">
+    <row r="289" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A289" s="7">
         <v>1161076</v>
       </c>
       <c r="B289" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C289" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D289" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E289" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F289" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G289" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H289" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I289" s="35"/>
       <c r="J289" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K289" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L289" s="26">
         <v>45217.5625</v>
       </c>
       <c r="M289" s="26">
         <v>45218.888888888891</v>
       </c>
       <c r="N289" s="26">
         <v>45219.881944444445</v>
       </c>
       <c r="O289" s="26">
         <v>45220.395833333336</v>
       </c>
     </row>
-    <row r="290" spans="1:15">
+    <row r="290" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A290" s="7">
         <v>1161076</v>
       </c>
       <c r="B290" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C290" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D290" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E290" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F290" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G290" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H290" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I290" s="35"/>
       <c r="J290" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K290" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L290" s="26">
         <v>45219.506944444445</v>
       </c>
       <c r="M290" s="26">
         <v>45219.635416666664</v>
       </c>
       <c r="N290" s="26">
         <v>45220.385416666664</v>
       </c>
       <c r="O290" s="26">
         <v>45220.454861111109</v>
       </c>
     </row>
-    <row r="291" spans="1:15">
+    <row r="291" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A291" s="7">
         <v>1161076</v>
       </c>
       <c r="B291" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C291" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D291" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E291" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F291" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G291" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H291" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I291" s="35">
         <v>9268679</v>
       </c>
       <c r="J291" s="33"/>
       <c r="K291" s="11" t="s">
         <v>38</v>
       </c>
       <c r="L291" s="26">
         <v>45221.493055555555</v>
       </c>
       <c r="M291" s="26">
         <v>45221.888888888891</v>
       </c>
       <c r="N291" s="26">
         <v>45222.638888888891</v>
       </c>
       <c r="O291" s="26">
         <v>45223.375</v>
       </c>
     </row>
-    <row r="292" spans="1:15">
+    <row r="292" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A292" s="7">
         <v>1161076</v>
       </c>
       <c r="B292" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C292" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D292" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E292" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F292" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G292" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H292" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I292" s="35"/>
       <c r="J292" s="29" t="s">
         <v>26</v>
       </c>
       <c r="K292" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L292" s="26">
         <v>45224.621527777781</v>
       </c>
       <c r="M292" s="26">
         <v>45224.909722222219</v>
       </c>
       <c r="N292" s="26">
         <v>45225.690972222219</v>
       </c>
       <c r="O292" s="26">
         <v>45226.368055555555</v>
       </c>
     </row>
-    <row r="293" spans="1:15">
+    <row r="293" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A293" s="7">
         <v>1161076</v>
       </c>
       <c r="B293" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C293" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D293" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E293" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F293" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G293" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H293" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I293" s="35"/>
       <c r="J293" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K293" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L293" s="26">
         <v>45224.701388888891</v>
       </c>
       <c r="M293" s="26">
         <v>45225.53125</v>
       </c>
       <c r="N293" s="26">
         <v>45225.96875</v>
       </c>
       <c r="O293" s="26">
         <v>45226.368055555555</v>
       </c>
     </row>
-    <row r="294" spans="1:15">
+    <row r="294" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A294" s="7">
         <v>1161076</v>
       </c>
       <c r="B294" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C294" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D294" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E294" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F294" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G294" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H294" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I294" s="35"/>
       <c r="J294" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K294" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L294" s="26">
         <v>45224.701388888891</v>
       </c>
       <c r="M294" s="26">
         <v>45225.666666666664</v>
       </c>
       <c r="N294" s="26">
         <v>45226.447916666664</v>
       </c>
       <c r="O294" s="26">
         <v>45226.5</v>
       </c>
     </row>
-    <row r="295" spans="1:15">
+    <row r="295" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A295" s="7">
         <v>1161076</v>
       </c>
       <c r="B295" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C295" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D295" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E295" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F295" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G295" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H295" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I295" s="35">
         <v>9268679</v>
       </c>
       <c r="J295" s="33"/>
       <c r="K295" s="11" t="s">
         <v>38</v>
       </c>
       <c r="L295" s="26">
         <v>45227.493055555555</v>
       </c>
       <c r="M295" s="26">
         <v>45228.645833333336</v>
       </c>
       <c r="N295" s="26">
         <v>45229.392361111109</v>
       </c>
       <c r="O295" s="26">
         <v>45229.576388888891</v>
       </c>
     </row>
-    <row r="296" spans="1:15">
+    <row r="296" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A296" s="7">
         <v>1161076</v>
       </c>
       <c r="B296" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C296" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D296" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E296" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F296" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G296" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H296" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I296" s="35"/>
       <c r="J296" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K296" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L296" s="26">
         <v>45229.673611111109</v>
       </c>
       <c r="M296" s="26">
         <v>45229.961805555555</v>
       </c>
       <c r="N296" s="26">
         <v>45230.850694444445</v>
       </c>
       <c r="O296" s="26">
         <v>45231.434027777781</v>
       </c>
     </row>
-    <row r="297" spans="1:15">
+    <row r="297" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A297" s="7">
         <v>1161076</v>
       </c>
       <c r="B297" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C297" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D297" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E297" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F297" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G297" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H297" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I297" s="35">
         <v>9268679</v>
       </c>
       <c r="J297" s="36"/>
       <c r="K297" s="11" t="s">
         <v>38</v>
       </c>
       <c r="L297" s="26">
         <v>45232.482638888891</v>
       </c>
       <c r="M297" s="26">
         <v>45232.666666666664</v>
       </c>
       <c r="N297" s="26">
         <v>45233.208333333336</v>
       </c>
       <c r="O297" s="26">
         <v>45233.541666666664</v>
       </c>
     </row>
-    <row r="298" spans="1:15">
+    <row r="298" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A298" s="7">
         <v>1161076</v>
       </c>
       <c r="B298" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C298" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D298" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E298" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F298" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G298" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H298" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I298" s="35"/>
       <c r="J298" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K298" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L298" s="26">
         <v>45233.625</v>
       </c>
       <c r="M298" s="26">
         <v>45233.715277777781</v>
       </c>
       <c r="N298" s="26">
         <v>45234.458333333336</v>
       </c>
       <c r="O298" s="26">
         <v>45234.541666666664</v>
       </c>
     </row>
-    <row r="299" spans="1:15">
+    <row r="299" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A299" s="7">
         <v>1161076</v>
       </c>
       <c r="B299" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C299" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D299" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E299" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F299" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G299" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H299" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I299" s="35">
         <v>9268679</v>
       </c>
       <c r="J299" s="35"/>
       <c r="K299" s="11" t="s">
         <v>38</v>
       </c>
       <c r="L299" s="26">
         <v>45237.579861111109</v>
       </c>
       <c r="M299" s="26">
         <v>45237.73333333333</v>
       </c>
       <c r="N299" s="26">
         <v>45238.802083333336</v>
       </c>
       <c r="O299" s="26">
         <v>45239.395833333336</v>
       </c>
     </row>
-    <row r="300" spans="1:15">
+    <row r="300" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A300" s="7">
         <v>1161076</v>
       </c>
       <c r="B300" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C300" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D300" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E300" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F300" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G300" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H300" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I300" s="35">
         <v>9365269</v>
       </c>
       <c r="J300" s="35"/>
       <c r="K300" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L300" s="26">
         <v>45237.487500000003</v>
       </c>
       <c r="M300" s="26">
         <v>45237.695833333331</v>
       </c>
       <c r="N300" s="26">
         <v>45238.916666666664</v>
       </c>
       <c r="O300" s="26">
         <v>45240.375</v>
       </c>
     </row>
-    <row r="301" spans="1:15">
+    <row r="301" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A301" s="7">
         <v>1161076</v>
       </c>
       <c r="B301" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C301" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D301" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E301" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F301" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G301" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H301" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I301" s="35">
         <v>9365269</v>
       </c>
       <c r="J301" s="35"/>
       <c r="K301" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L301" s="26">
         <v>45237.487500000003</v>
       </c>
       <c r="M301" s="26">
         <v>45239.025000000001</v>
       </c>
       <c r="N301" s="26">
         <v>45239.82916666667</v>
       </c>
       <c r="O301" s="26">
         <v>45240.375</v>
       </c>
     </row>
-    <row r="302" spans="1:15">
+    <row r="302" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A302" s="7">
         <v>1161076</v>
       </c>
       <c r="B302" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C302" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D302" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E302" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F302" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G302" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H302" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I302" s="35"/>
       <c r="J302" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K302" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L302" s="26">
         <v>45239.569444444445</v>
       </c>
       <c r="M302" s="26">
         <v>45240.84375</v>
       </c>
       <c r="N302" s="26">
         <v>45241.833333333336</v>
       </c>
       <c r="O302" s="26">
         <v>45242.305555555555</v>
       </c>
     </row>
-    <row r="303" spans="1:15">
+    <row r="303" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A303" s="7">
         <v>1161076</v>
       </c>
       <c r="B303" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C303" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D303" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E303" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F303" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G303" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H303" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I303" s="35"/>
       <c r="J303" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K303" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L303" s="26">
         <v>45239.569444444445</v>
       </c>
       <c r="M303" s="26">
         <v>45240.15625</v>
       </c>
       <c r="N303" s="26">
         <v>45240.402777777781</v>
       </c>
       <c r="O303" s="26">
         <v>45242.305555555555</v>
       </c>
     </row>
-    <row r="304" spans="1:15">
+    <row r="304" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A304" s="7">
         <v>1161076</v>
       </c>
       <c r="B304" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C304" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D304" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E304" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F304" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G304" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H304" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I304" s="35">
         <v>9365269</v>
       </c>
       <c r="J304" s="35"/>
       <c r="K304" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L304" s="26">
         <v>45243.495833333334</v>
       </c>
       <c r="M304" s="26">
         <v>45244.037499999999</v>
       </c>
       <c r="N304" s="26">
         <v>45244.970833333333</v>
       </c>
       <c r="O304" s="26">
         <v>45245.375</v>
       </c>
     </row>
-    <row r="305" spans="1:15">
+    <row r="305" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A305" s="7">
         <v>1161076</v>
       </c>
       <c r="B305" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C305" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D305" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E305" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F305" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G305" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H305" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I305" s="35">
         <v>9365269</v>
       </c>
       <c r="J305" s="35"/>
       <c r="K305" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L305" s="26">
         <v>45243.495833333334</v>
       </c>
       <c r="M305" s="26">
         <v>45243.966666666667</v>
       </c>
       <c r="N305" s="26">
         <v>45244.220833333333</v>
       </c>
       <c r="O305" s="26">
         <v>45245.375</v>
       </c>
     </row>
-    <row r="306" spans="1:15">
+    <row r="306" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A306" s="7">
         <v>1161076</v>
       </c>
       <c r="B306" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C306" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D306" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E306" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F306" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G306" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H306" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I306" s="35">
         <v>9365269</v>
       </c>
       <c r="J306" s="35"/>
       <c r="K306" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L306" s="26">
         <v>45243.495833333334</v>
       </c>
       <c r="M306" s="26">
         <v>45243.716666666667</v>
       </c>
       <c r="N306" s="26">
         <v>45243.916666666664</v>
       </c>
       <c r="O306" s="26">
         <v>45245.375</v>
       </c>
     </row>
-    <row r="307" spans="1:15">
+    <row r="307" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A307" s="7">
         <v>1161076</v>
       </c>
       <c r="B307" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C307" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D307" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E307" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F307" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G307" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H307" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I307" s="35"/>
       <c r="J307" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K307" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L307" s="26">
         <v>45246.652777777781</v>
       </c>
       <c r="M307" s="26">
         <v>45246.944444444445</v>
       </c>
       <c r="N307" s="26">
         <v>45247.482638888891</v>
       </c>
       <c r="O307" s="26">
         <v>45248.336805555555</v>
       </c>
     </row>
-    <row r="308" spans="1:15">
+    <row r="308" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A308" s="7">
         <v>1161076</v>
       </c>
       <c r="B308" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C308" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D308" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E308" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F308" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G308" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H308" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I308" s="35"/>
       <c r="J308" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K308" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L308" s="26">
         <v>45246.652777777781</v>
       </c>
       <c r="M308" s="26">
         <v>45246.854166666664</v>
       </c>
       <c r="N308" s="26">
         <v>45247.138888888891</v>
       </c>
       <c r="O308" s="26">
         <v>45248.336805555555</v>
       </c>
     </row>
-    <row r="309" spans="1:15">
+    <row r="309" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A309" s="7">
         <v>1161076</v>
       </c>
       <c r="B309" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C309" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D309" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E309" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F309" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G309" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H309" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I309" s="35"/>
       <c r="J309" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K309" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L309" s="26">
         <v>45246.652777777781</v>
       </c>
       <c r="M309" s="26">
         <v>45246.857638888891</v>
       </c>
       <c r="N309" s="26">
         <v>45247.243055555555</v>
       </c>
       <c r="O309" s="26">
         <v>45248.336805555555</v>
       </c>
     </row>
-    <row r="310" spans="1:15">
+    <row r="310" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A310" s="7">
         <v>1161076</v>
       </c>
       <c r="B310" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C310" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D310" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E310" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F310" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G310" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H310" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I310" s="35">
         <v>9365269</v>
       </c>
       <c r="J310" s="35"/>
       <c r="K310" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L310" s="26">
         <v>45249.466666666667</v>
       </c>
       <c r="M310" s="26">
         <v>45252.879166666666</v>
       </c>
       <c r="N310" s="26">
         <v>45253.258333333331</v>
       </c>
       <c r="O310" s="26">
         <v>45253.555555555555</v>
       </c>
     </row>
-    <row r="311" spans="1:15">
+    <row r="311" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A311" s="7">
         <v>1161076</v>
       </c>
       <c r="B311" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C311" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D311" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E311" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F311" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G311" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H311" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I311" s="35">
         <v>9365269</v>
       </c>
       <c r="J311" s="35"/>
       <c r="K311" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L311" s="26">
         <v>45249.466666666667</v>
       </c>
       <c r="M311" s="26">
         <v>45252.866666666669</v>
       </c>
       <c r="N311" s="26">
         <v>45253.333333333336</v>
       </c>
       <c r="O311" s="26">
         <v>45253.555555555555</v>
       </c>
     </row>
-    <row r="312" spans="1:15">
+    <row r="312" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A312" s="7">
         <v>1161076</v>
       </c>
       <c r="B312" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C312" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D312" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E312" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F312" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G312" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H312" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I312" s="7">
         <v>9654971</v>
       </c>
       <c r="J312" s="35"/>
       <c r="K312" s="11" t="s">
         <v>34</v>
       </c>
       <c r="L312" s="26">
         <v>45249.504166666666</v>
       </c>
       <c r="M312" s="26">
         <v>45253.629166666666</v>
       </c>
       <c r="N312" s="26">
         <v>45254.625</v>
       </c>
       <c r="O312" s="26">
         <v>45255.55</v>
       </c>
     </row>
-    <row r="313" spans="1:15">
+    <row r="313" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A313" s="7">
         <v>1161076</v>
       </c>
       <c r="B313" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C313" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D313" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E313" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F313" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G313" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H313" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I313" s="35"/>
       <c r="J313" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K313" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L313" s="26">
         <v>45253.722222222219</v>
       </c>
       <c r="M313" s="26">
         <v>45254.118055555555</v>
       </c>
       <c r="N313" s="26">
         <v>45254.375</v>
       </c>
       <c r="O313" s="26">
         <v>45256.555555555555</v>
       </c>
     </row>
-    <row r="314" spans="1:15">
+    <row r="314" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A314" s="7">
         <v>1161076</v>
       </c>
       <c r="B314" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C314" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D314" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E314" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F314" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G314" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H314" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I314" s="35"/>
       <c r="J314" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K314" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L314" s="26">
         <v>45253.722222222219</v>
       </c>
       <c r="M314" s="26">
         <v>45254.03125</v>
       </c>
       <c r="N314" s="26">
         <v>45254.972222222219</v>
       </c>
       <c r="O314" s="26">
         <v>45256.555555555555</v>
       </c>
     </row>
-    <row r="315" spans="1:15">
+    <row r="315" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A315" s="7">
         <v>1161076</v>
       </c>
       <c r="B315" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C315" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D315" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E315" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F315" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G315" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H315" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I315" s="35"/>
       <c r="J315" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K315" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L315" s="26">
         <v>45255.75</v>
       </c>
       <c r="M315" s="26">
         <v>45255.996527777781</v>
       </c>
       <c r="N315" s="26">
         <v>45256.236111111109</v>
       </c>
       <c r="O315" s="26">
         <v>45256.555555555555</v>
       </c>
     </row>
-    <row r="316" spans="1:15">
+    <row r="316" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A316" s="7">
         <v>1161076</v>
       </c>
       <c r="B316" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C316" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D316" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E316" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F316" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G316" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H316" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I316" s="35">
         <v>9365269</v>
       </c>
       <c r="J316" s="35"/>
       <c r="K316" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L316" s="26">
         <v>45257.5</v>
       </c>
       <c r="M316" s="26">
         <v>45257.695833333331</v>
       </c>
       <c r="N316" s="26">
         <v>45258.116666666669</v>
       </c>
       <c r="O316" s="26">
         <v>45258.425000000003</v>
       </c>
     </row>
-    <row r="317" spans="1:15">
+    <row r="317" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A317" s="7">
         <v>1161076</v>
       </c>
       <c r="B317" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C317" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D317" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E317" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F317" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G317" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H317" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I317" s="35">
         <v>9365269</v>
       </c>
       <c r="J317" s="35"/>
       <c r="K317" s="11" t="s">
         <v>39</v>
       </c>
       <c r="L317" s="26">
         <v>45257.5</v>
       </c>
       <c r="M317" s="26">
         <v>45257.695833333331</v>
       </c>
       <c r="N317" s="26">
         <v>45258.004166666666</v>
       </c>
       <c r="O317" s="26">
         <v>45258.425000000003</v>
       </c>
     </row>
-    <row r="318" spans="1:15">
+    <row r="318" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A318" s="7">
         <v>1161076</v>
       </c>
       <c r="B318" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C318" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D318" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E318" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F318" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G318" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H318" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I318" s="35"/>
       <c r="J318" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K318" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L318" s="26">
         <v>45260.75</v>
       </c>
       <c r="M318" s="26">
         <v>45260.993055555555</v>
       </c>
       <c r="N318" s="26">
         <v>45261.652777777781</v>
       </c>
       <c r="O318" s="26">
         <v>45262.423611111109</v>
       </c>
     </row>
-    <row r="319" spans="1:15">
+    <row r="319" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A319" s="7">
         <v>1161076</v>
       </c>
       <c r="B319" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C319" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D319" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E319" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F319" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G319" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H319" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I319" s="42"/>
       <c r="J319" s="34" t="s">
         <v>26</v>
       </c>
       <c r="K319" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L319" s="26">
         <v>45260.75</v>
       </c>
       <c r="M319" s="26">
         <v>45261.072916666664</v>
       </c>
       <c r="N319" s="26">
         <v>45261.506944444445</v>
       </c>
       <c r="O319" s="26">
         <v>45262.423611111109</v>
       </c>
     </row>
-    <row r="320" spans="1:15">
+    <row r="320" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A320" s="7">
         <v>1161076</v>
       </c>
       <c r="B320" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C320" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D320" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E320" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F320" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G320" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H320" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I320" s="37">
         <v>9365269</v>
       </c>
       <c r="J320" s="28"/>
       <c r="K320" s="40" t="s">
         <v>39</v>
       </c>
       <c r="L320" s="26">
         <v>45263.388888888891</v>
       </c>
       <c r="M320" s="26">
         <v>45263.479166666664</v>
       </c>
       <c r="N320" s="26">
         <v>45263.645833333336</v>
       </c>
       <c r="O320" s="26">
         <v>45266.513888888891</v>
       </c>
     </row>
-    <row r="321" spans="1:15">
+    <row r="321" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A321" s="7">
         <v>1161076</v>
       </c>
       <c r="B321" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C321" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D321" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E321" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F321" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G321" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H321" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I321" s="37">
         <v>9365269</v>
       </c>
       <c r="J321" s="28"/>
       <c r="K321" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L321" s="26">
         <v>45263.388888888891</v>
       </c>
       <c r="M321" s="26">
         <v>45264.0625</v>
       </c>
       <c r="N321" s="26">
         <v>45266.183333333334</v>
       </c>
       <c r="O321" s="26">
         <v>45266.513888888891</v>
       </c>
     </row>
-    <row r="322" spans="1:15">
+    <row r="322" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A322" s="7">
         <v>1161076</v>
       </c>
       <c r="B322" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C322" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D322" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E322" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F322" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G322" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H322" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I322" s="38"/>
       <c r="J322" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K322" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L322" s="26">
         <v>45267.430555555555</v>
       </c>
       <c r="M322" s="26">
         <v>45268.704861111109</v>
       </c>
       <c r="N322" s="26">
         <v>45268.979166666664</v>
       </c>
       <c r="O322" s="26">
         <v>45269.361111111109</v>
       </c>
     </row>
-    <row r="323" spans="1:15">
+    <row r="323" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A323" s="7">
         <v>1161076</v>
       </c>
       <c r="B323" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C323" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D323" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E323" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F323" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G323" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H323" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I323" s="38"/>
       <c r="J323" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K323" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L323" s="26">
         <v>45267.430555555555</v>
       </c>
       <c r="M323" s="26">
         <v>45268.701388888891</v>
       </c>
       <c r="N323" s="26">
         <v>45269.246527777781</v>
       </c>
       <c r="O323" s="26">
         <v>45269.361111111109</v>
       </c>
     </row>
-    <row r="324" spans="1:15">
+    <row r="324" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A324" s="7">
         <v>1161076</v>
       </c>
       <c r="B324" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C324" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D324" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E324" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F324" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G324" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H324" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I324" s="37">
         <v>9365269</v>
       </c>
       <c r="J324" s="28"/>
       <c r="K324" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L324" s="26">
         <v>45270.489583333336</v>
       </c>
       <c r="M324" s="26">
         <v>45270.637499999997</v>
       </c>
       <c r="N324" s="26">
         <v>45271.385416666664</v>
       </c>
       <c r="O324" s="26">
         <v>45271.555555555555</v>
       </c>
     </row>
-    <row r="325" spans="1:15">
+    <row r="325" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A325" s="7">
         <v>1161076</v>
       </c>
       <c r="B325" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C325" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D325" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E325" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F325" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G325" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H325" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I325" s="37">
         <v>9365269</v>
       </c>
       <c r="J325" s="28"/>
       <c r="K325" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L325" s="26">
         <v>45270.489583333336</v>
       </c>
       <c r="M325" s="26">
         <v>45270.587500000001</v>
       </c>
       <c r="N325" s="26">
         <v>45270.854166666664</v>
       </c>
       <c r="O325" s="26">
         <v>45271.555555555555</v>
       </c>
     </row>
-    <row r="326" spans="1:15">
+    <row r="326" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A326" s="7">
         <v>1161076</v>
       </c>
       <c r="B326" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C326" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D326" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E326" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F326" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G326" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H326" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I326" s="38"/>
       <c r="J326" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K326" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L326" s="26">
         <v>45273.680555555555</v>
       </c>
       <c r="M326" s="26">
         <v>45273.767361111109</v>
       </c>
       <c r="N326" s="26">
         <v>45274.996527777781</v>
       </c>
       <c r="O326" s="26">
         <v>45277</v>
       </c>
     </row>
-    <row r="327" spans="1:15">
+    <row r="327" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A327" s="7">
         <v>1161076</v>
       </c>
       <c r="B327" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C327" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D327" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E327" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F327" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G327" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H327" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I327" s="38"/>
       <c r="J327" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K327" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L327" s="26">
         <v>45273.680555555555</v>
       </c>
       <c r="M327" s="26">
         <v>45276.774305555555</v>
       </c>
       <c r="N327" s="26">
         <v>45277.215277777781</v>
       </c>
       <c r="O327" s="26">
         <v>45277.381944444445</v>
       </c>
     </row>
-    <row r="328" spans="1:15">
+    <row r="328" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A328" s="7">
         <v>1161076</v>
       </c>
       <c r="B328" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C328" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D328" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E328" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F328" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G328" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H328" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I328" s="38"/>
       <c r="J328" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K328" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L328" s="26">
         <v>45273.680555555555</v>
       </c>
       <c r="M328" s="26">
         <v>45276.770833333336</v>
       </c>
       <c r="N328" s="26">
         <v>45277.21875</v>
       </c>
       <c r="O328" s="26">
         <v>45277.381944444445</v>
       </c>
     </row>
-    <row r="329" spans="1:15">
+    <row r="329" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A329" s="7">
         <v>1161076</v>
       </c>
       <c r="B329" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C329" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D329" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E329" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F329" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G329" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H329" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I329" s="37">
         <v>9365269</v>
       </c>
       <c r="J329" s="28"/>
       <c r="K329" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L329" s="26">
         <v>45277.591666666667</v>
       </c>
       <c r="M329" s="26">
         <v>45277.71875</v>
       </c>
       <c r="N329" s="26">
         <v>45278.337500000001</v>
       </c>
       <c r="O329" s="26">
         <v>45278.544444444444</v>
       </c>
     </row>
-    <row r="330" spans="1:15">
+    <row r="330" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A330" s="7">
         <v>1161076</v>
       </c>
       <c r="B330" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C330" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D330" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E330" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F330" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G330" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H330" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I330" s="37">
         <v>9365269</v>
       </c>
       <c r="J330" s="28"/>
       <c r="K330" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L330" s="26">
         <v>45277.591666666667</v>
       </c>
       <c r="M330" s="26">
         <v>45277.720833333333</v>
       </c>
       <c r="N330" s="26">
         <v>45277.979166666664</v>
       </c>
       <c r="O330" s="26">
         <v>45278.544444444444</v>
       </c>
     </row>
-    <row r="331" spans="1:15">
+    <row r="331" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A331" s="7">
         <v>1161076</v>
       </c>
       <c r="B331" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C331" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D331" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E331" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F331" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G331" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H331" s="8" t="s">
         <v>24</v>
       </c>
       <c r="I331" s="38">
         <v>9654971</v>
       </c>
       <c r="J331" s="28"/>
       <c r="K331" s="41" t="s">
         <v>31</v>
       </c>
       <c r="L331" s="26">
         <v>45281.570833333331</v>
       </c>
       <c r="M331" s="26">
         <v>45281.89166666667</v>
       </c>
       <c r="N331" s="26">
         <v>45282.9375</v>
       </c>
       <c r="O331" s="26">
         <v>45283.378472222219</v>
       </c>
     </row>
-    <row r="332" spans="1:15">
+    <row r="332" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A332" s="7">
         <v>1161076</v>
       </c>
       <c r="B332" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C332" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D332" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E332" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F332" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G332" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H332" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I332" s="38"/>
       <c r="J332" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K332" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L332" s="26">
         <v>45282.5625</v>
       </c>
       <c r="M332" s="26">
         <v>45282.763888888891</v>
       </c>
       <c r="N332" s="26">
         <v>45283.565972222219</v>
       </c>
       <c r="O332" s="26">
         <v>45283.625</v>
       </c>
     </row>
-    <row r="333" spans="1:15">
+    <row r="333" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A333" s="7">
         <v>1161076</v>
       </c>
       <c r="B333" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C333" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D333" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E333" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F333" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G333" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H333" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I333" s="38"/>
       <c r="J333" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K333" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L333" s="26">
         <v>45282.5625</v>
       </c>
       <c r="M333" s="26">
         <v>45282.767361111109</v>
       </c>
       <c r="N333" s="26">
         <v>45282.875</v>
       </c>
       <c r="O333" s="26">
         <v>45283.625</v>
       </c>
     </row>
-    <row r="334" spans="1:15">
+    <row r="334" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A334" s="7">
         <v>1161076</v>
       </c>
       <c r="B334" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C334" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D334" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E334" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F334" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G334" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H334" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I334" s="37">
         <v>9365269</v>
       </c>
       <c r="J334" s="28"/>
       <c r="K334" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L334" s="26">
         <v>45283.754166666666</v>
       </c>
       <c r="M334" s="26">
         <v>45283.816666666666</v>
       </c>
       <c r="N334" s="26">
         <v>45284.083333333336</v>
       </c>
       <c r="O334" s="26">
         <v>45285.548611111109</v>
       </c>
     </row>
-    <row r="335" spans="1:15">
+    <row r="335" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A335" s="7">
         <v>1161076</v>
       </c>
       <c r="B335" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C335" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D335" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E335" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F335" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G335" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H335" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I335" s="37">
         <v>9365269</v>
       </c>
       <c r="J335" s="28"/>
       <c r="K335" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L335" s="26">
         <v>45283.754166666666</v>
       </c>
       <c r="M335" s="26">
         <v>45283.816666666666</v>
       </c>
       <c r="N335" s="26">
         <v>45284.324999999997</v>
       </c>
       <c r="O335" s="26">
         <v>45285.548611111109</v>
       </c>
     </row>
-    <row r="336" spans="1:15">
+    <row r="336" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A336" s="7">
         <v>1161076</v>
       </c>
       <c r="B336" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C336" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D336" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E336" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F336" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G336" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H336" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I336" s="28"/>
       <c r="J336" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K336" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L336" s="26">
         <v>45287.743055555555</v>
       </c>
       <c r="M336" s="26">
         <v>45288.173611111109</v>
       </c>
       <c r="N336" s="26">
         <v>45289.09375</v>
       </c>
       <c r="O336" s="26">
         <v>45289.451388888891</v>
       </c>
     </row>
-    <row r="337" spans="1:15">
+    <row r="337" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A337" s="7">
         <v>1161076</v>
       </c>
       <c r="B337" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C337" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D337" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E337" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F337" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G337" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H337" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I337" s="28"/>
       <c r="J337" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K337" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L337" s="26">
         <v>45287.743055555555</v>
       </c>
       <c r="M337" s="26">
         <v>45288.104166666664</v>
       </c>
       <c r="N337" s="26">
         <v>45288.145833333336</v>
       </c>
       <c r="O337" s="26">
         <v>45289.451388888891</v>
       </c>
     </row>
-    <row r="338" spans="1:15">
+    <row r="338" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A338" s="7">
         <v>1161076</v>
       </c>
       <c r="B338" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C338" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D338" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E338" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F338" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G338" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H338" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I338" s="28"/>
       <c r="J338" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K338" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L338" s="26">
         <v>45287.743055555555</v>
       </c>
       <c r="M338" s="26">
         <v>45287.878472222219</v>
       </c>
       <c r="N338" s="26">
         <v>45288.083333333336</v>
       </c>
       <c r="O338" s="26">
         <v>45289.451388888891</v>
       </c>
     </row>
-    <row r="339" spans="1:15">
+    <row r="339" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A339" s="7">
         <v>1161076</v>
       </c>
       <c r="B339" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C339" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D339" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E339" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F339" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G339" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H339" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I339" s="38"/>
       <c r="J339" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K339" s="41" t="s">
         <v>40</v>
       </c>
       <c r="L339" s="26">
         <v>45289.545138888891</v>
       </c>
       <c r="M339" s="26">
         <v>45289.642361111109</v>
       </c>
       <c r="N339" s="26">
         <v>45290.458333333336</v>
       </c>
       <c r="O339" s="26">
         <v>45290.506944444445</v>
       </c>
     </row>
-    <row r="340" spans="1:15">
+    <row r="340" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A340" s="7">
         <v>1161076</v>
       </c>
       <c r="B340" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C340" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D340" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E340" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F340" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G340" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H340" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I340" s="38"/>
       <c r="J340" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K340" s="41" t="s">
         <v>40</v>
       </c>
       <c r="L340" s="26">
         <v>45289.545138888891</v>
       </c>
       <c r="M340" s="26">
         <v>45289.638888888891</v>
       </c>
       <c r="N340" s="26">
         <v>45290.034722222219</v>
       </c>
       <c r="O340" s="26">
         <v>45290.506944444445</v>
       </c>
     </row>
-    <row r="341" spans="1:15">
+    <row r="341" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A341" s="7">
         <v>1161076</v>
       </c>
       <c r="B341" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C341" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D341" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E341" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F341" s="8" t="s">
         <v>22</v>
       </c>
       <c r="G341" s="14" t="s">
         <v>23</v>
       </c>
       <c r="H341" s="11" t="s">
         <v>35</v>
       </c>
       <c r="I341" s="37">
         <v>9365269</v>
       </c>
       <c r="J341" s="28"/>
       <c r="K341" s="41" t="s">
         <v>39</v>
       </c>
       <c r="L341" s="26">
         <v>45291.470833333333</v>
       </c>
       <c r="M341" s="26">
         <v>45292.229166666664</v>
       </c>
       <c r="N341" s="26">
         <v>45292.354166666664</v>
       </c>
       <c r="O341" s="26">
         <v>45292.55</v>
       </c>
     </row>
-    <row r="342" spans="1:15">
+    <row r="342" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A342" s="7">
         <v>1161076</v>
       </c>
       <c r="B342" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C342" s="17" t="s">
         <v>19</v>
       </c>
       <c r="D342" s="17" t="s">
         <v>20</v>
       </c>
       <c r="E342" s="17" t="s">
         <v>21</v>
       </c>
       <c r="F342" s="17" t="s">
         <v>22</v>
       </c>
       <c r="G342" s="30" t="s">
         <v>23</v>
       </c>
       <c r="H342" s="16" t="s">
         <v>35</v>
       </c>
       <c r="I342" s="44">
         <v>9365269</v>
       </c>
       <c r="J342" s="31"/>
       <c r="K342" s="45" t="s">
         <v>39</v>
       </c>
       <c r="L342" s="23">
         <v>45291.470833333333</v>
       </c>
       <c r="M342" s="23">
         <v>45291.529166666667</v>
       </c>
       <c r="N342" s="23">
         <v>45291.95416666667</v>
       </c>
       <c r="O342" s="26">
         <v>45292.55</v>
       </c>
     </row>
-    <row r="343" spans="1:15">
+    <row r="343" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A343" s="34">
         <v>1161076</v>
       </c>
       <c r="B343" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C343" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D343" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E343" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F343" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G343" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H343" s="22" t="s">
         <v>35</v>
       </c>
       <c r="I343" s="28"/>
       <c r="J343" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K343" s="48" t="s">
         <v>29</v>
       </c>
       <c r="L343" s="51">
         <v>45294.663194444445</v>
       </c>
       <c r="M343" s="51">
         <v>45295.173611111109</v>
       </c>
       <c r="N343" s="51">
         <v>45295.291666666664</v>
       </c>
       <c r="O343" s="24">
         <v>45295.364583333336</v>
       </c>
     </row>
-    <row r="344" spans="1:15">
+    <row r="344" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A344" s="38">
         <v>1161076</v>
       </c>
       <c r="B344" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C344" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D344" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E344" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F344" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G344" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H344" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I344" s="28"/>
       <c r="J344" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K344" s="48" t="s">
         <v>27</v>
       </c>
       <c r="L344" s="51">
         <v>45296.659722222219</v>
       </c>
       <c r="M344" s="51">
         <v>45296.895833333336</v>
       </c>
       <c r="N344" s="51">
         <v>45297.034722222219</v>
       </c>
       <c r="O344" s="52">
         <v>45297.3125</v>
       </c>
     </row>
-    <row r="345" spans="1:15">
+    <row r="345" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A345" s="38">
         <v>1161076</v>
       </c>
       <c r="B345" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C345" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D345" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E345" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F345" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G345" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H345" s="25" t="s">
         <v>24</v>
       </c>
       <c r="I345" s="28"/>
       <c r="J345" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K345" s="48" t="s">
         <v>29</v>
       </c>
       <c r="L345" s="51">
         <v>45301.701388888891</v>
       </c>
       <c r="M345" s="51">
         <v>45301.756944444445</v>
       </c>
       <c r="N345" s="51">
         <v>45303.069444444445</v>
       </c>
       <c r="O345" s="52">
         <v>45304.451388888891</v>
       </c>
     </row>
-    <row r="346" spans="1:15">
+    <row r="346" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A346" s="38">
         <v>1161076</v>
       </c>
       <c r="B346" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C346" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D346" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E346" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F346" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G346" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H346" s="25" t="s">
         <v>24</v>
       </c>
       <c r="I346" s="28"/>
       <c r="J346" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K346" s="48" t="s">
         <v>29</v>
       </c>
       <c r="L346" s="51">
         <v>45301.701388888891</v>
       </c>
       <c r="M346" s="51">
         <v>45303.583333333336</v>
       </c>
       <c r="N346" s="51">
         <v>45303.819444444445</v>
       </c>
       <c r="O346" s="52">
         <v>45304.451388888891</v>
       </c>
     </row>
-    <row r="347" spans="1:15">
+    <row r="347" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A347" s="38">
         <v>1161076</v>
       </c>
       <c r="B347" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C347" s="46" t="s">
         <v>19</v>
       </c>
       <c r="D347" s="46" t="s">
         <v>20</v>
       </c>
       <c r="E347" s="46" t="s">
         <v>21</v>
       </c>
       <c r="F347" s="46" t="s">
         <v>22</v>
       </c>
       <c r="G347" s="46" t="s">
         <v>23</v>
       </c>
       <c r="H347" s="25" t="s">
         <v>24</v>
       </c>
       <c r="I347" s="47"/>
       <c r="J347" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K347" s="49" t="s">
         <v>29</v>
       </c>
       <c r="L347" s="53">
         <v>45301.701388888891</v>
       </c>
       <c r="M347" s="53">
         <v>45303.5</v>
       </c>
       <c r="N347" s="53">
         <v>45304.111111111109</v>
       </c>
       <c r="O347" s="51">
         <v>45304.451388888891</v>
       </c>
     </row>
-    <row r="348" spans="1:15">
+    <row r="348" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A348" s="38">
         <v>1161076</v>
       </c>
       <c r="B348" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C348" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D348" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E348" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F348" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G348" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H348" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I348" s="28"/>
       <c r="J348" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K348" s="48" t="s">
         <v>27</v>
       </c>
       <c r="L348" s="51">
         <v>45305.399305555555</v>
       </c>
       <c r="M348" s="51">
         <v>45305.482638888891</v>
       </c>
       <c r="N348" s="51">
         <v>45306.201388888891</v>
       </c>
       <c r="O348" s="51">
         <v>45308.520833333336</v>
       </c>
     </row>
-    <row r="349" spans="1:15">
+    <row r="349" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A349" s="38">
         <v>1161076</v>
       </c>
       <c r="B349" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C349" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D349" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E349" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F349" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G349" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H349" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I349" s="28"/>
       <c r="J349" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K349" s="48" t="s">
         <v>27</v>
       </c>
       <c r="L349" s="51">
         <v>45305.399305555555</v>
       </c>
       <c r="M349" s="51">
         <v>45308.177083333336</v>
       </c>
       <c r="N349" s="51">
         <v>45308.46875</v>
       </c>
       <c r="O349" s="51">
         <v>45308.520833333336</v>
       </c>
     </row>
-    <row r="350" spans="1:15">
+    <row r="350" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A350" s="38">
         <v>1161076</v>
       </c>
       <c r="B350" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C350" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D350" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E350" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F350" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G350" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H350" s="25" t="s">
         <v>24</v>
       </c>
       <c r="I350" s="28"/>
       <c r="J350" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K350" s="48" t="s">
         <v>29</v>
       </c>
       <c r="L350" s="51">
         <v>45307.506944444445</v>
       </c>
       <c r="M350" s="51">
         <v>45308.791666666664</v>
       </c>
       <c r="N350" s="51">
         <v>45308.916666666664</v>
       </c>
       <c r="O350" s="51">
         <v>45309.4375</v>
       </c>
     </row>
-    <row r="351" spans="1:15">
+    <row r="351" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A351" s="38">
         <v>1161076</v>
       </c>
       <c r="B351" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C351" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D351" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E351" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F351" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G351" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H351" s="25" t="s">
         <v>24</v>
       </c>
       <c r="I351" s="28"/>
       <c r="J351" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K351" s="48" t="s">
         <v>29</v>
       </c>
       <c r="L351" s="51">
         <v>45307.506944444445</v>
       </c>
       <c r="M351" s="51">
         <v>45308.791666666664</v>
       </c>
       <c r="N351" s="51">
         <v>45309.263888888891</v>
       </c>
       <c r="O351" s="51">
         <v>45309.4375</v>
       </c>
     </row>
-    <row r="352" spans="1:15">
+    <row r="352" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A352" s="38">
         <v>1161076</v>
       </c>
       <c r="B352" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C352" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D352" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E352" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F352" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G352" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H352" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I352" s="28"/>
       <c r="J352" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K352" s="48" t="s">
         <v>27</v>
       </c>
       <c r="L352" s="51">
         <v>45311.506944444445</v>
       </c>
       <c r="M352" s="51">
         <v>45311.645833333336</v>
       </c>
       <c r="N352" s="51">
         <v>45311.864583333336</v>
       </c>
       <c r="O352" s="51">
         <v>45312.322916666664</v>
       </c>
     </row>
-    <row r="353" spans="1:15">
+    <row r="353" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A353" s="38">
         <v>1161076</v>
       </c>
       <c r="B353" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C353" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D353" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E353" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F353" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G353" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H353" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I353" s="28"/>
       <c r="J353" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K353" s="50" t="s">
         <v>29</v>
       </c>
       <c r="L353" s="54">
         <v>45315.388888888891</v>
       </c>
       <c r="M353" s="54">
         <v>45315.729166666664</v>
       </c>
       <c r="N353" s="54">
         <v>45316.006944444445</v>
       </c>
       <c r="O353" s="54">
         <v>45316.423611111109</v>
       </c>
     </row>
-    <row r="354" spans="1:15">
+    <row r="354" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A354" s="38">
         <v>1161076</v>
       </c>
       <c r="B354" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C354" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D354" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E354" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F354" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G354" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H354" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I354" s="28"/>
       <c r="J354" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K354" s="50" t="s">
         <v>29</v>
       </c>
       <c r="L354" s="54">
         <v>45315.388888888891</v>
       </c>
       <c r="M354" s="54">
         <v>45315.732638888891</v>
       </c>
       <c r="N354" s="54">
         <v>45316.208333333336</v>
       </c>
       <c r="O354" s="54">
         <v>45316.423611111109</v>
       </c>
     </row>
-    <row r="355" spans="1:15">
+    <row r="355" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A355" s="38">
         <v>1161076</v>
       </c>
       <c r="B355" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C355" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D355" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E355" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F355" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G355" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H355" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I355" s="28"/>
       <c r="J355" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K355" s="48" t="s">
         <v>27</v>
       </c>
       <c r="L355" s="54">
         <v>45320.486111111109</v>
       </c>
       <c r="M355" s="54">
         <v>45320.722222222219</v>
       </c>
       <c r="N355" s="54">
         <v>45320.878472222219</v>
       </c>
       <c r="O355" s="54">
         <v>45324.520833333336</v>
       </c>
     </row>
-    <row r="356" spans="1:15">
+    <row r="356" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A356" s="38">
         <v>1161076</v>
       </c>
       <c r="B356" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C356" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D356" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E356" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F356" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G356" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H356" s="25" t="s">
         <v>35</v>
       </c>
       <c r="I356" s="31"/>
       <c r="J356" s="57" t="s">
         <v>26</v>
       </c>
       <c r="K356" s="48" t="s">
         <v>27</v>
       </c>
       <c r="L356" s="54">
         <v>45320.486111111109</v>
       </c>
       <c r="M356" s="54">
         <v>45323.847222222219</v>
       </c>
       <c r="N356" s="54">
         <v>45324.340277777781</v>
       </c>
       <c r="O356" s="54">
         <v>45324.520833333336</v>
       </c>
     </row>
-    <row r="357" spans="1:15">
+    <row r="357" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A357" s="38">
         <v>1161076</v>
       </c>
       <c r="B357" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C357" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D357" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E357" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F357" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G357" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H357" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I357" s="39">
         <v>9654971</v>
       </c>
       <c r="J357" s="28"/>
       <c r="K357" s="56" t="s">
         <v>31</v>
       </c>
       <c r="L357" s="54">
         <v>45324.491666666669</v>
       </c>
       <c r="M357" s="54">
         <v>45325.8125</v>
       </c>
       <c r="N357" s="54">
         <v>45326.995833333334</v>
       </c>
       <c r="O357" s="54">
         <v>45327.385416666664</v>
       </c>
     </row>
-    <row r="358" spans="1:15">
+    <row r="358" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A358" s="38">
         <v>1161076</v>
       </c>
       <c r="B358" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C358" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D358" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E358" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F358" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G358" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H358" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I358" s="28"/>
       <c r="J358" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K358" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L358" s="54">
         <v>45324.618055555555</v>
       </c>
       <c r="M358" s="54">
         <v>45324.746527777781</v>
       </c>
       <c r="N358" s="54">
         <v>45326.034722222219</v>
       </c>
       <c r="O358" s="54">
         <v>45326.423611111109</v>
       </c>
     </row>
-    <row r="359" spans="1:15">
+    <row r="359" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A359" s="38">
         <v>1161076</v>
       </c>
       <c r="B359" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C359" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D359" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E359" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F359" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G359" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H359" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I359" s="28"/>
       <c r="J359" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K359" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L359" s="54">
         <v>45324.618055555555</v>
       </c>
       <c r="M359" s="54">
         <v>45325.743055555555</v>
       </c>
       <c r="N359" s="54">
         <v>45326.236111111109</v>
       </c>
       <c r="O359" s="54">
         <v>45326.423611111109</v>
       </c>
     </row>
-    <row r="360" spans="1:15">
+    <row r="360" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A360" s="38">
         <v>1161076</v>
       </c>
       <c r="B360" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C360" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D360" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E360" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F360" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G360" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H360" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I360" s="28"/>
       <c r="J360" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K360" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L360" s="54">
         <v>45327.5</v>
       </c>
       <c r="M360" s="54">
         <v>45328.003472222219</v>
       </c>
       <c r="N360" s="54">
         <v>45328.809027777781</v>
       </c>
       <c r="O360" s="54">
         <v>45329.541666666664</v>
       </c>
     </row>
-    <row r="361" spans="1:15">
+    <row r="361" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A361" s="38">
         <v>1161076</v>
       </c>
       <c r="B361" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C361" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D361" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E361" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F361" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G361" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H361" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I361" s="28"/>
       <c r="J361" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K361" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L361" s="54">
         <v>45327.5</v>
       </c>
       <c r="M361" s="54">
         <v>45328.131944444445</v>
       </c>
       <c r="N361" s="54">
         <v>45328.3125</v>
       </c>
       <c r="O361" s="54">
         <v>45329.541666666664</v>
       </c>
     </row>
-    <row r="362" spans="1:15">
+    <row r="362" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A362" s="38">
         <v>1161076</v>
       </c>
       <c r="B362" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C362" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D362" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E362" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F362" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G362" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H362" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I362" s="28"/>
       <c r="J362" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K362" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L362" s="54">
         <v>45331.71875</v>
       </c>
       <c r="M362" s="54">
         <v>45331.78125</v>
       </c>
       <c r="N362" s="54">
         <v>45332.413194444445</v>
       </c>
       <c r="O362" s="54">
         <v>45332.503472222219</v>
       </c>
     </row>
-    <row r="363" spans="1:15">
+    <row r="363" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A363" s="38">
         <v>1161076</v>
       </c>
       <c r="B363" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C363" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D363" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E363" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F363" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G363" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H363" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I363" s="28"/>
       <c r="J363" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K363" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L363" s="54">
         <v>45331.71875</v>
       </c>
       <c r="M363" s="54">
         <v>45331.78125</v>
       </c>
       <c r="N363" s="54">
         <v>45332.118055555555</v>
       </c>
       <c r="O363" s="54">
         <v>45332.503472222219</v>
       </c>
     </row>
-    <row r="364" spans="1:15">
+    <row r="364" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A364" s="38">
         <v>1161076</v>
       </c>
       <c r="B364" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C364" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D364" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E364" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F364" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G364" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H364" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I364" s="28"/>
       <c r="J364" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K364" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L364" s="54">
         <v>45334.784722222219</v>
       </c>
       <c r="M364" s="54">
         <v>45334.850694444445</v>
       </c>
       <c r="N364" s="54">
         <v>45335.027777777781</v>
       </c>
       <c r="O364" s="54">
         <v>45335.368055555555</v>
       </c>
     </row>
-    <row r="365" spans="1:15">
+    <row r="365" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A365" s="38">
         <v>1161076</v>
       </c>
       <c r="B365" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C365" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D365" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E365" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F365" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G365" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H365" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I365" s="28"/>
       <c r="J365" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K365" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L365" s="54">
         <v>45337.472222222219</v>
       </c>
       <c r="M365" s="54">
         <v>45337.909722222219</v>
       </c>
       <c r="N365" s="54">
         <v>45338.215277777781</v>
       </c>
       <c r="O365" s="54">
         <v>45339.430555555555</v>
       </c>
     </row>
-    <row r="366" spans="1:15">
+    <row r="366" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A366" s="38">
         <v>1161076</v>
       </c>
       <c r="B366" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C366" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D366" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E366" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F366" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G366" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H366" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I366" s="28"/>
       <c r="J366" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K366" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L366" s="54">
         <v>45337.472222222219</v>
       </c>
       <c r="M366" s="54">
         <v>45337.878472222219</v>
       </c>
       <c r="N366" s="54">
         <v>45338.850694444445</v>
       </c>
       <c r="O366" s="54">
         <v>45339.430555555555</v>
       </c>
     </row>
-    <row r="367" spans="1:15">
+    <row r="367" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A367" s="38">
         <v>1161076</v>
       </c>
       <c r="B367" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C367" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D367" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E367" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F367" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G367" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H367" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I367" s="28"/>
       <c r="J367" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K367" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L367" s="54">
         <v>45338.555555555555</v>
       </c>
       <c r="M367" s="54">
         <v>45338.638888888891</v>
       </c>
       <c r="N367" s="54">
         <v>45339.263888888891</v>
       </c>
       <c r="O367" s="54">
         <v>45340.388888888891</v>
       </c>
     </row>
-    <row r="368" spans="1:15">
+    <row r="368" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A368" s="38">
         <v>1161076</v>
       </c>
       <c r="B368" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C368" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D368" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E368" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F368" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G368" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H368" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I368" s="28"/>
       <c r="J368" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K368" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L368" s="54">
         <v>45338.555555555555</v>
       </c>
       <c r="M368" s="54">
         <v>45339.381944444445</v>
       </c>
       <c r="N368" s="54">
         <v>45339.708333333336</v>
       </c>
       <c r="O368" s="54">
         <v>45340.388888888891</v>
       </c>
     </row>
-    <row r="369" spans="1:15">
+    <row r="369" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A369" s="38">
         <v>1161076</v>
       </c>
       <c r="B369" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C369" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D369" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E369" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F369" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G369" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H369" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I369" s="28"/>
       <c r="J369" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K369" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L369" s="54">
         <v>45338.555555555555</v>
       </c>
       <c r="M369" s="54">
         <v>45339.364583333336</v>
       </c>
       <c r="N369" s="54">
         <v>45339.996527777781</v>
       </c>
       <c r="O369" s="54">
         <v>45340.388888888891</v>
       </c>
     </row>
-    <row r="370" spans="1:15">
+    <row r="370" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A370" s="38">
         <v>1161076</v>
       </c>
       <c r="B370" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C370" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D370" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E370" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F370" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G370" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H370" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I370" s="39">
         <v>9654971</v>
       </c>
       <c r="J370" s="28"/>
       <c r="K370" s="56" t="s">
         <v>31</v>
       </c>
       <c r="L370" s="54">
         <v>45340.508333333331</v>
       </c>
       <c r="M370" s="54">
         <v>45340.716666666667</v>
       </c>
       <c r="N370" s="54">
         <v>45341.60833333333</v>
       </c>
       <c r="O370" s="54">
         <v>45342.508333333331</v>
       </c>
     </row>
-    <row r="371" spans="1:15">
+    <row r="371" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A371" s="38">
         <v>1161076</v>
       </c>
       <c r="B371" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C371" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D371" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E371" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F371" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G371" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H371" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I371" s="28"/>
       <c r="J371" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K371" s="56" t="s">
         <v>27</v>
       </c>
       <c r="L371" s="54">
         <v>45343.614583333336</v>
       </c>
       <c r="M371" s="54">
         <v>45343.875</v>
       </c>
       <c r="N371" s="54">
         <v>45344.420138888891</v>
       </c>
       <c r="O371" s="54">
         <v>45344.569444444445</v>
       </c>
     </row>
-    <row r="372" spans="1:15">
+    <row r="372" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A372" s="38">
         <v>1161076</v>
       </c>
       <c r="B372" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C372" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D372" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E372" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F372" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G372" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H372" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I372" s="28"/>
       <c r="J372" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K372" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L372" s="54">
         <v>45343.791666666664</v>
       </c>
       <c r="M372" s="54">
         <v>45343.871527777781</v>
       </c>
       <c r="N372" s="54">
         <v>45344.510416666664</v>
       </c>
       <c r="O372" s="54">
         <v>45345.329861111109</v>
       </c>
     </row>
-    <row r="373" spans="1:15">
+    <row r="373" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A373" s="38">
         <v>1161076</v>
       </c>
       <c r="B373" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C373" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D373" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E373" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F373" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G373" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H373" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I373" s="39">
         <v>9654971</v>
       </c>
       <c r="J373" s="28"/>
       <c r="K373" s="56" t="s">
         <v>31</v>
       </c>
       <c r="L373" s="54">
         <v>45347.479166666664</v>
       </c>
       <c r="M373" s="54">
         <v>45347.691666666666</v>
       </c>
       <c r="N373" s="54">
         <v>45348.645833333336</v>
       </c>
       <c r="O373" s="54">
         <v>45348.729166666664</v>
       </c>
     </row>
-    <row r="374" spans="1:15">
+    <row r="374" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A374" s="38">
         <v>1161076</v>
       </c>
       <c r="B374" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C374" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D374" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E374" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F374" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G374" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H374" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I374" s="28"/>
       <c r="J374" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K374" s="56" t="s">
         <v>40</v>
       </c>
       <c r="L374" s="54">
         <v>45348.541666666664</v>
       </c>
       <c r="M374" s="54">
         <v>45348.715277777781</v>
       </c>
       <c r="N374" s="54">
         <v>45349.697916666664</v>
       </c>
       <c r="O374" s="54">
         <v>45350.451388888891</v>
       </c>
     </row>
-    <row r="375" spans="1:15">
+    <row r="375" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A375" s="38">
         <v>1161076</v>
       </c>
       <c r="B375" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C375" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D375" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E375" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F375" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G375" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H375" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I375" s="28"/>
       <c r="J375" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K375" s="56" t="s">
         <v>40</v>
       </c>
       <c r="L375" s="54">
         <v>45348.541666666664</v>
       </c>
       <c r="M375" s="54">
         <v>45348.861111111109</v>
       </c>
       <c r="N375" s="54">
         <v>45349.701388888891</v>
       </c>
       <c r="O375" s="54">
         <v>45350.451388888891</v>
       </c>
     </row>
-    <row r="376" spans="1:15">
+    <row r="376" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A376" s="38">
         <v>1161076</v>
       </c>
       <c r="B376" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C376" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D376" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E376" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F376" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G376" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H376" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I376" s="28"/>
       <c r="J376" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K376" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L376" s="54">
         <v>45349.430555555555</v>
       </c>
       <c r="M376" s="54">
         <v>45349.489583333336</v>
       </c>
       <c r="N376" s="54">
         <v>45350.809027777781</v>
       </c>
       <c r="O376" s="54">
         <v>45354.614583333336</v>
       </c>
     </row>
-    <row r="377" spans="1:15">
+    <row r="377" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A377" s="38">
         <v>1161076</v>
       </c>
       <c r="B377" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C377" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D377" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E377" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F377" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G377" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H377" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I377" s="28"/>
       <c r="J377" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K377" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L377" s="54">
         <v>45349.430555555555</v>
       </c>
       <c r="M377" s="54">
         <v>45351.284722222219</v>
       </c>
       <c r="N377" s="54">
         <v>45354.020833333336</v>
       </c>
       <c r="O377" s="54">
         <v>45354.614583333336</v>
       </c>
     </row>
-    <row r="378" spans="1:15">
+    <row r="378" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A378" s="38">
         <v>1161076</v>
       </c>
       <c r="B378" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C378" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D378" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E378" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F378" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G378" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H378" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I378" s="28"/>
       <c r="J378" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K378" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L378" s="54">
         <v>45349.430555555555</v>
       </c>
       <c r="M378" s="54">
         <v>45351.09375</v>
       </c>
       <c r="N378" s="54">
         <v>45351.600694444445</v>
       </c>
       <c r="O378" s="54">
         <v>45354.614583333336</v>
       </c>
     </row>
-    <row r="379" spans="1:15">
+    <row r="379" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A379" s="38">
         <v>1161076</v>
       </c>
       <c r="B379" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C379" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D379" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E379" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F379" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G379" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H379" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I379" s="31"/>
       <c r="J379" s="39" t="s">
         <v>28</v>
       </c>
       <c r="K379" s="56" t="s">
         <v>29</v>
       </c>
       <c r="L379" s="54">
         <v>45349.430555555555</v>
       </c>
       <c r="M379" s="54">
         <v>45353.791666666664</v>
       </c>
       <c r="N379" s="54">
         <v>45354.017361111109</v>
       </c>
       <c r="O379" s="54">
         <v>45354.614583333336</v>
       </c>
     </row>
-    <row r="380" spans="1:15">
+    <row r="380" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A380" s="38">
         <v>1161076</v>
       </c>
       <c r="B380" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C380" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D380" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E380" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F380" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G380" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H380" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I380" s="28"/>
       <c r="J380" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K380" s="20" t="s">
         <v>40</v>
       </c>
       <c r="L380" s="54">
         <v>45354.711805555555</v>
       </c>
       <c r="M380" s="54">
         <v>45359.659722222219</v>
       </c>
       <c r="N380" s="54">
         <v>45360.121527777781</v>
       </c>
       <c r="O380" s="54">
         <v>45360.576388888891</v>
       </c>
     </row>
-    <row r="381" spans="1:15">
+    <row r="381" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A381" s="38">
         <v>1161076</v>
       </c>
       <c r="B381" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C381" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D381" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E381" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F381" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G381" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H381" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I381" s="28"/>
       <c r="J381" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K381" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L381" s="54">
         <v>45354.711805555555</v>
       </c>
       <c r="M381" s="54">
         <v>45360.388888888891</v>
       </c>
       <c r="N381" s="54">
         <v>45360.510416666664</v>
       </c>
       <c r="O381" s="54">
         <v>45360.576388888891</v>
       </c>
     </row>
-    <row r="382" spans="1:15">
+    <row r="382" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A382" s="38">
         <v>1161076</v>
       </c>
       <c r="B382" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C382" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D382" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E382" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F382" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G382" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H382" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I382" s="28"/>
       <c r="J382" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K382" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L382" s="54">
         <v>45354.711805555555</v>
       </c>
       <c r="M382" s="54">
         <v>45359.621527777781</v>
       </c>
       <c r="N382" s="54">
         <v>45359.961805555555</v>
       </c>
       <c r="O382" s="54">
         <v>45360.576388888891</v>
       </c>
     </row>
-    <row r="383" spans="1:15">
+    <row r="383" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A383" s="38">
         <v>1161076</v>
       </c>
       <c r="B383" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C383" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D383" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E383" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F383" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G383" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H383" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I383" s="28"/>
       <c r="J383" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K383" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L383" s="54">
         <v>45358.770833333336</v>
       </c>
       <c r="M383" s="54">
         <v>45359.038194444445</v>
       </c>
       <c r="N383" s="54">
         <v>45359.416666666664</v>
       </c>
       <c r="O383" s="54">
         <v>45359.541666666664</v>
       </c>
     </row>
-    <row r="384" spans="1:15">
+    <row r="384" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A384" s="38">
         <v>1161076</v>
       </c>
       <c r="B384" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C384" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D384" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E384" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F384" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G384" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H384" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I384" s="39">
         <v>9654971</v>
       </c>
       <c r="K384" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L384" s="54">
         <v>45359.629166666666</v>
       </c>
       <c r="M384" s="54">
         <v>45359.933333333334</v>
       </c>
       <c r="N384" s="54">
         <v>45360.716666666667</v>
       </c>
       <c r="O384" s="54">
         <v>45361.383333333331</v>
       </c>
     </row>
-    <row r="385" spans="1:15">
+    <row r="385" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A385" s="38">
         <v>1161076</v>
       </c>
       <c r="B385" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C385" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D385" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E385" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F385" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G385" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H385" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I385" s="28"/>
       <c r="J385" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K385" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L385" s="54">
         <v>45360.666666666664</v>
       </c>
       <c r="M385" s="54">
         <v>45360.722222222219</v>
       </c>
       <c r="N385" s="54">
         <v>45361.038194444445</v>
       </c>
       <c r="O385" s="54">
         <v>45361.368055555555</v>
       </c>
     </row>
-    <row r="386" spans="1:15">
+    <row r="386" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A386" s="38">
         <v>1161076</v>
       </c>
       <c r="B386" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C386" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D386" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E386" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F386" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G386" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H386" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I386" s="28"/>
       <c r="J386" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K386" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L386" s="54">
         <v>45365.375</v>
       </c>
       <c r="M386" s="54">
         <v>45365.649305555555</v>
       </c>
       <c r="N386" s="54">
         <v>45366.371527777781</v>
       </c>
       <c r="O386" s="54">
         <v>45366.565972222219</v>
       </c>
     </row>
-    <row r="387" spans="1:15">
+    <row r="387" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A387" s="38">
         <v>1161076</v>
       </c>
       <c r="B387" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C387" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D387" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E387" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F387" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G387" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H387" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I387" s="28"/>
       <c r="J387" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K387" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L387" s="54">
         <v>45365.375</v>
       </c>
       <c r="M387" s="54">
         <v>45365.954861111109</v>
       </c>
       <c r="N387" s="54">
         <v>45366.166666666664</v>
       </c>
       <c r="O387" s="54">
         <v>45366.565972222219</v>
       </c>
     </row>
-    <row r="388" spans="1:15">
+    <row r="388" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A388" s="38">
         <v>1161076</v>
       </c>
       <c r="B388" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C388" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D388" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E388" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F388" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G388" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H388" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I388" s="28"/>
       <c r="J388" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K388" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L388" s="54">
         <v>45366.770833333336</v>
       </c>
       <c r="M388" s="54">
         <v>45366.840277777781</v>
       </c>
       <c r="N388" s="54">
         <v>45367.409722222219</v>
       </c>
       <c r="O388" s="54">
         <v>45367.486111111109</v>
       </c>
     </row>
-    <row r="389" spans="1:15">
+    <row r="389" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A389" s="38">
         <v>1161076</v>
       </c>
       <c r="B389" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C389" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D389" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E389" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F389" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G389" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H389" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I389" s="39">
         <v>9654971</v>
       </c>
       <c r="K389" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L389" s="54">
         <v>45371.395833333336</v>
       </c>
       <c r="M389" s="54">
         <v>45372.945833333331</v>
       </c>
       <c r="N389" s="54">
         <v>45374.091666666667</v>
       </c>
       <c r="O389" s="54">
         <v>45374.5625</v>
       </c>
     </row>
-    <row r="390" spans="1:15">
+    <row r="390" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A390" s="38">
         <v>1161076</v>
       </c>
       <c r="B390" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C390" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D390" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E390" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F390" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G390" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H390" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I390" s="28"/>
       <c r="J390" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K390" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L390" s="54">
         <v>45371.618055555555</v>
       </c>
       <c r="M390" s="54">
         <v>45371.774305555555</v>
       </c>
       <c r="N390" s="54">
         <v>45372.180555555555</v>
       </c>
       <c r="O390" s="54">
         <v>45372.548611111109</v>
       </c>
     </row>
-    <row r="391" spans="1:15">
+    <row r="391" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A391" s="38">
         <v>1161076</v>
       </c>
       <c r="B391" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C391" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D391" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E391" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F391" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G391" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H391" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I391" s="28"/>
       <c r="J391" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K391" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L391" s="54">
         <v>45371.618055555555</v>
       </c>
       <c r="M391" s="54">
         <v>45371.777777777781</v>
       </c>
       <c r="N391" s="54">
         <v>45372.493055555555</v>
       </c>
       <c r="O391" s="54">
         <v>45372.548611111109</v>
       </c>
     </row>
-    <row r="392" spans="1:15">
+    <row r="392" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A392" s="38">
         <v>1161076</v>
       </c>
       <c r="B392" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C392" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D392" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E392" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F392" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G392" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H392" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I392" s="28"/>
       <c r="J392" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K392" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L392" s="54">
         <v>45372.642361111109</v>
       </c>
       <c r="M392" s="54">
         <v>45373.270833333336</v>
       </c>
       <c r="N392" s="54">
         <v>45373.777777777781</v>
       </c>
       <c r="O392" s="54">
         <v>45374.326388888891</v>
       </c>
     </row>
-    <row r="393" spans="1:15">
+    <row r="393" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A393" s="38">
         <v>1161076</v>
       </c>
       <c r="B393" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C393" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D393" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E393" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F393" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G393" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H393" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I393" s="28"/>
       <c r="J393" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K393" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L393" s="54">
         <v>45377.770833333336</v>
       </c>
       <c r="M393" s="54">
         <v>45378.3125</v>
       </c>
       <c r="N393" s="54">
         <v>45378.538194444445</v>
       </c>
       <c r="O393" s="54">
         <v>45379.388888888891</v>
       </c>
     </row>
-    <row r="394" spans="1:15">
+    <row r="394" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A394" s="38">
         <v>1161076</v>
       </c>
       <c r="B394" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C394" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D394" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E394" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F394" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G394" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H394" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I394" s="28"/>
       <c r="J394" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K394" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L394" s="54">
         <v>45377.770833333336</v>
       </c>
       <c r="M394" s="54">
         <v>45378.083333333336</v>
       </c>
       <c r="N394" s="54">
         <v>45378.972222222219</v>
       </c>
       <c r="O394" s="54">
         <v>45379.388888888891</v>
       </c>
     </row>
-    <row r="395" spans="1:15">
+    <row r="395" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A395" s="38">
         <v>1161076</v>
       </c>
       <c r="B395" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C395" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D395" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E395" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F395" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G395" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H395" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I395" s="28"/>
       <c r="J395" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K395" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L395" s="54">
         <v>45379.548611111109</v>
       </c>
       <c r="M395" s="54">
         <v>45379.614583333336</v>
       </c>
       <c r="N395" s="54">
         <v>45380.298611111109</v>
       </c>
       <c r="O395" s="54">
         <v>45381.479166666664</v>
       </c>
     </row>
-    <row r="396" spans="1:15">
+    <row r="396" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A396" s="38">
         <v>1161076</v>
       </c>
       <c r="B396" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C396" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D396" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E396" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F396" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G396" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H396" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I396" s="28"/>
       <c r="J396" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K396" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L396" s="54">
         <v>45379.548611111109</v>
       </c>
       <c r="M396" s="54">
         <v>45380.885416666664</v>
       </c>
       <c r="N396" s="54">
         <v>45381.392361111109</v>
       </c>
       <c r="O396" s="54">
         <v>45381.479166666664</v>
       </c>
     </row>
-    <row r="397" spans="1:15">
+    <row r="397" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A397" s="38">
         <v>1161076</v>
       </c>
       <c r="B397" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C397" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D397" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E397" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F397" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G397" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H397" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I397" s="28"/>
       <c r="J397" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K397" s="21" t="s">
         <v>40</v>
       </c>
       <c r="L397" s="54">
         <v>45379.548611111109</v>
       </c>
       <c r="M397" s="54">
         <v>45380.892361111109</v>
       </c>
       <c r="N397" s="54">
         <v>45381.298611111109</v>
       </c>
       <c r="O397" s="54">
         <v>45381.479166666664</v>
       </c>
     </row>
-    <row r="398" spans="1:15">
+    <row r="398" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A398" s="38">
         <v>1161076</v>
       </c>
       <c r="B398" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C398" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D398" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E398" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F398" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G398" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H398" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I398" s="28"/>
       <c r="J398" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K398" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L398" s="54">
         <v>45383.586805555555</v>
       </c>
       <c r="M398" s="54">
         <v>45384.427083333336</v>
       </c>
       <c r="N398" s="54">
         <v>45385.173611111109</v>
       </c>
       <c r="O398" s="54">
         <v>45385.409722222219</v>
       </c>
     </row>
-    <row r="399" spans="1:15">
+    <row r="399" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A399" s="38">
         <v>1161076</v>
       </c>
       <c r="B399" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C399" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D399" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E399" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F399" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G399" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H399" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I399" s="28"/>
       <c r="J399" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K399" s="60" t="s">
         <v>29</v>
       </c>
       <c r="L399" s="54">
         <v>45383.586805555555</v>
       </c>
       <c r="M399" s="54">
         <v>45384.427083333336</v>
       </c>
       <c r="N399" s="54">
         <v>45384.756944444445</v>
       </c>
       <c r="O399" s="54">
         <v>45385.409722222219</v>
       </c>
     </row>
-    <row r="400" spans="1:15">
+    <row r="400" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A400" s="38">
         <v>1161076</v>
       </c>
       <c r="B400" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C400" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D400" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E400" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F400" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G400" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H400" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I400" s="28"/>
       <c r="J400" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K400" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L400" s="54">
         <v>45385.666666666664</v>
       </c>
       <c r="M400" s="54">
         <v>45385.885416666664</v>
       </c>
       <c r="N400" s="54">
         <v>45387.166666666664</v>
       </c>
       <c r="O400" s="54">
         <v>45388.444444444445</v>
       </c>
     </row>
-    <row r="401" spans="1:15">
+    <row r="401" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A401" s="38">
         <v>1161076</v>
       </c>
       <c r="B401" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C401" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D401" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E401" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F401" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G401" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H401" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I401" s="28"/>
       <c r="J401" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K401" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L401" s="54">
         <v>45388.652777777781</v>
       </c>
       <c r="M401" s="54">
         <v>45388.715277777781</v>
       </c>
       <c r="N401" s="54">
         <v>45389.048611111109</v>
       </c>
       <c r="O401" s="54">
         <v>45389.517361111109</v>
       </c>
     </row>
-    <row r="402" spans="1:15">
+    <row r="402" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A402" s="38">
         <v>1161076</v>
       </c>
       <c r="B402" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C402" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D402" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E402" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F402" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G402" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H402" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I402" s="39">
         <v>9654971</v>
       </c>
       <c r="K402" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L402" s="54">
         <v>45389.491666666669</v>
       </c>
       <c r="M402" s="54">
         <v>45389.791666666664</v>
       </c>
       <c r="N402" s="54">
         <v>45392.041666666664</v>
       </c>
       <c r="O402" s="54">
         <v>45392.541666666664</v>
       </c>
     </row>
-    <row r="403" spans="1:15">
+    <row r="403" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A403" s="38">
         <v>1161076</v>
       </c>
       <c r="B403" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C403" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D403" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E403" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F403" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G403" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H403" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I403" s="28"/>
       <c r="J403" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K403" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L403" s="54">
         <v>45393.736111111109</v>
       </c>
       <c r="M403" s="54">
         <v>45394.395833333336</v>
       </c>
       <c r="N403" s="54">
         <v>45394.763888888891</v>
       </c>
       <c r="O403" s="54">
         <v>45396.361111111109</v>
       </c>
     </row>
-    <row r="404" spans="1:15">
+    <row r="404" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A404" s="38">
         <v>1161076</v>
       </c>
       <c r="B404" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C404" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D404" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E404" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F404" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G404" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H404" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I404" s="28"/>
       <c r="J404" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K404" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L404" s="54">
         <v>45393.736111111109</v>
       </c>
       <c r="M404" s="54">
         <v>45394.979166666664</v>
       </c>
       <c r="N404" s="54">
         <v>45395.711805555555</v>
       </c>
       <c r="O404" s="54">
         <v>45396.361111111109</v>
       </c>
     </row>
-    <row r="405" spans="1:15">
+    <row r="405" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A405" s="38">
         <v>1161076</v>
       </c>
       <c r="B405" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C405" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D405" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E405" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F405" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G405" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H405" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I405" s="28"/>
       <c r="J405" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K405" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L405" s="54">
         <v>45395.423611111109</v>
       </c>
       <c r="M405" s="54">
         <v>45395.944444444445</v>
       </c>
       <c r="N405" s="54">
         <v>45398.190972222219</v>
       </c>
       <c r="O405" s="54">
         <v>45398.34375</v>
       </c>
     </row>
-    <row r="406" spans="1:15">
+    <row r="406" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A406" s="38">
         <v>1161076</v>
       </c>
       <c r="B406" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C406" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D406" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E406" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F406" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G406" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H406" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I406" s="28"/>
       <c r="J406" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K406" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L406" s="54">
         <v>45395.423611111109</v>
       </c>
       <c r="M406" s="54">
         <v>45395.784722222219</v>
       </c>
       <c r="N406" s="54">
         <v>45396.704861111109</v>
       </c>
       <c r="O406" s="54">
         <v>45398.34375</v>
       </c>
     </row>
-    <row r="407" spans="1:15">
+    <row r="407" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A407" s="38">
         <v>1161076</v>
       </c>
       <c r="B407" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C407" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D407" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E407" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F407" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G407" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H407" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I407" s="39">
         <v>9654971</v>
       </c>
       <c r="K407" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L407" s="54">
         <v>45399.520833333336</v>
       </c>
       <c r="M407" s="54">
         <v>45399.745833333334</v>
       </c>
       <c r="N407" s="54">
         <v>45400.570833333331</v>
       </c>
       <c r="O407" s="54">
         <v>45400.611111111109</v>
       </c>
     </row>
-    <row r="408" spans="1:15">
+    <row r="408" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A408" s="38">
         <v>1161076</v>
       </c>
       <c r="B408" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C408" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D408" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E408" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F408" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G408" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H408" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I408" s="28"/>
       <c r="J408" s="59" t="s">
         <v>28</v>
       </c>
       <c r="K408" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L408" s="54">
         <v>45400.690972222219</v>
       </c>
       <c r="M408" s="54">
         <v>45400.802083333336</v>
       </c>
       <c r="N408" s="54">
         <v>45401.305555555555</v>
       </c>
       <c r="O408" s="54">
         <v>45401.409722222219</v>
       </c>
     </row>
-    <row r="409" spans="1:15">
+    <row r="409" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A409" s="38">
         <v>1161076</v>
       </c>
       <c r="B409" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C409" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D409" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E409" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F409" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G409" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H409" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I409" s="39">
         <v>9654971</v>
       </c>
       <c r="K409" s="21" t="s">
         <v>34</v>
       </c>
       <c r="L409" s="54">
         <v>45403.5</v>
       </c>
       <c r="M409" s="54">
         <v>45403.6</v>
       </c>
       <c r="N409" s="54">
         <v>45404.491666666669</v>
       </c>
       <c r="O409" s="54">
         <v>45404.545138888891</v>
       </c>
     </row>
-    <row r="410" spans="1:15">
+    <row r="410" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A410" s="38">
         <v>1161076</v>
       </c>
       <c r="B410" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C410" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D410" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E410" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F410" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G410" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H410" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I410" s="31"/>
       <c r="J410" s="62" t="s">
         <v>28</v>
       </c>
       <c r="K410" s="63" t="s">
         <v>29</v>
       </c>
       <c r="L410" s="64">
         <v>45407.357638888891</v>
       </c>
       <c r="M410" s="64">
         <v>45407.413194444445</v>
       </c>
       <c r="N410" s="64">
         <v>45407.663194444445</v>
       </c>
       <c r="O410" s="64">
         <v>45407.71875</v>
       </c>
     </row>
-    <row r="411" spans="1:15">
+    <row r="411" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A411" s="38">
         <v>1161076</v>
       </c>
       <c r="B411" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C411" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D411" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E411" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F411" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G411" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H411" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I411" s="33"/>
       <c r="J411" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K411" s="20" t="s">
         <v>27</v>
       </c>
       <c r="L411" s="65">
         <v>45408.611111111109</v>
       </c>
       <c r="M411" s="65">
         <v>45408.944444444445</v>
       </c>
       <c r="N411" s="65">
         <v>45410.222222222219</v>
       </c>
       <c r="O411" s="65">
         <v>45410.489583333336</v>
       </c>
     </row>
-    <row r="412" spans="1:15">
+    <row r="412" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A412" s="38">
         <v>1161076</v>
       </c>
       <c r="B412" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C412" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D412" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E412" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F412" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G412" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H412" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I412" s="33"/>
       <c r="J412" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K412" s="20" t="s">
         <v>27</v>
       </c>
       <c r="L412" s="65">
         <v>45408.611111111109</v>
       </c>
       <c r="M412" s="65">
         <v>45408.944444444445</v>
       </c>
       <c r="N412" s="65">
         <v>45410.170138888891</v>
       </c>
       <c r="O412" s="65">
         <v>45410.489583333336</v>
       </c>
     </row>
-    <row r="413" spans="1:15">
+    <row r="413" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A413" s="38">
         <v>1161076</v>
       </c>
       <c r="B413" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C413" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D413" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E413" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F413" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G413" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H413" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I413" s="33"/>
       <c r="J413" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K413" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L413" s="65">
         <v>45413.677083333336</v>
       </c>
       <c r="M413" s="65">
         <v>45413.732638888891</v>
       </c>
       <c r="N413" s="65">
         <v>45414.697916666664</v>
       </c>
       <c r="O413" s="65">
         <v>45414.6875</v>
       </c>
     </row>
-    <row r="414" spans="1:15">
+    <row r="414" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A414" s="38">
         <v>1161076</v>
       </c>
       <c r="B414" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C414" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D414" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E414" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F414" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G414" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H414" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I414" s="33"/>
       <c r="J414" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K414" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L414" s="65">
         <v>45441.472222222219</v>
       </c>
       <c r="M414" s="65">
         <v>45441.6875</v>
       </c>
       <c r="N414" s="65">
         <v>45442.465277777781</v>
       </c>
       <c r="O414" s="65">
         <v>45442.513888888891</v>
       </c>
     </row>
-    <row r="415" spans="1:15">
+    <row r="415" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A415" s="38">
         <v>1161076</v>
       </c>
       <c r="B415" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C415" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D415" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E415" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F415" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G415" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H415" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I415" s="33"/>
       <c r="J415" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K415" s="61" t="s">
         <v>27</v>
       </c>
       <c r="L415" s="65">
         <v>45444.6875</v>
       </c>
       <c r="M415" s="65">
         <v>45444.760416666664</v>
       </c>
       <c r="N415" s="65">
         <v>45445.277777777781</v>
       </c>
       <c r="O415" s="65">
         <v>45445.510416666664</v>
       </c>
     </row>
-    <row r="416" spans="1:15">
+    <row r="416" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A416" s="38">
         <v>1161076</v>
       </c>
       <c r="B416" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C416" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D416" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E416" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F416" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G416" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H416" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I416" s="8">
         <v>9654971</v>
       </c>
       <c r="J416" s="33"/>
       <c r="K416" s="11" t="s">
         <v>31</v>
       </c>
       <c r="L416" s="65">
         <v>45446.5625</v>
       </c>
       <c r="M416" s="65">
         <v>45446.691666666666</v>
       </c>
       <c r="N416" s="65">
         <v>45447.824999999997</v>
       </c>
       <c r="O416" s="65">
         <v>45448.383333333331</v>
       </c>
     </row>
-    <row r="417" spans="1:15">
+    <row r="417" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A417" s="38">
         <v>1161076</v>
       </c>
       <c r="B417" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C417" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D417" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E417" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F417" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G417" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H417" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I417" s="33"/>
       <c r="J417" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K417" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L417" s="65">
         <v>45448.479166666664</v>
       </c>
       <c r="M417" s="65">
         <v>45448.607638888891</v>
       </c>
       <c r="N417" s="65">
         <v>45449.15625</v>
       </c>
       <c r="O417" s="65">
         <v>45449.402777777781</v>
       </c>
     </row>
-    <row r="418" spans="1:15">
+    <row r="418" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A418" s="38">
         <v>1161076</v>
       </c>
       <c r="B418" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C418" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D418" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E418" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F418" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G418" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H418" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I418" s="33"/>
       <c r="J418" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K418" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L418" s="65">
         <v>45451.756944444445</v>
       </c>
       <c r="M418" s="65">
         <v>45451.833333333336</v>
       </c>
       <c r="N418" s="65">
         <v>45452.815972222219</v>
       </c>
       <c r="O418" s="65">
         <v>45454.631944444445</v>
       </c>
     </row>
-    <row r="419" spans="1:15">
+    <row r="419" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A419" s="38">
         <v>1161076</v>
       </c>
       <c r="B419" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C419" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D419" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E419" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F419" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G419" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H419" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I419" s="33"/>
       <c r="J419" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K419" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L419" s="65">
         <v>45451.756944444445</v>
       </c>
       <c r="M419" s="65">
         <v>45453.902777777781</v>
       </c>
       <c r="N419" s="65">
         <v>45454.315972222219</v>
       </c>
       <c r="O419" s="65">
         <v>45454.631944444445</v>
       </c>
     </row>
-    <row r="420" spans="1:15">
+    <row r="420" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A420" s="38">
         <v>1161076</v>
       </c>
       <c r="B420" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C420" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D420" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E420" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F420" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G420" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H420" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I420" s="33"/>
       <c r="J420" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K420" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L420" s="65">
         <v>45451.756944444445</v>
       </c>
       <c r="M420" s="65">
         <v>45453.704861111109</v>
       </c>
       <c r="N420" s="65">
         <v>45454.569444444445</v>
       </c>
       <c r="O420" s="65">
         <v>45454.631944444445</v>
       </c>
     </row>
-    <row r="421" spans="1:15">
+    <row r="421" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A421" s="38">
         <v>1161076</v>
       </c>
       <c r="B421" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C421" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D421" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E421" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F421" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G421" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H421" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I421" s="33"/>
       <c r="J421" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K421" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L421" s="65">
         <v>45456.552083333336</v>
       </c>
       <c r="M421" s="65">
         <v>45456.649305555555</v>
       </c>
       <c r="N421" s="65">
         <v>45457.03125</v>
       </c>
       <c r="O421" s="65">
         <v>45458.347222222219</v>
       </c>
     </row>
-    <row r="422" spans="1:15">
+    <row r="422" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A422" s="38">
         <v>1161076</v>
       </c>
       <c r="B422" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C422" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D422" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E422" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F422" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G422" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H422" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I422" s="33"/>
       <c r="J422" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K422" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L422" s="65">
         <v>45456.552083333336</v>
       </c>
       <c r="M422" s="65">
         <v>45457.597222222219</v>
       </c>
       <c r="N422" s="65">
         <v>45457.934027777781</v>
       </c>
       <c r="O422" s="65">
         <v>45458.347222222219</v>
       </c>
     </row>
-    <row r="423" spans="1:15">
+    <row r="423" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A423" s="38">
         <v>1161076</v>
       </c>
       <c r="B423" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C423" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D423" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E423" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F423" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G423" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H423" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I423" s="33"/>
       <c r="J423" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K423" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L423" s="65">
         <v>45459.430555555555</v>
       </c>
       <c r="M423" s="65">
         <v>45459.583333333336</v>
       </c>
       <c r="N423" s="65">
         <v>45460.225694444445</v>
       </c>
       <c r="O423" s="65">
         <v>45460.427083333336</v>
       </c>
     </row>
-    <row r="424" spans="1:15">
+    <row r="424" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A424" s="38">
         <v>1161076</v>
       </c>
       <c r="B424" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C424" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D424" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E424" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F424" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G424" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H424" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I424" s="33"/>
       <c r="J424" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K424" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L424" s="65">
         <v>45459.430555555555</v>
       </c>
       <c r="M424" s="65">
         <v>45459.586805555555</v>
       </c>
       <c r="N424" s="65">
         <v>45460.284722222219</v>
       </c>
       <c r="O424" s="65">
         <v>45460.427083333336</v>
       </c>
     </row>
-    <row r="425" spans="1:15">
+    <row r="425" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A425" s="38">
         <v>1161076</v>
       </c>
       <c r="B425" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C425" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D425" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E425" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F425" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G425" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H425" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I425" s="8">
         <v>9654971</v>
       </c>
       <c r="J425" s="33"/>
       <c r="K425" s="11" t="s">
         <v>31</v>
       </c>
       <c r="L425" s="65">
         <v>45459.566666666666</v>
       </c>
       <c r="M425" s="65">
         <v>45459.658333333333</v>
       </c>
       <c r="N425" s="65">
         <v>45460.995833333334</v>
       </c>
       <c r="O425" s="65">
         <v>45462.413194444445</v>
       </c>
     </row>
-    <row r="426" spans="1:15">
+    <row r="426" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A426" s="38">
         <v>1161076</v>
       </c>
       <c r="B426" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C426" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D426" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E426" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F426" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G426" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H426" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I426" s="33"/>
       <c r="J426" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K426" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L426" s="65">
         <v>45461.611111111109</v>
       </c>
       <c r="M426" s="65">
         <v>45461.704861111109</v>
       </c>
       <c r="N426" s="65">
         <v>45463.25</v>
       </c>
       <c r="O426" s="65">
         <v>45463.722222222219</v>
       </c>
     </row>
-    <row r="427" spans="1:15">
+    <row r="427" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A427" s="38">
         <v>1161076</v>
       </c>
       <c r="B427" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C427" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D427" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E427" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F427" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G427" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H427" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I427" s="33"/>
       <c r="J427" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K427" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L427" s="65">
         <v>45461.611111111109</v>
       </c>
       <c r="M427" s="65">
         <v>45462.993055555555</v>
       </c>
       <c r="N427" s="65">
         <v>45463.510416666664</v>
       </c>
       <c r="O427" s="65">
         <v>45463.722222222219</v>
       </c>
     </row>
-    <row r="428" spans="1:15">
+    <row r="428" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A428" s="38">
         <v>1161076</v>
       </c>
       <c r="B428" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C428" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D428" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E428" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F428" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G428" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H428" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I428" s="33"/>
       <c r="J428" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K428" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L428" s="65">
         <v>45465.576388888891</v>
       </c>
       <c r="M428" s="65">
         <v>45465.659722222219</v>
       </c>
       <c r="N428" s="65">
         <v>45466.802083333336</v>
       </c>
       <c r="O428" s="65">
         <v>45469.34375</v>
       </c>
     </row>
-    <row r="429" spans="1:15">
+    <row r="429" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A429" s="38">
         <v>1161076</v>
       </c>
       <c r="B429" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C429" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D429" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E429" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F429" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G429" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H429" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I429" s="33"/>
       <c r="J429" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K429" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L429" s="65">
         <v>45465.576388888891</v>
       </c>
       <c r="M429" s="65">
         <v>45468.1875</v>
       </c>
       <c r="N429" s="65">
         <v>45468.704861111109</v>
       </c>
       <c r="O429" s="65">
         <v>45469.34375</v>
       </c>
     </row>
-    <row r="430" spans="1:15">
+    <row r="430" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A430" s="38">
         <v>1161076</v>
       </c>
       <c r="B430" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C430" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D430" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E430" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F430" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G430" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H430" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I430" s="33"/>
       <c r="J430" s="7" t="s">
         <v>26</v>
       </c>
       <c r="K430" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L430" s="65">
         <v>45465.576388888891</v>
       </c>
       <c r="M430" s="65">
         <v>45468.1875</v>
       </c>
       <c r="N430" s="65">
         <v>45468.847222222219</v>
       </c>
       <c r="O430" s="65">
         <v>45469.34375</v>
       </c>
     </row>
-    <row r="431" spans="1:15">
+    <row r="431" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A431" s="38">
         <v>1161076</v>
       </c>
       <c r="B431" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C431" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D431" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E431" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F431" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G431" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H431" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I431" s="33"/>
       <c r="J431" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K431" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L431" s="65">
         <v>45469.420138888891</v>
       </c>
       <c r="M431" s="65">
         <v>45470.121527777781</v>
       </c>
       <c r="N431" s="65">
         <v>45470.663194444445</v>
       </c>
       <c r="O431" s="65">
         <v>45471.520833333336</v>
       </c>
     </row>
-    <row r="432" spans="1:15">
+    <row r="432" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A432" s="38">
         <v>1161076</v>
       </c>
       <c r="B432" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C432" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D432" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E432" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F432" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G432" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H432" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I432" s="33"/>
       <c r="J432" s="8" t="s">
         <v>28</v>
       </c>
       <c r="K432" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L432" s="65">
         <v>45469.420138888891</v>
       </c>
       <c r="M432" s="65">
         <v>45470.822916666664</v>
       </c>
       <c r="N432" s="65">
         <v>45471.465277777781</v>
       </c>
       <c r="O432" s="65">
         <v>45471.520833333336</v>
       </c>
     </row>
-    <row r="433" spans="1:15">
+    <row r="433" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A433" s="38">
         <v>1161076</v>
       </c>
       <c r="B433" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C433" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D433" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E433" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F433" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G433" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H433" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I433" s="68"/>
       <c r="J433" s="34" t="s">
         <v>26</v>
       </c>
       <c r="K433" s="16" t="s">
         <v>27</v>
       </c>
       <c r="L433" s="65">
         <v>45472.618055555555</v>
       </c>
       <c r="M433" s="65">
         <v>45474.979166666664</v>
       </c>
       <c r="N433" s="65">
         <v>45475.25</v>
       </c>
       <c r="O433" s="65">
         <v>45477.309027777781</v>
       </c>
     </row>
-    <row r="434" spans="1:15">
+    <row r="434" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A434" s="38">
         <v>1161076</v>
       </c>
       <c r="B434" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C434" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D434" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E434" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F434" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G434" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H434" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I434" s="37"/>
       <c r="J434" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K434" s="37" t="s">
         <v>27</v>
       </c>
       <c r="L434" s="67">
         <v>45472.618055555555</v>
       </c>
       <c r="M434" s="65">
         <v>45472.875</v>
       </c>
       <c r="N434" s="65">
         <v>45476.840277777781</v>
       </c>
       <c r="O434" s="65">
         <v>45477.309027777781</v>
       </c>
     </row>
-    <row r="435" spans="1:15">
+    <row r="435" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A435" s="38">
         <v>1161076</v>
       </c>
       <c r="B435" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C435" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D435" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E435" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F435" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G435" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H435" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I435" s="38">
         <v>9654971</v>
       </c>
       <c r="J435" s="37"/>
       <c r="K435" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L435" s="65">
         <v>45477.51666666667</v>
       </c>
       <c r="M435" s="65">
         <v>45477.708333333336</v>
       </c>
       <c r="N435" s="65">
         <v>45478.912499999999</v>
       </c>
       <c r="O435" s="65">
         <v>45479.388888888891</v>
       </c>
     </row>
-    <row r="436" spans="1:15">
+    <row r="436" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A436" s="38">
         <v>1161076</v>
       </c>
       <c r="B436" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C436" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D436" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E436" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F436" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G436" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H436" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I436" s="37"/>
       <c r="J436" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K436" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L436" s="65">
         <v>45478.465277777781</v>
       </c>
       <c r="M436" s="65">
         <v>45478.565972222219</v>
       </c>
       <c r="N436" s="65">
         <v>45479.427083333336</v>
       </c>
       <c r="O436" s="65">
         <v>45480.354166666664</v>
       </c>
     </row>
-    <row r="437" spans="1:15">
+    <row r="437" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A437" s="38">
         <v>1161076</v>
       </c>
       <c r="B437" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C437" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D437" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E437" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F437" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G437" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H437" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I437" s="37"/>
       <c r="J437" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K437" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L437" s="65">
         <v>45478.465277777781</v>
       </c>
       <c r="M437" s="65">
         <v>45479.583333333336</v>
       </c>
       <c r="N437" s="65">
         <v>45480.038194444445</v>
       </c>
       <c r="O437" s="65">
         <v>45480.354166666664</v>
       </c>
     </row>
-    <row r="438" spans="1:15">
+    <row r="438" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A438" s="38">
         <v>1161076</v>
       </c>
       <c r="B438" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C438" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D438" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E438" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F438" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G438" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H438" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I438" s="37"/>
       <c r="J438" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K438" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L438" s="65">
         <v>45480.645833333336</v>
       </c>
       <c r="M438" s="65">
         <v>45480.888888888891</v>
       </c>
       <c r="N438" s="65">
         <v>45481.472222222219</v>
       </c>
       <c r="O438" s="65">
         <v>45482.402777777781</v>
       </c>
     </row>
-    <row r="439" spans="1:15">
+    <row r="439" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A439" s="38">
         <v>1161076</v>
       </c>
       <c r="B439" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C439" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D439" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E439" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F439" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G439" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H439" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I439" s="37"/>
       <c r="J439" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K439" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L439" s="65">
         <v>45480.645833333336</v>
       </c>
       <c r="M439" s="65">
         <v>45481.236111111109</v>
       </c>
       <c r="N439" s="65">
         <v>45481.680555555555</v>
       </c>
       <c r="O439" s="65">
         <v>45482.402777777781</v>
       </c>
     </row>
-    <row r="440" spans="1:15">
+    <row r="440" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A440" s="38">
         <v>1161076</v>
       </c>
       <c r="B440" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C440" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D440" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E440" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F440" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G440" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H440" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I440" s="37"/>
       <c r="J440" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K440" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L440" s="65">
         <v>45485.635416666664</v>
       </c>
       <c r="M440" s="65">
         <v>45485.729166666664</v>
       </c>
       <c r="N440" s="65">
         <v>45487.677083333336</v>
       </c>
       <c r="O440" s="65">
         <v>45489.40625</v>
       </c>
     </row>
-    <row r="441" spans="1:15">
+    <row r="441" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A441" s="38">
         <v>1161076</v>
       </c>
       <c r="B441" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C441" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D441" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E441" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F441" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G441" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H441" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I441" s="37"/>
       <c r="J441" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K441" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L441" s="65">
         <v>45485.635416666664</v>
       </c>
       <c r="M441" s="65">
         <v>45488.006944444445</v>
       </c>
       <c r="N441" s="65">
         <v>45489.329861111109</v>
       </c>
       <c r="O441" s="65">
         <v>45489.40625</v>
       </c>
     </row>
-    <row r="442" spans="1:15">
+    <row r="442" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A442" s="38">
         <v>1161076</v>
       </c>
       <c r="B442" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C442" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D442" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E442" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F442" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G442" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H442" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I442" s="37"/>
       <c r="J442" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K442" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L442" s="65">
         <v>45488.541666666664</v>
       </c>
       <c r="M442" s="65">
         <v>45488.71875</v>
       </c>
       <c r="N442" s="65">
         <v>45489.409722222219</v>
       </c>
       <c r="O442" s="65">
         <v>45490.385416666664</v>
       </c>
     </row>
-    <row r="443" spans="1:15">
+    <row r="443" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A443" s="38">
         <v>1161076</v>
       </c>
       <c r="B443" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C443" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D443" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E443" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F443" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G443" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H443" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I443" s="37"/>
       <c r="J443" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K443" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L443" s="65">
         <v>45488.541666666664</v>
       </c>
       <c r="M443" s="65">
         <v>45489.538194444445</v>
       </c>
       <c r="N443" s="65">
         <v>45490.076388888891</v>
       </c>
       <c r="O443" s="65">
         <v>45490.385416666664</v>
       </c>
     </row>
-    <row r="444" spans="1:15">
+    <row r="444" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A444" s="38">
         <v>1161076</v>
       </c>
       <c r="B444" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C444" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D444" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E444" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F444" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G444" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H444" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I444" s="38">
         <v>9654971</v>
       </c>
       <c r="J444" s="37"/>
       <c r="K444" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L444" s="65">
         <v>45494.5625</v>
       </c>
       <c r="M444" s="65">
         <v>45494.691666666666</v>
       </c>
       <c r="N444" s="65">
         <v>45495.879166666666</v>
       </c>
       <c r="O444" s="65">
         <v>45496.534722222219</v>
       </c>
     </row>
-    <row r="445" spans="1:15">
+    <row r="445" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A445" s="38">
         <v>1161076</v>
       </c>
       <c r="B445" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C445" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D445" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E445" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F445" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G445" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H445" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I445" s="37"/>
       <c r="J445" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K445" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L445" s="65">
         <v>45494.618055555555</v>
       </c>
       <c r="M445" s="65">
         <v>45495.263888888891</v>
       </c>
       <c r="N445" s="65">
         <v>45496.197916666664</v>
       </c>
       <c r="O445" s="65">
         <v>45496.461805555555</v>
       </c>
     </row>
-    <row r="446" spans="1:15">
+    <row r="446" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A446" s="38">
         <v>1161076</v>
       </c>
       <c r="B446" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C446" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D446" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E446" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F446" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G446" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H446" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I446" s="37"/>
       <c r="J446" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K446" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L446" s="65">
         <v>45496.625</v>
       </c>
       <c r="M446" s="65">
         <v>45496.75</v>
       </c>
       <c r="N446" s="65">
         <v>45497.402777777781</v>
       </c>
       <c r="O446" s="65">
         <v>45497.479166666664</v>
       </c>
     </row>
-    <row r="447" spans="1:15">
+    <row r="447" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A447" s="38">
         <v>1161076</v>
       </c>
       <c r="B447" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C447" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D447" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E447" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F447" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G447" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H447" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I447" s="37"/>
       <c r="J447" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K447" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L447" s="65">
         <v>45496.625</v>
       </c>
       <c r="M447" s="65">
         <v>45496.725694444445</v>
       </c>
       <c r="N447" s="65">
         <v>45497.020833333336</v>
       </c>
       <c r="O447" s="65">
         <v>45497.479166666664</v>
       </c>
     </row>
-    <row r="448" spans="1:15">
+    <row r="448" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A448" s="38">
         <v>1161076</v>
       </c>
       <c r="B448" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C448" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D448" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E448" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F448" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G448" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H448" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I448" s="38">
         <v>9654971</v>
       </c>
       <c r="J448" s="37"/>
       <c r="K448" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L448" s="65">
         <v>45499.737500000003</v>
       </c>
       <c r="M448" s="65">
         <v>45500.583333333336</v>
       </c>
       <c r="N448" s="65">
         <v>45501.083333333336</v>
       </c>
       <c r="O448" s="65">
         <v>45501.510416666664</v>
       </c>
     </row>
-    <row r="449" spans="1:15">
+    <row r="449" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A449" s="38">
         <v>1161076</v>
       </c>
       <c r="B449" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C449" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D449" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E449" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F449" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G449" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H449" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I449" s="37"/>
       <c r="J449" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K449" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L449" s="65">
         <v>45501.631944444445</v>
       </c>
       <c r="M449" s="65">
         <v>45502.649305555555</v>
       </c>
       <c r="N449" s="65">
         <v>45503.034722222219</v>
       </c>
       <c r="O449" s="65">
         <v>45503.638888888891</v>
       </c>
     </row>
-    <row r="450" spans="1:15">
+    <row r="450" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A450" s="38">
         <v>1161076</v>
       </c>
       <c r="B450" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C450" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D450" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E450" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F450" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G450" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H450" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I450" s="37"/>
       <c r="J450" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K450" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L450" s="65">
         <v>45501.631944444445</v>
       </c>
       <c r="M450" s="65">
         <v>45502.951388888891</v>
       </c>
       <c r="N450" s="65">
         <v>45503.559027777781</v>
       </c>
       <c r="O450" s="65">
         <v>45503.638888888891</v>
       </c>
     </row>
-    <row r="451" spans="1:15">
+    <row r="451" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A451" s="38">
         <v>1161076</v>
       </c>
       <c r="B451" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C451" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D451" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E451" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F451" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G451" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H451" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I451" s="37"/>
       <c r="J451" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K451" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L451" s="65">
         <v>45502.597222222219</v>
       </c>
       <c r="M451" s="65">
         <v>45502.881944444445</v>
       </c>
       <c r="N451" s="65">
         <v>45503.131944444445</v>
       </c>
       <c r="O451" s="65">
         <v>45504.395833333336</v>
       </c>
     </row>
-    <row r="452" spans="1:15">
+    <row r="452" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A452" s="38">
         <v>1161076</v>
       </c>
       <c r="B452" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C452" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D452" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E452" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F452" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G452" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H452" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I452" s="37"/>
       <c r="J452" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K452" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L452" s="65">
         <v>45502.597222222219</v>
       </c>
       <c r="M452" s="65">
         <v>45503.190972222219</v>
       </c>
       <c r="N452" s="65">
         <v>45503.736111111109</v>
       </c>
       <c r="O452" s="65">
         <v>45504.395833333336</v>
       </c>
     </row>
-    <row r="453" spans="1:15">
+    <row r="453" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A453" s="38">
         <v>1161076</v>
       </c>
       <c r="B453" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C453" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D453" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E453" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F453" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G453" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H453" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I453" s="57">
         <v>9654971</v>
       </c>
       <c r="J453" s="37"/>
       <c r="K453" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L453" s="65">
         <v>45504.679166666669</v>
       </c>
       <c r="M453" s="65">
         <v>45504.754166666666</v>
       </c>
       <c r="N453" s="65">
         <v>45505.279166666667</v>
       </c>
       <c r="O453" s="65">
         <v>45506.520833333336</v>
       </c>
     </row>
-    <row r="454" spans="1:15">
+    <row r="454" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A454" s="38">
         <v>1161076</v>
       </c>
       <c r="B454" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C454" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D454" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E454" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F454" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G454" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H454" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I454" s="33"/>
       <c r="J454" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K454" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L454" s="65">
         <v>45507.614583333336</v>
       </c>
       <c r="M454" s="65">
         <v>45507.6875</v>
       </c>
       <c r="N454" s="65">
         <v>45508.003472222219</v>
       </c>
       <c r="O454" s="65">
         <v>45508.368055555555</v>
       </c>
     </row>
-    <row r="455" spans="1:15">
+    <row r="455" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A455" s="38">
         <v>1161076</v>
       </c>
       <c r="B455" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C455" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D455" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E455" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F455" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G455" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H455" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I455" s="33"/>
       <c r="J455" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K455" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L455" s="65">
         <v>45508.590277777781</v>
       </c>
       <c r="M455" s="65">
         <v>45508.659722222219</v>
       </c>
       <c r="N455" s="65">
         <v>45508.958333333336</v>
       </c>
       <c r="O455" s="65">
         <v>45510.413194444445</v>
       </c>
     </row>
-    <row r="456" spans="1:15">
+    <row r="456" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A456" s="38">
         <v>1161076</v>
       </c>
       <c r="B456" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C456" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D456" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E456" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F456" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G456" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H456" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I456" s="33"/>
       <c r="J456" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K456" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L456" s="65">
         <v>45508.590277777781</v>
       </c>
       <c r="M456" s="65">
         <v>45508.138888888891</v>
       </c>
       <c r="N456" s="65">
         <v>45509.524305555555</v>
       </c>
       <c r="O456" s="65">
         <v>45510.413194444445</v>
       </c>
     </row>
-    <row r="457" spans="1:15">
+    <row r="457" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A457" s="38">
         <v>1161076</v>
       </c>
       <c r="B457" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C457" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D457" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E457" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F457" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G457" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H457" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I457" s="33"/>
       <c r="J457" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K457" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L457" s="65">
         <v>45508.590277777781</v>
       </c>
       <c r="M457" s="65">
         <v>45509.590277777781</v>
       </c>
       <c r="N457" s="65">
         <v>45509.951388888891</v>
       </c>
       <c r="O457" s="65">
         <v>45510.413194444445</v>
       </c>
     </row>
-    <row r="458" spans="1:15">
+    <row r="458" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A458" s="38">
         <v>1161076</v>
       </c>
       <c r="B458" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C458" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D458" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E458" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F458" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G458" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H458" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I458" s="33"/>
       <c r="J458" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K458" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L458" s="65">
         <v>45518.614583333336</v>
       </c>
       <c r="M458" s="65">
         <v>45518.6875</v>
       </c>
       <c r="N458" s="65">
         <v>45519.920138888891</v>
       </c>
       <c r="O458" s="65">
         <v>45521.46875</v>
       </c>
     </row>
-    <row r="459" spans="1:15">
+    <row r="459" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A459" s="38">
         <v>1161076</v>
       </c>
       <c r="B459" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C459" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D459" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E459" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F459" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G459" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H459" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I459" s="33"/>
       <c r="J459" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K459" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L459" s="65">
         <v>45518.614583333336</v>
       </c>
       <c r="M459" s="65">
         <v>45520.284722222219</v>
       </c>
       <c r="N459" s="65">
         <v>45520.607638888891</v>
       </c>
       <c r="O459" s="65">
         <v>45521.46875</v>
       </c>
     </row>
-    <row r="460" spans="1:15">
+    <row r="460" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A460" s="38">
         <v>1161076</v>
       </c>
       <c r="B460" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C460" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D460" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E460" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F460" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G460" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H460" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I460" s="33"/>
       <c r="J460" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K460" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L460" s="65">
         <v>45518.614583333336</v>
       </c>
       <c r="M460" s="65">
         <v>45520.284722222219</v>
       </c>
       <c r="N460" s="65">
         <v>45520.902777777781</v>
       </c>
       <c r="O460" s="65">
         <v>45521.46875</v>
       </c>
     </row>
-    <row r="461" spans="1:15">
+    <row r="461" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A461" s="38">
         <v>1161076</v>
       </c>
       <c r="B461" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C461" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D461" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E461" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F461" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G461" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H461" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I461" s="33"/>
       <c r="J461" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K461" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L461" s="65">
         <v>45519.715277777781</v>
       </c>
       <c r="M461" s="65">
         <v>45519.829861111109</v>
       </c>
       <c r="N461" s="65">
         <v>45520.625</v>
       </c>
       <c r="O461" s="65">
         <v>45521.447916666664</v>
       </c>
     </row>
-    <row r="462" spans="1:15">
+    <row r="462" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A462" s="38">
         <v>1161076</v>
       </c>
       <c r="B462" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C462" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D462" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E462" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F462" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G462" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H462" s="55" t="s">
         <v>35</v>
       </c>
       <c r="I462" s="33"/>
       <c r="J462" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K462" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L462" s="65">
         <v>45519.715277777781</v>
       </c>
       <c r="M462" s="65">
         <v>45520.736111111109</v>
       </c>
       <c r="N462" s="65">
         <v>45521.215277777781</v>
       </c>
       <c r="O462" s="65">
         <v>45521.447916666664</v>
       </c>
     </row>
-    <row r="463" spans="1:15">
+    <row r="463" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A463" s="38">
         <v>1161076</v>
       </c>
       <c r="B463" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C463" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D463" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E463" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F463" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G463" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H463" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I463" s="33"/>
       <c r="J463" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K463" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L463" s="65">
         <v>45526.583333333336</v>
       </c>
       <c r="M463" s="65">
         <v>45526.694444444445</v>
       </c>
       <c r="N463" s="65">
         <v>45527.149305555555</v>
       </c>
       <c r="O463" s="65">
         <v>45529.361111111109</v>
       </c>
     </row>
-    <row r="464" spans="1:15">
+    <row r="464" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A464" s="38">
         <v>1161076</v>
       </c>
       <c r="B464" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C464" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D464" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E464" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F464" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G464" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H464" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I464" s="33"/>
       <c r="J464" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K464" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L464" s="65">
         <v>45526.583333333336</v>
       </c>
       <c r="M464" s="65">
         <v>45527.892361111109</v>
       </c>
       <c r="N464" s="65">
         <v>45528.8125</v>
       </c>
       <c r="O464" s="65">
         <v>45529.361111111109</v>
       </c>
     </row>
-    <row r="465" spans="1:15">
+    <row r="465" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A465" s="38">
         <v>1161076</v>
       </c>
       <c r="B465" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C465" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D465" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E465" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F465" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G465" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H465" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I465" s="33"/>
       <c r="J465" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K465" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L465" s="65">
         <v>45526.583333333336</v>
       </c>
       <c r="M465" s="65">
         <v>45527.920138888891</v>
       </c>
       <c r="N465" s="65">
         <v>45528.84375</v>
       </c>
       <c r="O465" s="65">
         <v>45529.361111111109</v>
       </c>
     </row>
-    <row r="466" spans="1:15">
+    <row r="466" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A466" s="38">
         <v>1161076</v>
       </c>
       <c r="B466" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C466" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D466" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E466" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F466" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G466" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H466" s="55" t="s">
         <v>24</v>
       </c>
       <c r="I466" s="33"/>
       <c r="J466" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K466" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L466" s="65">
         <v>45530.729166666664</v>
       </c>
       <c r="M466" s="65">
         <v>45530.840277777781</v>
       </c>
       <c r="N466" s="65">
         <v>45532.229166666664</v>
       </c>
       <c r="O466" s="65">
         <v>45533.361111111109</v>
       </c>
     </row>
-    <row r="467" spans="1:15">
+    <row r="467" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A467" s="38">
         <v>1161076</v>
       </c>
       <c r="B467" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C467" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D467" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E467" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F467" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G467" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H467" s="71" t="s">
         <v>24</v>
       </c>
       <c r="I467" s="68"/>
       <c r="J467" s="72" t="s">
         <v>28</v>
       </c>
       <c r="K467" s="16" t="s">
         <v>29</v>
       </c>
       <c r="L467" s="65">
         <v>45530.729166666664</v>
       </c>
       <c r="M467" s="65">
         <v>45532.3125</v>
       </c>
       <c r="N467" s="65">
         <v>45533.21875</v>
       </c>
       <c r="O467" s="65">
         <v>45533.361111111109</v>
       </c>
     </row>
-    <row r="468" spans="1:15">
+    <row r="468" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A468" s="38">
         <v>1161076</v>
       </c>
       <c r="B468" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C468" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D468" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E468" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F468" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G468" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H468" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I468" s="37"/>
       <c r="J468" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K468" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L468" s="70">
         <v>45536.736111111109</v>
       </c>
       <c r="M468" s="69">
         <v>45536.815972222219</v>
       </c>
       <c r="N468" s="69">
         <v>45537.131944444445</v>
       </c>
       <c r="O468" s="69">
         <v>45539.427083333336</v>
       </c>
     </row>
-    <row r="469" spans="1:15">
+    <row r="469" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A469" s="38">
         <v>1161076</v>
       </c>
       <c r="B469" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C469" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D469" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E469" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F469" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G469" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H469" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I469" s="37"/>
       <c r="J469" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K469" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L469" s="70">
         <v>45536.736111111109</v>
       </c>
       <c r="M469" s="69">
         <v>45536.819444444445</v>
       </c>
       <c r="N469" s="69">
         <v>45537.121527777781</v>
       </c>
       <c r="O469" s="69">
         <v>45539.427083333336</v>
       </c>
     </row>
-    <row r="470" spans="1:15">
+    <row r="470" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A470" s="38">
         <v>1161076</v>
       </c>
       <c r="B470" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C470" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D470" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E470" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F470" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G470" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H470" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I470" s="37"/>
       <c r="J470" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K470" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L470" s="70">
         <v>45536.736111111109</v>
       </c>
       <c r="M470" s="69">
         <v>45537.986111111109</v>
       </c>
       <c r="N470" s="69">
         <v>45538.510416666664</v>
       </c>
       <c r="O470" s="69">
         <v>45539.427083333336</v>
       </c>
     </row>
-    <row r="471" spans="1:15">
+    <row r="471" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A471" s="38">
         <v>1161076</v>
       </c>
       <c r="B471" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C471" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D471" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E471" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F471" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G471" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H471" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I471" s="37"/>
       <c r="J471" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K471" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L471" s="70">
         <v>45536.736111111109</v>
       </c>
       <c r="M471" s="69">
         <v>45537.989583333336</v>
       </c>
       <c r="N471" s="69">
         <v>45538.75</v>
       </c>
       <c r="O471" s="69">
         <v>45539.427083333336</v>
       </c>
     </row>
-    <row r="472" spans="1:15">
+    <row r="472" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A472" s="38">
         <v>1161076</v>
       </c>
       <c r="B472" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C472" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D472" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E472" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F472" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G472" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H472" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I472" s="37"/>
       <c r="J472" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K472" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L472" s="70">
         <v>45541.59375</v>
       </c>
       <c r="M472" s="69">
         <v>45541.670138888891</v>
       </c>
       <c r="N472" s="69">
         <v>45542.888888888891</v>
       </c>
       <c r="O472" s="69">
         <v>45544.506944444445</v>
       </c>
     </row>
-    <row r="473" spans="1:15">
+    <row r="473" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A473" s="38">
         <v>1161076</v>
       </c>
       <c r="B473" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C473" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D473" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E473" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F473" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G473" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H473" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I473" s="37"/>
       <c r="J473" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K473" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L473" s="70">
         <v>45541.59375</v>
       </c>
       <c r="M473" s="69">
         <v>45543.722222222219</v>
       </c>
       <c r="N473" s="69">
         <v>45544.104166666664</v>
       </c>
       <c r="O473" s="69">
         <v>45544.506944444445</v>
       </c>
     </row>
-    <row r="474" spans="1:15">
+    <row r="474" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A474" s="38">
         <v>1161076</v>
       </c>
       <c r="B474" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C474" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D474" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E474" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F474" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G474" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H474" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I474" s="37"/>
       <c r="J474" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K474" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L474" s="70">
         <v>45541.59375</v>
       </c>
       <c r="M474" s="69">
         <v>45543.722222222219</v>
       </c>
       <c r="N474" s="69">
         <v>45544.267361111109</v>
       </c>
       <c r="O474" s="69">
         <v>45544.506944444445</v>
       </c>
     </row>
-    <row r="475" spans="1:15">
+    <row r="475" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A475" s="38">
         <v>1161076</v>
       </c>
       <c r="B475" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C475" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D475" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E475" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F475" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G475" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H475" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I475" s="37"/>
       <c r="J475" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K475" s="66" t="s">
         <v>41</v>
       </c>
       <c r="L475" s="70">
         <v>45545.576388888891</v>
       </c>
       <c r="M475" s="69">
         <v>45545.65625</v>
       </c>
       <c r="N475" s="69">
         <v>45546.027777777781</v>
       </c>
       <c r="O475" s="69">
         <v>45549.513888888891</v>
       </c>
     </row>
-    <row r="476" spans="1:15">
+    <row r="476" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A476" s="38">
         <v>1161076</v>
       </c>
       <c r="B476" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C476" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D476" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E476" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F476" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G476" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H476" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I476" s="37"/>
       <c r="J476" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K476" s="66" t="s">
         <v>41</v>
       </c>
       <c r="L476" s="70">
         <v>45545.576388888891</v>
       </c>
       <c r="M476" s="69">
         <v>45545.666666666664</v>
       </c>
       <c r="N476" s="69">
         <v>45546.5625</v>
       </c>
       <c r="O476" s="69">
         <v>45549.513888888891</v>
       </c>
     </row>
-    <row r="477" spans="1:15">
+    <row r="477" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A477" s="38">
         <v>1161076</v>
       </c>
       <c r="B477" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C477" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D477" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E477" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F477" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G477" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H477" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I477" s="37"/>
       <c r="J477" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K477" s="66" t="s">
         <v>41</v>
       </c>
       <c r="L477" s="70">
         <v>45545.576388888891</v>
       </c>
       <c r="M477" s="69">
         <v>45547.243055555555</v>
       </c>
       <c r="N477" s="69">
         <v>45549.201388888891</v>
       </c>
       <c r="O477" s="69">
         <v>45549.513888888891</v>
       </c>
     </row>
-    <row r="478" spans="1:15">
+    <row r="478" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A478" s="38">
         <v>1161076</v>
       </c>
       <c r="B478" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C478" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D478" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E478" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F478" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G478" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H478" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I478" s="37"/>
       <c r="J478" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K478" s="66" t="s">
         <v>41</v>
       </c>
       <c r="L478" s="70">
         <v>45545.576388888891</v>
       </c>
       <c r="M478" s="69">
         <v>45547.239583333336</v>
       </c>
       <c r="N478" s="69">
         <v>45547.753472222219</v>
       </c>
       <c r="O478" s="69">
         <v>45549.513888888891</v>
       </c>
     </row>
-    <row r="479" spans="1:15">
+    <row r="479" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A479" s="38">
         <v>1161076</v>
       </c>
       <c r="B479" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C479" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D479" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E479" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F479" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G479" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H479" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I479" s="38">
         <v>9654971</v>
       </c>
       <c r="J479" s="37"/>
       <c r="K479" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L479" s="70">
         <v>45548.520833333336</v>
       </c>
       <c r="M479" s="69">
         <v>45550.541666666664</v>
       </c>
       <c r="N479" s="69">
         <v>45551.35833333333</v>
       </c>
       <c r="O479" s="69">
         <v>45551.5625</v>
       </c>
     </row>
-    <row r="480" spans="1:15">
+    <row r="480" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A480" s="38">
         <v>1161076</v>
       </c>
       <c r="B480" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C480" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D480" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E480" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F480" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G480" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H480" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I480" s="37"/>
       <c r="J480" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K480" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L480" s="70">
         <v>45552.649305555555</v>
       </c>
       <c r="M480" s="69">
         <v>45552.788194444445</v>
       </c>
       <c r="N480" s="69">
         <v>45553.159722222219</v>
       </c>
       <c r="O480" s="69">
         <v>45556.357638888891</v>
       </c>
     </row>
-    <row r="481" spans="1:15">
+    <row r="481" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A481" s="38">
         <v>1161076</v>
       </c>
       <c r="B481" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C481" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D481" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E481" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F481" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G481" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H481" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I481" s="37"/>
       <c r="J481" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K481" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L481" s="70">
         <v>45552.649305555555</v>
       </c>
       <c r="M481" s="69">
         <v>45552.975694444445</v>
       </c>
       <c r="N481" s="69">
         <v>45553.277777777781</v>
       </c>
       <c r="O481" s="69">
         <v>45556.357638888891</v>
       </c>
     </row>
-    <row r="482" spans="1:15">
+    <row r="482" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A482" s="38">
         <v>1161076</v>
       </c>
       <c r="B482" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C482" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D482" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E482" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F482" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G482" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H482" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I482" s="37"/>
       <c r="J482" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K482" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L482" s="70">
         <v>45552.649305555555</v>
       </c>
       <c r="M482" s="69">
         <v>45553.815972222219</v>
       </c>
       <c r="N482" s="69">
         <v>45556.003472222219</v>
       </c>
       <c r="O482" s="69">
         <v>45556.357638888891</v>
       </c>
     </row>
-    <row r="483" spans="1:15">
+    <row r="483" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A483" s="38">
         <v>1161076</v>
       </c>
       <c r="B483" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C483" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D483" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E483" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F483" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G483" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H483" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I483" s="37"/>
       <c r="J483" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K483" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L483" s="70">
         <v>45552.649305555555</v>
       </c>
       <c r="M483" s="69">
         <v>45553.972222222219</v>
       </c>
       <c r="N483" s="69">
         <v>45554.222222222219</v>
       </c>
       <c r="O483" s="69">
         <v>45556.357638888891</v>
       </c>
     </row>
-    <row r="484" spans="1:15">
+    <row r="484" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A484" s="38">
         <v>1161076</v>
       </c>
       <c r="B484" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C484" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D484" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E484" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F484" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G484" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H484" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I484" s="37"/>
       <c r="J484" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K484" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L484" s="70">
         <v>45556.53125</v>
       </c>
       <c r="M484" s="69">
         <v>45556.590277777781</v>
       </c>
       <c r="N484" s="69">
         <v>45557.236111111109</v>
       </c>
       <c r="O484" s="69">
         <v>45558.361111111109</v>
       </c>
     </row>
-    <row r="485" spans="1:15">
+    <row r="485" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A485" s="38">
         <v>1161076</v>
       </c>
       <c r="B485" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C485" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D485" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E485" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F485" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G485" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H485" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I485" s="37"/>
       <c r="J485" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K485" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L485" s="70">
         <v>45556.53125</v>
       </c>
       <c r="M485" s="69">
         <v>45557.28125</v>
       </c>
       <c r="N485" s="69">
         <v>45557.690972222219</v>
       </c>
       <c r="O485" s="69">
         <v>45558.361111111109</v>
       </c>
     </row>
-    <row r="486" spans="1:15">
+    <row r="486" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A486" s="38">
         <v>1161076</v>
       </c>
       <c r="B486" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C486" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D486" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E486" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F486" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G486" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H486" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I486" s="37">
         <v>9255799</v>
       </c>
       <c r="J486" s="37"/>
       <c r="K486" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L486" s="70">
         <v>45558.491666666669</v>
       </c>
       <c r="M486" s="69">
         <v>45558.600694444445</v>
       </c>
       <c r="N486" s="69">
         <v>45559.041666666664</v>
       </c>
       <c r="O486" s="69">
         <v>45559.513888888891</v>
       </c>
     </row>
-    <row r="487" spans="1:15">
+    <row r="487" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A487" s="38">
         <v>1161076</v>
       </c>
       <c r="B487" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C487" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D487" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E487" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F487" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G487" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H487" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I487" s="37"/>
       <c r="J487" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K487" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L487" s="70">
         <v>45560.645833333336</v>
       </c>
       <c r="M487" s="69">
         <v>45560.729166666664</v>
       </c>
       <c r="N487" s="69">
         <v>45561.354166666664</v>
       </c>
       <c r="O487" s="69">
         <v>45565.545138888891</v>
       </c>
     </row>
-    <row r="488" spans="1:15">
+    <row r="488" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A488" s="38">
         <v>1161076</v>
       </c>
       <c r="B488" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C488" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D488" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E488" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F488" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G488" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H488" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I488" s="37"/>
       <c r="J488" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K488" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L488" s="70">
         <v>45560.645833333336</v>
       </c>
       <c r="M488" s="69">
         <v>45561.815972222219</v>
       </c>
       <c r="N488" s="69">
         <v>45565.180555555555</v>
       </c>
       <c r="O488" s="69">
         <v>45565.545138888891</v>
       </c>
     </row>
-    <row r="489" spans="1:15">
+    <row r="489" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A489" s="38">
         <v>1161076</v>
       </c>
       <c r="B489" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C489" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D489" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E489" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F489" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G489" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H489" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I489" s="37"/>
       <c r="J489" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K489" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L489" s="70">
         <v>45562.604166666664</v>
       </c>
       <c r="M489" s="69">
         <v>45562.680555555555</v>
       </c>
       <c r="N489" s="69">
         <v>45563.826388888891</v>
       </c>
       <c r="O489" s="69">
         <v>45564.371527777781</v>
       </c>
     </row>
-    <row r="490" spans="1:15">
+    <row r="490" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A490" s="38">
         <v>1161076</v>
       </c>
       <c r="B490" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C490" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D490" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E490" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F490" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G490" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H490" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I490" s="37"/>
       <c r="J490" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K490" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L490" s="70">
         <v>45568.541666666664</v>
       </c>
       <c r="M490" s="70">
         <v>45568.618055555555</v>
       </c>
       <c r="N490" s="70">
         <v>45569.583333333336</v>
       </c>
       <c r="O490" s="70">
         <v>45570.385416666664</v>
       </c>
     </row>
-    <row r="491" spans="1:15">
+    <row r="491" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A491" s="38">
         <v>1161076</v>
       </c>
       <c r="B491" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C491" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D491" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E491" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F491" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G491" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H491" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I491" s="37"/>
       <c r="J491" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K491" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L491" s="70">
         <v>45568.541666666664</v>
       </c>
       <c r="M491" s="70">
         <v>45569.645833333336</v>
       </c>
       <c r="N491" s="70">
         <v>45570.225694444445</v>
       </c>
       <c r="O491" s="70">
         <v>45570.385416666664</v>
       </c>
     </row>
-    <row r="492" spans="1:15">
+    <row r="492" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A492" s="38">
         <v>1161076</v>
       </c>
       <c r="B492" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C492" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D492" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E492" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F492" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G492" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H492" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I492" s="37">
         <v>9255799</v>
       </c>
       <c r="K492" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L492" s="70">
         <v>45568.479166666664</v>
       </c>
       <c r="M492" s="70">
         <v>45569.680555555555</v>
       </c>
       <c r="N492" s="70">
         <v>45570.506944444445</v>
       </c>
       <c r="O492" s="70">
         <v>45570.555555555555</v>
       </c>
     </row>
-    <row r="493" spans="1:15">
+    <row r="493" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A493" s="38">
         <v>1161076</v>
       </c>
       <c r="B493" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C493" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D493" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E493" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F493" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G493" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H493" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I493" s="37"/>
       <c r="J493" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K493" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L493" s="70">
         <v>45571.756944444445</v>
       </c>
       <c r="M493" s="70">
         <v>45572.729166666664</v>
       </c>
       <c r="N493" s="70">
         <v>45574.253472222219</v>
       </c>
       <c r="O493" s="70">
         <v>45577.340277777781</v>
       </c>
     </row>
-    <row r="494" spans="1:15">
+    <row r="494" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A494" s="38">
         <v>1161076</v>
       </c>
       <c r="B494" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C494" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D494" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E494" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F494" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G494" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H494" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I494" s="37"/>
       <c r="J494" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K494" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L494" s="70">
         <v>45571.756944444445</v>
       </c>
       <c r="M494" s="70">
         <v>45574.722222222219</v>
       </c>
       <c r="N494" s="70">
         <v>45575.444444444445</v>
       </c>
       <c r="O494" s="70">
         <v>45577.340277777781</v>
       </c>
     </row>
-    <row r="495" spans="1:15">
+    <row r="495" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A495" s="38">
         <v>1161076</v>
       </c>
       <c r="B495" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C495" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D495" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E495" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F495" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G495" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H495" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I495" s="37">
         <v>9654971</v>
       </c>
       <c r="K495" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L495" s="70">
         <v>45572.487500000003</v>
       </c>
       <c r="M495" s="70">
         <v>45573.404166666667</v>
       </c>
       <c r="N495" s="70">
         <v>45574.179166666669</v>
       </c>
       <c r="O495" s="70">
         <v>45574.554166666669</v>
       </c>
     </row>
-    <row r="496" spans="1:15">
+    <row r="496" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A496" s="38">
         <v>1161076</v>
       </c>
       <c r="B496" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C496" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D496" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E496" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F496" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G496" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H496" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I496" s="37"/>
       <c r="J496" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K496" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L496" s="70">
         <v>45571.756944444445</v>
       </c>
       <c r="M496" s="70">
         <v>45576.746527777781</v>
       </c>
       <c r="N496" s="70">
         <v>45577.069444444445</v>
       </c>
       <c r="O496" s="70">
         <v>45577.340277777781</v>
       </c>
     </row>
-    <row r="497" spans="1:15">
+    <row r="497" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A497" s="38">
         <v>1161076</v>
       </c>
       <c r="B497" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C497" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D497" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E497" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F497" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G497" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H497" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I497" s="37"/>
       <c r="J497" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K497" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L497" s="70">
         <v>45577.517361111109</v>
       </c>
       <c r="M497" s="70">
         <v>45577.614583333336</v>
       </c>
       <c r="N497" s="70">
         <v>45578.826388888891</v>
       </c>
       <c r="O497" s="70">
         <v>45579.697916666664</v>
       </c>
     </row>
-    <row r="498" spans="1:15">
+    <row r="498" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A498" s="38">
         <v>1161076</v>
       </c>
       <c r="B498" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C498" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D498" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E498" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F498" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G498" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H498" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I498" s="37"/>
       <c r="J498" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K498" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L498" s="70">
         <v>45577.517361111109</v>
       </c>
       <c r="M498" s="70">
         <v>45578.875</v>
       </c>
       <c r="N498" s="70">
         <v>45579.5625</v>
       </c>
       <c r="O498" s="70">
         <v>45579.697916666664</v>
       </c>
     </row>
-    <row r="499" spans="1:15">
+    <row r="499" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A499" s="38">
         <v>1161076</v>
       </c>
       <c r="B499" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C499" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D499" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E499" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F499" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G499" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H499" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I499" s="37">
         <v>9255799</v>
       </c>
       <c r="K499" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L499" s="70">
         <v>45579.541666666664</v>
       </c>
       <c r="M499" s="70">
         <v>45579.64166666667</v>
       </c>
       <c r="N499" s="70">
         <v>45580.425000000003</v>
       </c>
       <c r="O499" s="70">
         <v>45580.561111111114</v>
       </c>
     </row>
-    <row r="500" spans="1:15">
+    <row r="500" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A500" s="38">
         <v>1161076</v>
       </c>
       <c r="B500" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C500" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D500" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E500" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F500" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G500" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H500" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I500" s="37"/>
       <c r="J500" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K500" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L500" s="70">
         <v>45584.5625</v>
       </c>
       <c r="M500" s="70">
         <v>45584.802083333336</v>
       </c>
       <c r="N500" s="70">
         <v>45585.225694444445</v>
       </c>
       <c r="O500" s="70">
         <v>45585.486111111109</v>
       </c>
     </row>
-    <row r="501" spans="1:15">
+    <row r="501" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A501" s="38">
         <v>1161076</v>
       </c>
       <c r="B501" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C501" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D501" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E501" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F501" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G501" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H501" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I501" s="37"/>
       <c r="J501" s="38" t="s">
         <v>28</v>
       </c>
       <c r="K501" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L501" s="70">
         <v>45584.5625</v>
       </c>
       <c r="M501" s="70">
         <v>45584.631944444445</v>
       </c>
       <c r="N501" s="70">
         <v>45584.861111111109</v>
       </c>
       <c r="O501" s="70">
         <v>45585.486111111109</v>
       </c>
     </row>
-    <row r="502" spans="1:15">
+    <row r="502" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A502" s="38">
         <v>1161076</v>
       </c>
       <c r="B502" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C502" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D502" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E502" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F502" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G502" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H502" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I502" s="37"/>
       <c r="J502" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K502" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L502" s="70">
         <v>45584.666666666664</v>
       </c>
       <c r="M502" s="70">
         <v>45584.732638888891</v>
       </c>
       <c r="N502" s="70">
         <v>45585.517361111109</v>
       </c>
       <c r="O502" s="70">
         <v>45585.552083333336</v>
       </c>
     </row>
-    <row r="503" spans="1:15">
+    <row r="503" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A503" s="38">
         <v>1161076</v>
       </c>
       <c r="B503" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C503" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D503" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E503" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F503" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G503" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H503" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I503" s="37">
         <v>9654971</v>
       </c>
       <c r="K503" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L503" s="70">
         <v>45588.395833333336</v>
       </c>
       <c r="M503" s="70">
         <v>45588.51666666667</v>
       </c>
       <c r="N503" s="70">
         <v>45589.087500000001</v>
       </c>
       <c r="O503" s="70">
         <v>45589.5625</v>
       </c>
     </row>
-    <row r="504" spans="1:15">
+    <row r="504" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A504" s="38">
         <v>1161076</v>
       </c>
       <c r="B504" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C504" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D504" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E504" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F504" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G504" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H504" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I504" s="37"/>
       <c r="J504" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K504" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L504" s="70">
         <v>45589.659722222219</v>
       </c>
       <c r="M504" s="70">
         <v>45589.746527777781</v>
       </c>
       <c r="N504" s="70">
         <v>45591.059027777781</v>
       </c>
       <c r="O504" s="70">
         <v>45592.256944444445</v>
       </c>
     </row>
-    <row r="505" spans="1:15">
+    <row r="505" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A505" s="38">
         <v>1161076</v>
       </c>
       <c r="B505" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C505" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D505" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E505" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F505" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G505" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H505" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I505" s="37"/>
       <c r="J505" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K505" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L505" s="70">
         <v>45589.659722222219</v>
       </c>
       <c r="M505" s="70">
         <v>45591.09375</v>
       </c>
       <c r="N505" s="70">
         <v>45591.958333333336</v>
       </c>
       <c r="O505" s="70">
         <v>45592.256944444445</v>
       </c>
     </row>
-    <row r="506" spans="1:15">
+    <row r="506" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A506" s="38">
         <v>1161076</v>
       </c>
       <c r="B506" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C506" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D506" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E506" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F506" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G506" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H506" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I506" s="44">
         <v>9255799</v>
       </c>
       <c r="K506" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L506" s="70">
         <v>45590.525000000001</v>
       </c>
       <c r="M506" s="70">
         <v>45591.1875</v>
       </c>
       <c r="N506" s="70">
         <v>45592.087500000001</v>
       </c>
       <c r="O506" s="70">
         <v>45592.371527777781</v>
       </c>
     </row>
-    <row r="507" spans="1:15">
+    <row r="507" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A507" s="38">
         <v>1161076</v>
       </c>
       <c r="B507" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C507" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D507" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E507" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F507" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G507" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H507" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I507" s="37"/>
       <c r="J507" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K507" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L507" s="70">
         <v>45592.708333333336</v>
       </c>
       <c r="M507" s="70">
         <v>45593.59375</v>
       </c>
       <c r="N507" s="70">
         <v>45594.930555555555</v>
       </c>
       <c r="O507" s="70">
         <v>45595.423611111109</v>
       </c>
     </row>
-    <row r="508" spans="1:15">
+    <row r="508" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A508" s="38">
         <v>1161076</v>
       </c>
       <c r="B508" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C508" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D508" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E508" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F508" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G508" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H508" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I508" s="28"/>
       <c r="J508" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K508" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L508" s="70">
         <v>45598.670138888891</v>
       </c>
       <c r="M508" s="70">
         <v>45598.725694444445</v>
       </c>
       <c r="N508" s="70">
         <v>45599.659722222219</v>
       </c>
       <c r="O508" s="70">
         <v>45599.659722222219</v>
       </c>
     </row>
-    <row r="509" spans="1:15">
+    <row r="509" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A509" s="38">
         <v>1161076</v>
       </c>
       <c r="B509" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C509" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D509" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E509" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F509" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G509" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H509" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I509" s="28"/>
       <c r="J509" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K509" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L509" s="70">
         <v>45598.670138888891</v>
       </c>
       <c r="M509" s="70">
         <v>45599.708333333336</v>
       </c>
       <c r="N509" s="70">
         <v>45600.395833333336</v>
       </c>
       <c r="O509" s="70">
         <v>45600.395833333336</v>
       </c>
     </row>
-    <row r="510" spans="1:15">
+    <row r="510" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A510" s="38">
         <v>1161076</v>
       </c>
       <c r="B510" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C510" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D510" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E510" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F510" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G510" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H510" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I510" s="28"/>
       <c r="J510" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K510" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L510" s="70">
         <v>45599.677083333336</v>
       </c>
       <c r="M510" s="70">
         <v>45599.743055555555</v>
       </c>
       <c r="N510" s="70">
         <v>45600.927083333336</v>
       </c>
       <c r="O510" s="70">
         <v>45600.927083333336</v>
       </c>
     </row>
-    <row r="511" spans="1:15">
+    <row r="511" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A511" s="38">
         <v>1161076</v>
       </c>
       <c r="B511" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C511" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D511" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E511" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F511" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G511" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H511" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I511" s="28"/>
       <c r="J511" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K511" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L511" s="70">
         <v>45599.677083333336</v>
       </c>
       <c r="M511" s="70">
         <v>45602.09375</v>
       </c>
       <c r="N511" s="70">
         <v>45602.381944444445</v>
       </c>
       <c r="O511" s="70">
         <v>45602.381944444445</v>
       </c>
     </row>
-    <row r="512" spans="1:15">
+    <row r="512" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A512" s="38">
         <v>1161076</v>
       </c>
       <c r="B512" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C512" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D512" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E512" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F512" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G512" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H512" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I512" s="37">
         <v>9255799</v>
       </c>
       <c r="K512" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L512" s="70">
         <v>45602.491666666669</v>
       </c>
       <c r="M512" s="70">
         <v>45602.6</v>
       </c>
       <c r="N512" s="70">
         <v>45603.32916666667</v>
       </c>
       <c r="O512" s="70">
         <v>45603.32916666667</v>
       </c>
     </row>
-    <row r="513" spans="1:15">
+    <row r="513" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A513" s="38">
         <v>1161076</v>
       </c>
       <c r="B513" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C513" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D513" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E513" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F513" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G513" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H513" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I513" s="28"/>
       <c r="J513" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K513" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L513" s="70">
         <v>45603.645833333336</v>
       </c>
       <c r="M513" s="70">
         <v>45604.114583333336</v>
       </c>
       <c r="N513" s="70">
         <v>45604.871527777781</v>
       </c>
       <c r="O513" s="70">
         <v>45604.871527777781</v>
       </c>
     </row>
-    <row r="514" spans="1:15">
+    <row r="514" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A514" s="38">
         <v>1161076</v>
       </c>
       <c r="B514" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C514" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D514" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E514" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F514" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G514" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H514" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I514" s="28"/>
       <c r="J514" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K514" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L514" s="70">
         <v>45607.791666666664</v>
       </c>
       <c r="M514" s="70">
         <v>45608.625</v>
       </c>
       <c r="N514" s="70">
         <v>45610.135416666664</v>
       </c>
       <c r="O514" s="70">
         <v>45610.135416666664</v>
       </c>
     </row>
-    <row r="515" spans="1:15">
+    <row r="515" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A515" s="38">
         <v>1161076</v>
       </c>
       <c r="B515" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C515" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D515" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E515" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F515" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G515" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H515" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I515" s="37">
         <v>9654971</v>
       </c>
       <c r="K515" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L515" s="70">
         <v>45608.529166666667</v>
       </c>
       <c r="M515" s="70">
         <v>45608.9</v>
       </c>
       <c r="N515" s="70">
         <v>45610.2</v>
       </c>
       <c r="O515" s="70">
         <v>45610.2</v>
       </c>
     </row>
-    <row r="516" spans="1:15">
+    <row r="516" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A516" s="38">
         <v>1161076</v>
       </c>
       <c r="B516" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C516" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D516" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E516" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F516" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G516" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H516" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I516" s="28"/>
       <c r="J516" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K516" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L516" s="70">
         <v>45607.791666666664</v>
       </c>
       <c r="M516" s="70">
         <v>45610.267361111109</v>
       </c>
       <c r="N516" s="70">
         <v>45610.871527777781</v>
       </c>
       <c r="O516" s="70">
         <v>45610.871527777781</v>
       </c>
     </row>
-    <row r="517" spans="1:15">
+    <row r="517" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A517" s="38">
         <v>1161076</v>
       </c>
       <c r="B517" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C517" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D517" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E517" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F517" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G517" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H517" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I517" s="28"/>
       <c r="J517" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K517" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L517" s="70">
         <v>45615.5</v>
       </c>
       <c r="M517" s="70">
         <v>45615.569444444445</v>
       </c>
       <c r="N517" s="70">
         <v>45615.892361111109</v>
       </c>
       <c r="O517" s="70">
         <v>45615.892361111109</v>
       </c>
     </row>
-    <row r="518" spans="1:15">
+    <row r="518" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A518" s="38">
         <v>1161076</v>
       </c>
       <c r="B518" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C518" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D518" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E518" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F518" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G518" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H518" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I518" s="28"/>
       <c r="J518" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K518" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L518" s="70">
         <v>45615.5</v>
       </c>
       <c r="M518" s="70">
         <v>45615.708333333336</v>
       </c>
       <c r="N518" s="70">
         <v>45615.993055555555</v>
       </c>
       <c r="O518" s="70">
         <v>45615.993055555555</v>
       </c>
     </row>
-    <row r="519" spans="1:15">
+    <row r="519" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A519" s="38">
         <v>1161076</v>
       </c>
       <c r="B519" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C519" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D519" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E519" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F519" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G519" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H519" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I519" s="28"/>
       <c r="J519" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K519" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L519" s="70">
         <v>45621.840277777781</v>
       </c>
       <c r="M519" s="70">
         <v>45621.954861111109</v>
       </c>
       <c r="N519" s="70">
         <v>45622.875</v>
       </c>
       <c r="O519" s="70">
         <v>45622.875</v>
       </c>
     </row>
-    <row r="520" spans="1:15">
+    <row r="520" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A520" s="38">
         <v>1161076</v>
       </c>
       <c r="B520" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C520" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D520" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E520" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F520" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G520" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H520" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I520" s="28"/>
       <c r="J520" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K520" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L520" s="70">
         <v>45623.604166666664</v>
       </c>
       <c r="M520" s="70">
         <v>45623.673611111109</v>
       </c>
       <c r="N520" s="70">
         <v>45624.350694444445</v>
       </c>
       <c r="O520" s="70">
         <v>45624.350694444445</v>
       </c>
     </row>
-    <row r="521" spans="1:15">
+    <row r="521" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A521" s="38">
         <v>1161076</v>
       </c>
       <c r="B521" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C521" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D521" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E521" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F521" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G521" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H521" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I521" s="28"/>
       <c r="J521" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K521" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L521" s="70">
         <v>45623.604166666664</v>
       </c>
       <c r="M521" s="70">
         <v>45624.777777777781</v>
       </c>
       <c r="N521" s="70">
         <v>45626.739583333336</v>
       </c>
       <c r="O521" s="70">
         <v>45626.739583333336</v>
       </c>
     </row>
-    <row r="522" spans="1:15">
+    <row r="522" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A522" s="38">
         <v>1161076</v>
       </c>
       <c r="B522" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C522" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D522" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E522" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F522" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G522" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H522" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I522" s="28"/>
       <c r="J522" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K522" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L522" s="70">
         <v>45626.506944444445</v>
       </c>
       <c r="M522" s="70">
         <v>45627.059027777781</v>
       </c>
       <c r="N522" s="70">
         <v>45627.826388888891</v>
       </c>
       <c r="O522" s="70">
         <v>45627.826388888891</v>
       </c>
     </row>
-    <row r="523" spans="1:15">
+    <row r="523" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A523" s="38">
         <v>1161076</v>
       </c>
       <c r="B523" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C523" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D523" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E523" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F523" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G523" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H523" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I523" s="28"/>
       <c r="J523" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K523" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L523" s="70">
         <v>45626.506944444445</v>
       </c>
       <c r="M523" s="70">
         <v>45629.809027777781</v>
       </c>
       <c r="N523" s="70">
         <v>45630.055555555555</v>
       </c>
       <c r="O523" s="70">
         <v>45630.055555555555</v>
       </c>
     </row>
-    <row r="524" spans="1:15">
+    <row r="524" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A524" s="38">
         <v>1161076</v>
       </c>
       <c r="B524" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C524" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D524" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E524" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F524" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G524" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H524" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I524" s="28"/>
       <c r="J524" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K524" s="20" t="s">
         <v>27</v>
       </c>
       <c r="L524" s="70">
         <v>45633.565972222219</v>
       </c>
       <c r="M524" s="70">
         <v>45633.649305555555</v>
       </c>
       <c r="N524" s="70">
         <v>45634.909722222219</v>
       </c>
       <c r="O524" s="70">
         <v>45637.46875</v>
       </c>
     </row>
-    <row r="525" spans="1:15">
+    <row r="525" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A525" s="38">
         <v>1161076</v>
       </c>
       <c r="B525" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C525" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D525" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E525" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F525" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G525" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H525" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I525" s="28"/>
       <c r="J525" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K525" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L525" s="70">
         <v>45633.565972222219</v>
       </c>
       <c r="M525" s="70">
         <v>45636.604166666664</v>
       </c>
       <c r="N525" s="70">
         <v>45637.017361111109</v>
       </c>
       <c r="O525" s="70">
         <v>45637.46875</v>
       </c>
     </row>
-    <row r="526" spans="1:15">
+    <row r="526" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A526" s="38">
         <v>1161076</v>
       </c>
       <c r="B526" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C526" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D526" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E526" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F526" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G526" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H526" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I526" s="28"/>
       <c r="J526" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K526" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L526" s="70">
         <v>45633.565972222219</v>
       </c>
       <c r="M526" s="70">
         <v>45636.597222222219</v>
       </c>
       <c r="N526" s="70">
         <v>45637.409722222219</v>
       </c>
       <c r="O526" s="70">
         <v>45637.46875</v>
       </c>
     </row>
-    <row r="527" spans="1:15">
+    <row r="527" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A527" s="38">
         <v>1161076</v>
       </c>
       <c r="B527" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C527" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D527" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E527" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F527" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G527" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H527" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I527" s="37">
         <v>9654971</v>
       </c>
       <c r="K527" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L527" s="70">
         <v>45634.487500000003</v>
       </c>
       <c r="M527" s="70">
         <v>45635.60833333333</v>
       </c>
       <c r="N527" s="70">
         <v>45636.445833333331</v>
       </c>
       <c r="O527" s="70">
         <v>45636.55</v>
       </c>
     </row>
-    <row r="528" spans="1:15">
+    <row r="528" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A528" s="38">
         <v>1161076</v>
       </c>
       <c r="B528" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C528" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D528" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E528" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F528" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G528" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H528" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I528" s="28"/>
       <c r="J528" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K528" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L528" s="70">
         <v>45640.6875</v>
       </c>
       <c r="M528" s="70">
         <v>45640.809027777781</v>
       </c>
       <c r="N528" s="70">
         <v>45642.083333333336</v>
       </c>
       <c r="O528" s="70">
         <v>45642.3125</v>
       </c>
     </row>
-    <row r="529" spans="1:15">
+    <row r="529" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A529" s="38">
         <v>1161076</v>
       </c>
       <c r="B529" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C529" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D529" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E529" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F529" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G529" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H529" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I529" s="28"/>
       <c r="J529" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K529" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L529" s="70">
         <v>45643.684027777781</v>
       </c>
       <c r="M529" s="70">
         <v>45643.729166666664</v>
       </c>
       <c r="N529" s="70">
         <v>45644.319444444445</v>
       </c>
       <c r="O529" s="70">
         <v>45645.333333333336</v>
       </c>
     </row>
-    <row r="530" spans="1:15">
+    <row r="530" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A530" s="38">
         <v>1161076</v>
       </c>
       <c r="B530" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C530" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D530" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E530" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F530" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G530" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H530" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I530" s="28"/>
       <c r="J530" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K530" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L530" s="70">
         <v>45643.684027777781</v>
       </c>
       <c r="M530" s="70">
         <v>45644.413194444445</v>
       </c>
       <c r="N530" s="70">
         <v>45645.020833333336</v>
       </c>
       <c r="O530" s="70">
         <v>45645.333333333336</v>
       </c>
     </row>
-    <row r="531" spans="1:15">
+    <row r="531" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A531" s="38">
         <v>1161076</v>
       </c>
       <c r="B531" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C531" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D531" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E531" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F531" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G531" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H531" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I531" s="28"/>
       <c r="J531" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K531" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L531" s="70">
         <v>45648.46875</v>
       </c>
       <c r="M531" s="70">
         <v>45648.684027777781</v>
       </c>
       <c r="N531" s="70">
         <v>45649.010416666664</v>
       </c>
       <c r="O531" s="70">
         <v>45650.354166666664</v>
       </c>
     </row>
-    <row r="532" spans="1:15">
+    <row r="532" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A532" s="38">
         <v>1161076</v>
       </c>
       <c r="B532" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C532" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D532" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E532" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F532" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G532" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H532" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I532" s="28"/>
       <c r="J532" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K532" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L532" s="70">
         <v>45648.46875</v>
       </c>
       <c r="M532" s="70">
         <v>45649.142361111109</v>
       </c>
       <c r="N532" s="70">
         <v>45649.822916666664</v>
       </c>
       <c r="O532" s="70">
         <v>45650.354166666664</v>
       </c>
     </row>
-    <row r="533" spans="1:15">
+    <row r="533" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A533" s="38">
         <v>1161076</v>
       </c>
       <c r="B533" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C533" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D533" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E533" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F533" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G533" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H533" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I533" s="28"/>
       <c r="J533" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K533" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L533" s="70">
         <v>45648.46875</v>
       </c>
       <c r="M533" s="70">
         <v>45649.145833333336</v>
       </c>
       <c r="N533" s="70">
         <v>45649.597222222219</v>
       </c>
       <c r="O533" s="70">
         <v>45650.354166666664</v>
       </c>
     </row>
-    <row r="534" spans="1:15">
+    <row r="534" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A534" s="38">
         <v>1161076</v>
       </c>
       <c r="B534" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C534" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D534" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E534" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F534" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G534" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H534" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I534" s="37">
         <v>9654971</v>
       </c>
       <c r="K534" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L534" s="70">
         <v>45651.520833333336</v>
       </c>
       <c r="M534" s="70">
         <v>45651.837500000001</v>
       </c>
       <c r="N534" s="70">
         <v>45652.754166666666</v>
       </c>
       <c r="O534" s="70">
         <v>45653.381944444445</v>
       </c>
     </row>
-    <row r="535" spans="1:15">
+    <row r="535" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A535" s="38">
         <v>1161076</v>
       </c>
       <c r="B535" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C535" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D535" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E535" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F535" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G535" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H535" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I535" s="28"/>
       <c r="J535" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K535" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L535" s="70">
         <v>45652.586805555555</v>
       </c>
       <c r="M535" s="70">
         <v>45652.90625</v>
       </c>
       <c r="N535" s="70">
         <v>45654.201388888891</v>
       </c>
       <c r="O535" s="70">
         <v>45655.388888888891</v>
       </c>
     </row>
-    <row r="536" spans="1:15">
+    <row r="536" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A536" s="38">
         <v>1161076</v>
       </c>
       <c r="B536" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C536" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D536" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E536" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F536" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G536" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H536" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I536" s="28"/>
       <c r="J536" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K536" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L536" s="70">
         <v>45652.586805555555</v>
       </c>
       <c r="M536" s="70">
         <v>45654.642361111109</v>
       </c>
       <c r="N536" s="70">
         <v>45655.041666666664</v>
       </c>
       <c r="O536" s="70">
         <v>45655.388888888891</v>
       </c>
     </row>
-    <row r="537" spans="1:15">
+    <row r="537" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A537" s="38">
         <v>1161076</v>
       </c>
       <c r="B537" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C537" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D537" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E537" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F537" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G537" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H537" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I537" s="28"/>
       <c r="J537" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K537" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L537" s="70">
         <v>45652.586805555555</v>
       </c>
       <c r="M537" s="70">
         <v>45654.791666666664</v>
       </c>
       <c r="N537" s="70">
         <v>45655.315972222219</v>
       </c>
       <c r="O537" s="70">
         <v>45655.388888888891</v>
       </c>
     </row>
-    <row r="538" spans="1:15">
+    <row r="538" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A538" s="38">
         <v>1161076</v>
       </c>
       <c r="B538" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C538" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D538" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E538" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F538" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G538" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H538" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I538" s="37">
         <v>9255799</v>
       </c>
       <c r="K538" s="21" t="s">
         <v>42</v>
       </c>
       <c r="L538" s="70">
         <v>45653.520833333336</v>
       </c>
       <c r="M538" s="70">
         <v>45653.680555555555</v>
       </c>
       <c r="N538" s="70">
         <v>45654.305555555555</v>
       </c>
       <c r="O538" s="70">
         <v>45654.5625</v>
       </c>
     </row>
-    <row r="539" spans="1:15">
+    <row r="539" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A539" s="38">
         <v>1161076</v>
       </c>
       <c r="B539" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C539" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D539" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E539" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F539" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G539" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H539" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I539" s="28"/>
       <c r="J539" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K539" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L539" s="70">
         <v>45655.496527777781</v>
       </c>
       <c r="M539" s="70">
         <v>45655.614583333336</v>
       </c>
       <c r="N539" s="70">
         <v>45656.798611111109</v>
       </c>
       <c r="O539" s="70">
         <v>45657.25</v>
       </c>
     </row>
-    <row r="540" spans="1:15">
+    <row r="540" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A540" s="38">
         <v>1161076</v>
       </c>
       <c r="B540" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C540" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D540" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E540" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F540" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G540" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H540" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I540" s="28"/>
       <c r="J540" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K540" s="63" t="s">
         <v>27</v>
       </c>
       <c r="L540" s="74">
         <v>45655.496527777781</v>
       </c>
       <c r="M540" s="74">
         <v>45655.614583333336</v>
       </c>
       <c r="N540" s="74">
         <v>45655.878472222219</v>
       </c>
       <c r="O540" s="74">
         <v>45657.25</v>
       </c>
     </row>
-    <row r="541" spans="1:15">
+    <row r="541" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A541" s="38">
         <v>1161076</v>
       </c>
       <c r="B541" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C541" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D541" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E541" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F541" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G541" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H541" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I541" s="28"/>
       <c r="J541" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K541" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L541" s="74">
         <v>45658.659722222219</v>
       </c>
       <c r="M541" s="74">
         <v>45658.736111111109</v>
       </c>
       <c r="N541" s="74">
         <v>45658.951388888891</v>
       </c>
       <c r="O541" s="74">
         <v>45660.649305555555</v>
       </c>
     </row>
-    <row r="542" spans="1:15">
+    <row r="542" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A542" s="38">
         <v>1161076</v>
       </c>
       <c r="B542" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C542" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D542" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E542" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F542" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G542" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H542" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I542" s="28"/>
       <c r="J542" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K542" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L542" s="74">
         <v>45658.659722222219</v>
       </c>
       <c r="M542" s="74">
         <v>45660.159722222219</v>
       </c>
       <c r="N542" s="74">
         <v>45660.538194444445</v>
       </c>
       <c r="O542" s="74">
         <v>45660.649305555555</v>
       </c>
     </row>
-    <row r="543" spans="1:15">
+    <row r="543" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A543" s="38">
         <v>1161076</v>
       </c>
       <c r="B543" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C543" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D543" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E543" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F543" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G543" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H543" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I543" s="28"/>
       <c r="J543" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K543" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L543" s="74">
         <v>45663.461805555555</v>
       </c>
       <c r="M543" s="74">
         <v>45663.524305555555</v>
       </c>
       <c r="N543" s="74">
         <v>45664.795138888891</v>
       </c>
       <c r="O543" s="74">
         <v>45665.350694444445</v>
       </c>
     </row>
-    <row r="544" spans="1:15">
+    <row r="544" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A544" s="38">
         <v>1161076</v>
       </c>
       <c r="B544" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C544" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D544" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E544" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F544" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G544" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H544" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I544" s="28"/>
       <c r="J544" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K544" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L544" s="74">
         <v>45663.461805555555</v>
       </c>
       <c r="M544" s="74">
         <v>45664.840277777781</v>
       </c>
       <c r="N544" s="74">
         <v>45664.197916666664</v>
       </c>
       <c r="O544" s="74">
         <v>45665.350694444445</v>
       </c>
     </row>
-    <row r="545" spans="1:15">
+    <row r="545" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A545" s="38">
         <v>1161076</v>
       </c>
       <c r="B545" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C545" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D545" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E545" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F545" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G545" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H545" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I545" s="28"/>
       <c r="J545" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K545" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L545" s="74">
         <v>45666.4375</v>
       </c>
       <c r="M545" s="74">
         <v>45666.559027777781</v>
       </c>
       <c r="N545" s="74">
         <v>45667.284722222219</v>
       </c>
       <c r="O545" s="74">
         <v>45668.361111111109</v>
       </c>
     </row>
-    <row r="546" spans="1:15">
+    <row r="546" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A546" s="38">
         <v>1161076</v>
       </c>
       <c r="B546" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C546" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D546" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E546" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F546" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G546" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H546" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I546" s="28"/>
       <c r="J546" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K546" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L546" s="74">
         <v>45666.4375</v>
       </c>
       <c r="M546" s="74">
         <v>45667.777777777781</v>
       </c>
       <c r="N546" s="74">
         <v>45668.041666666664</v>
       </c>
       <c r="O546" s="74">
         <v>45668.361111111109</v>
       </c>
     </row>
-    <row r="547" spans="1:15">
+    <row r="547" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A547" s="38">
         <v>1161076</v>
       </c>
       <c r="B547" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C547" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D547" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E547" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F547" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G547" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H547" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I547" s="37">
         <v>9255799</v>
       </c>
       <c r="K547" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L547" s="74">
         <v>45669.566666666666</v>
       </c>
       <c r="M547" s="74">
         <v>45670.340277777781</v>
       </c>
       <c r="N547" s="74">
         <v>45670.980555555558</v>
       </c>
       <c r="O547" s="74">
         <v>45671.559027777781</v>
       </c>
     </row>
-    <row r="548" spans="1:15">
+    <row r="548" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A548" s="38">
         <v>1161076</v>
       </c>
       <c r="B548" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C548" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D548" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E548" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F548" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G548" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H548" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I548" s="28"/>
       <c r="J548" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K548" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L548" s="74">
         <v>45670.350694444445</v>
       </c>
       <c r="M548" s="74">
         <v>45672.041666666664</v>
       </c>
       <c r="N548" s="74">
         <v>45672.711805555555</v>
       </c>
       <c r="O548" s="74">
         <v>45673.263888888891</v>
       </c>
     </row>
-    <row r="549" spans="1:15">
+    <row r="549" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A549" s="38">
         <v>1161076</v>
       </c>
       <c r="B549" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C549" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D549" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E549" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F549" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G549" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H549" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I549" s="28"/>
       <c r="J549" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K549" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L549" s="74">
         <v>45670.350694444445</v>
       </c>
       <c r="M549" s="74">
         <v>45672.041666666664</v>
       </c>
       <c r="N549" s="74">
         <v>45672.340277777781</v>
       </c>
       <c r="O549" s="74">
         <v>45673.263888888891</v>
       </c>
     </row>
-    <row r="550" spans="1:15">
+    <row r="550" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A550" s="38">
         <v>1161076</v>
       </c>
       <c r="B550" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C550" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D550" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E550" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F550" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G550" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H550" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I550" s="37">
         <v>9654971</v>
       </c>
       <c r="K550" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L550" s="74">
         <v>45672.479166666664</v>
       </c>
       <c r="M550" s="74">
         <v>45672.691666666666</v>
       </c>
       <c r="N550" s="74">
         <v>45673.491666666669</v>
       </c>
       <c r="O550" s="74">
         <v>45673.583333333336</v>
       </c>
     </row>
-    <row r="551" spans="1:15">
+    <row r="551" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A551" s="38">
         <v>1161076</v>
       </c>
       <c r="B551" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C551" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D551" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E551" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F551" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G551" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H551" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I551" s="28"/>
       <c r="J551" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K551" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L551" s="74">
         <v>45674.444444444445</v>
       </c>
       <c r="M551" s="74">
         <v>45674.517361111109</v>
       </c>
       <c r="N551" s="74">
         <v>45675.5</v>
       </c>
       <c r="O551" s="74">
         <v>45677.375</v>
       </c>
     </row>
-    <row r="552" spans="1:15">
+    <row r="552" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A552" s="38">
         <v>1161076</v>
       </c>
       <c r="B552" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C552" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D552" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E552" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F552" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G552" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H552" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I552" s="28"/>
       <c r="J552" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K552" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L552" s="74">
         <v>45674.444444444445</v>
       </c>
       <c r="M552" s="74">
         <v>45676.125</v>
       </c>
       <c r="N552" s="74">
         <v>45676.576388888891</v>
       </c>
       <c r="O552" s="74">
         <v>45677.375</v>
       </c>
     </row>
-    <row r="553" spans="1:15">
+    <row r="553" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A553" s="38">
         <v>1161076</v>
       </c>
       <c r="B553" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C553" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D553" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E553" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F553" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G553" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H553" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I553" s="28"/>
       <c r="J553" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K553" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L553" s="74">
         <v>45674.444444444445</v>
       </c>
       <c r="M553" s="74">
         <v>45676.135416666664</v>
       </c>
       <c r="N553" s="74">
         <v>45676.649305555555</v>
       </c>
       <c r="O553" s="74">
         <v>45677.375</v>
       </c>
     </row>
-    <row r="554" spans="1:15">
+    <row r="554" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A554" s="38">
         <v>1161076</v>
       </c>
       <c r="B554" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C554" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D554" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E554" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F554" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G554" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H554" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I554" s="37">
         <v>9255799</v>
       </c>
       <c r="K554" s="66" t="s">
         <v>42</v>
       </c>
       <c r="L554" s="74">
         <v>45681.495833333334</v>
       </c>
       <c r="M554" s="74">
         <v>45681.679166666669</v>
       </c>
       <c r="N554" s="74">
         <v>45682.400000000001</v>
       </c>
       <c r="O554" s="74">
         <v>45682.576388888891</v>
       </c>
     </row>
-    <row r="555" spans="1:15">
+    <row r="555" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A555" s="38">
         <v>1161076</v>
       </c>
       <c r="B555" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C555" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D555" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E555" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F555" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G555" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H555" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I555" s="28"/>
       <c r="J555" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K555" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L555" s="74">
         <v>45683.704861111109</v>
       </c>
       <c r="M555" s="74">
         <v>45683.760416666664</v>
       </c>
       <c r="N555" s="74">
         <v>45685.020833333336</v>
       </c>
       <c r="O555" s="74">
         <v>45686.427083333336</v>
       </c>
     </row>
-    <row r="556" spans="1:15">
+    <row r="556" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A556" s="38">
         <v>1161076</v>
       </c>
       <c r="B556" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C556" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D556" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E556" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F556" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G556" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H556" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I556" s="28"/>
       <c r="J556" s="58" t="s">
         <v>28</v>
       </c>
       <c r="K556" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L556" s="74">
         <v>45683.704861111109</v>
       </c>
       <c r="M556" s="74">
         <v>45685.072916666664</v>
       </c>
       <c r="N556" s="74">
         <v>45686.114583333336</v>
       </c>
       <c r="O556" s="74">
         <v>45686.427083333336</v>
       </c>
     </row>
-    <row r="557" spans="1:15">
+    <row r="557" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A557" s="38">
         <v>1161076</v>
       </c>
       <c r="B557" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C557" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D557" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E557" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F557" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G557" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H557" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I557" s="37">
         <v>9654971</v>
       </c>
       <c r="J557" s="28"/>
       <c r="K557" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L557" s="75">
         <v>45688.4375</v>
       </c>
       <c r="M557" s="75">
         <v>45688.612500000003</v>
       </c>
       <c r="N557" s="75">
         <v>45689.495833333334</v>
       </c>
       <c r="O557" s="75">
         <v>45689.590277777781</v>
       </c>
     </row>
-    <row r="558" spans="1:15">
+    <row r="558" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A558" s="38">
         <v>1161076</v>
       </c>
       <c r="B558" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C558" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D558" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E558" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F558" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G558" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H558" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I558" s="37"/>
       <c r="J558" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K558" s="20" t="s">
         <v>29</v>
       </c>
       <c r="L558" s="75">
         <v>45690.607638888891</v>
       </c>
       <c r="M558" s="75">
         <v>45690.680555555555</v>
       </c>
       <c r="N558" s="75">
         <v>45691.607638888891</v>
       </c>
       <c r="O558" s="75">
         <v>45693.364583333336</v>
       </c>
     </row>
-    <row r="559" spans="1:15">
+    <row r="559" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A559" s="38">
         <v>1161076</v>
       </c>
       <c r="B559" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C559" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D559" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E559" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F559" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G559" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H559" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I559" s="37"/>
       <c r="J559" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K559" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L559" s="75">
         <v>45690.607638888891</v>
       </c>
       <c r="M559" s="75">
         <v>45692.472222222219</v>
       </c>
       <c r="N559" s="75">
         <v>45692.854166666664</v>
       </c>
       <c r="O559" s="75">
         <v>45693.364583333336</v>
       </c>
     </row>
-    <row r="560" spans="1:15">
+    <row r="560" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A560" s="38">
         <v>1161076</v>
       </c>
       <c r="B560" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C560" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D560" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E560" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F560" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G560" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H560" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I560" s="37"/>
       <c r="J560" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K560" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L560" s="75">
         <v>45690.607638888891</v>
       </c>
       <c r="M560" s="75">
         <v>45692.475694444445</v>
       </c>
       <c r="N560" s="75">
         <v>45693.166666666664</v>
       </c>
       <c r="O560" s="75">
         <v>45693.364583333336</v>
       </c>
     </row>
-    <row r="561" spans="1:15">
+    <row r="561" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A561" s="38">
         <v>1161076</v>
       </c>
       <c r="B561" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C561" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D561" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E561" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F561" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G561" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H561" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I561" s="37">
         <v>9255828</v>
       </c>
       <c r="J561" s="37"/>
       <c r="K561" s="21" t="s">
         <v>43</v>
       </c>
       <c r="L561" s="75">
         <v>45698.489583333336</v>
       </c>
       <c r="M561" s="75">
         <v>45698.701388888891</v>
       </c>
       <c r="N561" s="75">
         <v>45699.3125</v>
       </c>
       <c r="O561" s="75">
         <v>45699.572916666664</v>
       </c>
     </row>
-    <row r="562" spans="1:15">
+    <row r="562" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A562" s="38">
         <v>1161076</v>
       </c>
       <c r="B562" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C562" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D562" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E562" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F562" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G562" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H562" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I562" s="37"/>
       <c r="J562" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K562" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L562" s="75">
         <v>45698.715277777781</v>
       </c>
       <c r="M562" s="75">
         <v>45698.78125</v>
       </c>
       <c r="N562" s="75">
         <v>45699.847222222219</v>
       </c>
       <c r="O562" s="75">
         <v>45700.506944444445</v>
       </c>
     </row>
-    <row r="563" spans="1:15">
+    <row r="563" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A563" s="38">
         <v>1161076</v>
       </c>
       <c r="B563" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C563" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D563" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E563" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F563" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G563" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H563" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I563" s="37"/>
       <c r="J563" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K563" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L563" s="75">
         <v>45698.715277777781</v>
       </c>
       <c r="M563" s="75">
         <v>45699.920138888891</v>
       </c>
       <c r="N563" s="75">
         <v>45700.451388888891</v>
       </c>
       <c r="O563" s="75">
         <v>45700.506944444445</v>
       </c>
     </row>
-    <row r="564" spans="1:15">
+    <row r="564" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A564" s="38">
         <v>1161076</v>
       </c>
       <c r="B564" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C564" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D564" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E564" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F564" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G564" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H564" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I564" s="37"/>
       <c r="J564" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K564" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L564" s="75">
         <v>45705.5</v>
       </c>
       <c r="M564" s="75">
         <v>45705.555555555555</v>
       </c>
       <c r="N564" s="75">
         <v>45706.461805555555</v>
       </c>
       <c r="O564" s="75">
         <v>45707.291666666664</v>
       </c>
     </row>
-    <row r="565" spans="1:15">
+    <row r="565" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A565" s="38">
         <v>1161076</v>
       </c>
       <c r="B565" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C565" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D565" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E565" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F565" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G565" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H565" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I565" s="37"/>
       <c r="J565" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K565" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L565" s="75">
         <v>45705.5</v>
       </c>
       <c r="M565" s="75">
         <v>45706.534722222219</v>
       </c>
       <c r="N565" s="75">
         <v>45707.204861111109</v>
       </c>
       <c r="O565" s="75">
         <v>45707.291666666664</v>
       </c>
     </row>
-    <row r="566" spans="1:15">
+    <row r="566" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A566" s="38">
         <v>1161076</v>
       </c>
       <c r="B566" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C566" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D566" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E566" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F566" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G566" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H566" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I566" s="44">
         <v>9654971</v>
       </c>
       <c r="J566" s="44"/>
       <c r="K566" s="21" t="s">
         <v>31</v>
       </c>
       <c r="L566" s="75">
         <v>45708.5625</v>
       </c>
       <c r="M566" s="75">
         <v>45709.658333333333</v>
       </c>
       <c r="N566" s="75">
         <v>45710.45416666667</v>
       </c>
       <c r="O566" s="75">
         <v>45710.569444444445</v>
       </c>
     </row>
-    <row r="567" spans="1:15">
+    <row r="567" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A567" s="38">
         <v>1161076</v>
       </c>
       <c r="B567" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C567" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D567" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E567" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F567" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G567" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H567" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I567" s="37">
         <v>9255828</v>
       </c>
       <c r="J567" s="37"/>
       <c r="K567" s="41" t="s">
         <v>43</v>
       </c>
       <c r="L567" s="75">
         <v>45709.520833333336</v>
       </c>
       <c r="M567" s="75">
         <v>45709.743055555555</v>
       </c>
       <c r="N567" s="75">
         <v>45710.159722222219</v>
       </c>
       <c r="O567" s="75">
         <v>45710.5625</v>
       </c>
     </row>
-    <row r="568" spans="1:15">
+    <row r="568" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A568" s="38">
         <v>1161076</v>
       </c>
       <c r="B568" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C568" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D568" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E568" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F568" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G568" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H568" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I568" s="37"/>
       <c r="J568" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K568" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L568" s="75">
         <v>45712.611111111109</v>
       </c>
       <c r="M568" s="75">
         <v>45712.694444444445</v>
       </c>
       <c r="N568" s="75">
         <v>45713.159722222219</v>
       </c>
       <c r="O568" s="75">
         <v>45713.270833333336</v>
       </c>
     </row>
-    <row r="569" spans="1:15">
+    <row r="569" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A569" s="38">
         <v>1161076</v>
       </c>
       <c r="B569" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C569" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D569" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E569" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F569" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G569" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H569" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I569" s="37"/>
       <c r="J569" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K569" s="76" t="s">
         <v>29</v>
       </c>
       <c r="L569" s="75">
         <v>45720.451388888891</v>
       </c>
       <c r="M569" s="75">
         <v>45751.541666666664</v>
       </c>
       <c r="N569" s="75">
         <v>45752.694444444445</v>
       </c>
       <c r="O569" s="75">
         <v>45723.361111111109</v>
       </c>
     </row>
-    <row r="570" spans="1:15">
+    <row r="570" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A570" s="38">
         <v>1161076</v>
       </c>
       <c r="B570" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C570" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D570" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E570" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F570" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G570" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H570" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I570" s="37"/>
       <c r="J570" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K570" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L570" s="75">
         <v>45720.451388888891</v>
       </c>
       <c r="M570" s="75">
         <v>45721.802083333336</v>
       </c>
       <c r="N570" s="75">
         <v>45722.722222222219</v>
       </c>
       <c r="O570" s="75">
         <v>45723.361111111109</v>
       </c>
     </row>
-    <row r="571" spans="1:15">
+    <row r="571" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A571" s="38">
         <v>1161076</v>
       </c>
       <c r="B571" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C571" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D571" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E571" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F571" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G571" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H571" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I571" s="37">
         <v>9654971</v>
       </c>
       <c r="J571" s="37"/>
       <c r="K571" s="41" t="s">
         <v>31</v>
       </c>
       <c r="L571" s="75">
         <v>45721.520833333336</v>
       </c>
       <c r="M571" s="75">
         <v>45721.729166666664</v>
       </c>
       <c r="N571" s="75">
         <v>45722.654166666667</v>
       </c>
       <c r="O571" s="75">
         <v>45723.387499999997</v>
       </c>
     </row>
-    <row r="572" spans="1:15">
+    <row r="572" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A572" s="38">
         <v>1161076</v>
       </c>
       <c r="B572" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C572" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D572" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E572" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F572" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G572" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H572" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I572" s="37">
         <v>9255828</v>
       </c>
       <c r="J572" s="37"/>
       <c r="K572" s="41" t="s">
         <v>43</v>
       </c>
       <c r="L572" s="75">
         <v>45724.525000000001</v>
       </c>
       <c r="M572" s="75">
         <v>45724.645833333336</v>
       </c>
       <c r="N572" s="75">
         <v>45725.305555555555</v>
       </c>
       <c r="O572" s="75">
         <v>45725.472222222219</v>
       </c>
     </row>
-    <row r="573" spans="1:15">
+    <row r="573" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A573" s="38">
         <v>1161076</v>
       </c>
       <c r="B573" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C573" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D573" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E573" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F573" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G573" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H573" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I573" s="37">
         <v>9255828</v>
       </c>
       <c r="J573" s="37"/>
       <c r="K573" s="41" t="s">
         <v>43</v>
       </c>
       <c r="L573" s="75">
         <v>45726.662499999999</v>
       </c>
       <c r="M573" s="75">
         <v>45726.745833333334</v>
       </c>
       <c r="N573" s="75">
         <v>45726.995833333334</v>
       </c>
       <c r="O573" s="75">
         <v>45727.34375</v>
       </c>
     </row>
-    <row r="574" spans="1:15">
+    <row r="574" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A574" s="38">
         <v>1161076</v>
       </c>
       <c r="B574" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C574" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D574" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E574" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F574" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G574" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H574" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I574" s="37"/>
       <c r="J574" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K574" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L574" s="75">
         <v>45727.670138888891</v>
       </c>
       <c r="M574" s="75">
         <v>45727.743055555555</v>
       </c>
       <c r="N574" s="75">
         <v>45728.649305555555</v>
       </c>
       <c r="O574" s="75">
         <v>45731.295138888891</v>
       </c>
     </row>
-    <row r="575" spans="1:15">
+    <row r="575" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A575" s="38">
         <v>1161076</v>
       </c>
       <c r="B575" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C575" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D575" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E575" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F575" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G575" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H575" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I575" s="37"/>
       <c r="J575" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K575" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L575" s="75">
         <v>45727.670138888891</v>
       </c>
       <c r="M575" s="75">
         <v>45729.475694444445</v>
       </c>
       <c r="N575" s="75">
         <v>45730.173611111109</v>
       </c>
       <c r="O575" s="75">
         <v>45731.295138888891</v>
       </c>
     </row>
-    <row r="576" spans="1:15">
+    <row r="576" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A576" s="38">
         <v>1161076</v>
       </c>
       <c r="B576" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C576" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D576" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E576" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F576" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G576" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H576" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I576" s="37"/>
       <c r="J576" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K576" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L576" s="75">
         <v>45727.670138888891</v>
       </c>
       <c r="M576" s="75">
         <v>45730.465277777781</v>
       </c>
       <c r="N576" s="75">
         <v>45730.881944444445</v>
       </c>
       <c r="O576" s="75">
         <v>45731.295138888891</v>
       </c>
     </row>
-    <row r="577" spans="1:15">
+    <row r="577" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A577" s="38">
         <v>1161076</v>
       </c>
       <c r="B577" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C577" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D577" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E577" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F577" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G577" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H577" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I577" s="37">
         <v>9255828</v>
       </c>
       <c r="J577" s="37"/>
       <c r="K577" s="77" t="s">
         <v>43</v>
       </c>
       <c r="L577" s="75">
         <v>45733.53125</v>
       </c>
       <c r="M577" s="75">
         <v>45733.64166666667</v>
       </c>
       <c r="N577" s="75">
         <v>45734.362500000003</v>
       </c>
       <c r="O577" s="75">
         <v>45734.552083333336</v>
       </c>
     </row>
-    <row r="578" spans="1:15">
+    <row r="578" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A578" s="38">
         <v>1161076</v>
       </c>
       <c r="B578" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C578" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D578" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E578" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F578" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G578" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H578" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I578" s="37">
         <v>9654971</v>
       </c>
       <c r="J578" s="37"/>
       <c r="K578" s="41" t="s">
         <v>31</v>
       </c>
       <c r="L578" s="75">
         <v>45737.479166666664</v>
       </c>
       <c r="M578" s="75">
         <v>45737.591666666667</v>
       </c>
       <c r="N578" s="75">
         <v>45738.345833333333</v>
       </c>
       <c r="O578" s="75">
         <v>45738.559027777781</v>
       </c>
     </row>
-    <row r="579" spans="1:15">
+    <row r="579" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A579" s="38">
         <v>1161076</v>
       </c>
       <c r="B579" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C579" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D579" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E579" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F579" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G579" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H579" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I579" s="37">
         <v>9255828</v>
       </c>
       <c r="J579" s="37"/>
       <c r="K579" s="41" t="s">
         <v>43</v>
       </c>
       <c r="L579" s="75">
         <v>45738.491666666669</v>
       </c>
       <c r="M579" s="75">
         <v>45738.631944444445</v>
       </c>
       <c r="N579" s="75">
         <v>45739.3125</v>
       </c>
       <c r="O579" s="75">
         <v>45740.561111111114</v>
       </c>
     </row>
-    <row r="580" spans="1:15">
+    <row r="580" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A580" s="38">
         <v>1161076</v>
       </c>
       <c r="B580" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C580" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D580" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E580" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F580" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G580" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H580" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I580" s="37"/>
       <c r="J580" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K580" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L580" s="75">
         <v>45738.645833333336</v>
       </c>
       <c r="M580" s="75">
         <v>45738.739583333336</v>
       </c>
       <c r="N580" s="75">
         <v>45739.354166666664</v>
       </c>
       <c r="O580" s="75">
         <v>45739.5</v>
       </c>
     </row>
-    <row r="581" spans="1:15">
+    <row r="581" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A581" s="38">
         <v>1161076</v>
       </c>
       <c r="B581" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C581" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D581" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E581" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F581" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G581" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H581" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I581" s="37"/>
       <c r="J581" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K581" s="41" t="s">
         <v>27</v>
       </c>
       <c r="L581" s="75">
         <v>45743.520833333336</v>
       </c>
       <c r="M581" s="75">
         <v>45743.802083333336</v>
       </c>
       <c r="N581" s="75">
         <v>45744.239583333336</v>
       </c>
       <c r="O581" s="75">
         <v>45745.381944444445</v>
       </c>
     </row>
-    <row r="582" spans="1:15">
+    <row r="582" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A582" s="38">
         <v>1161076</v>
       </c>
       <c r="B582" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C582" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D582" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E582" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F582" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G582" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H582" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I582" s="44"/>
       <c r="J582" s="57" t="s">
         <v>26</v>
       </c>
       <c r="K582" s="45" t="s">
         <v>27</v>
       </c>
       <c r="L582" s="75">
         <v>45743.520833333336</v>
       </c>
       <c r="M582" s="75">
         <v>45744.381944444445</v>
       </c>
       <c r="N582" s="75">
         <v>45744.993055555555</v>
       </c>
       <c r="O582" s="75">
         <v>45745.381944444445</v>
       </c>
     </row>
-    <row r="583" spans="1:15">
+    <row r="583" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A583" s="38">
         <v>1161076</v>
       </c>
       <c r="B583" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C583" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D583" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E583" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F583" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G583" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H583" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I583" s="37"/>
       <c r="J583" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K583" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L583" s="75">
         <v>45744.788194444445</v>
       </c>
       <c r="M583" s="75">
         <v>45744.854166666664</v>
       </c>
       <c r="N583" s="75">
         <v>45745.732638888891</v>
       </c>
       <c r="O583" s="75">
         <v>45746.513888888891</v>
       </c>
     </row>
-    <row r="584" spans="1:15">
+    <row r="584" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A584" s="38">
         <v>1161076</v>
       </c>
       <c r="B584" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C584" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D584" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E584" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F584" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G584" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H584" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I584" s="37"/>
       <c r="J584" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K584" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L584" s="75">
         <v>45744.788194444445</v>
       </c>
       <c r="M584" s="75">
         <v>45746.020833333336</v>
       </c>
       <c r="N584" s="75">
         <v>45746.46875</v>
       </c>
       <c r="O584" s="75">
         <v>45746.513888888891</v>
       </c>
     </row>
-    <row r="585" spans="1:15" ht="15">
+    <row r="585" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A585" s="38">
         <v>1161076</v>
       </c>
       <c r="B585" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C585" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D585" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E585" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F585" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G585" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H585" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I585" s="37"/>
       <c r="J585" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K585" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L585" s="75">
         <v>45749.618055555555</v>
       </c>
       <c r="M585" s="75">
         <v>45749.743055555555</v>
       </c>
       <c r="N585" s="75">
         <v>45750.222222222219</v>
       </c>
       <c r="O585" s="75">
         <v>45750.381944444445</v>
       </c>
     </row>
-    <row r="586" spans="1:15" ht="15">
+    <row r="586" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A586" s="38">
         <v>1161076</v>
       </c>
       <c r="B586" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C586" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D586" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E586" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F586" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G586" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H586" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I586" s="37"/>
       <c r="J586" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K586" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L586" s="75">
         <v>45749.618055555555</v>
       </c>
       <c r="M586" s="75">
         <v>45749.75</v>
       </c>
       <c r="N586" s="75">
         <v>45750.260416666664</v>
       </c>
       <c r="O586" s="75">
         <v>45750.381944444445</v>
       </c>
     </row>
-    <row r="587" spans="1:15" ht="15">
+    <row r="587" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A587" s="38">
         <v>1161076</v>
       </c>
       <c r="B587" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C587" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D587" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E587" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F587" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G587" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H587" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I587" s="37"/>
       <c r="J587" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K587" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L587" s="75">
         <v>45751.517361111109</v>
       </c>
       <c r="M587" s="75">
         <v>45751.701388888891</v>
       </c>
       <c r="N587" s="75">
         <v>45752.642361111109</v>
       </c>
       <c r="O587" s="75">
         <v>45752.6875</v>
       </c>
     </row>
-    <row r="588" spans="1:15" ht="15">
+    <row r="588" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A588" s="38">
         <v>1161076</v>
       </c>
       <c r="B588" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C588" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D588" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E588" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F588" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G588" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H588" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I588" s="37"/>
       <c r="J588" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K588" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L588" s="75">
         <v>45756.583333333336</v>
       </c>
       <c r="M588" s="75">
         <v>45757.836805555555</v>
       </c>
       <c r="N588" s="75">
         <v>45759.173611111109</v>
       </c>
       <c r="O588" s="75">
         <v>45759.34375</v>
       </c>
     </row>
-    <row r="589" spans="1:15" ht="15">
+    <row r="589" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A589" s="38">
         <v>1161076</v>
       </c>
       <c r="B589" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C589" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D589" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E589" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F589" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G589" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H589" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I589" s="37"/>
       <c r="J589" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K589" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L589" s="75">
         <v>45756.583333333336</v>
       </c>
       <c r="M589" s="75">
         <v>45757.840277777781</v>
       </c>
       <c r="N589" s="75">
         <v>45758.104166666664</v>
       </c>
       <c r="O589" s="75">
         <v>45759.34375</v>
       </c>
     </row>
-    <row r="590" spans="1:15" ht="15">
+    <row r="590" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A590" s="38">
         <v>1161076</v>
       </c>
       <c r="B590" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C590" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D590" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E590" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F590" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G590" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H590" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I590" s="37">
         <v>9353890</v>
       </c>
       <c r="J590" s="37"/>
       <c r="K590" s="66" t="s">
         <v>44</v>
       </c>
       <c r="L590" s="75">
         <v>45758.508333333331</v>
       </c>
       <c r="M590" s="75">
         <v>45758.64166666667</v>
       </c>
       <c r="N590" s="75">
         <v>45759.675000000003</v>
       </c>
       <c r="O590" s="75">
         <v>45760.395833333336</v>
       </c>
     </row>
-    <row r="591" spans="1:15" ht="15">
+    <row r="591" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A591" s="38">
         <v>1161076</v>
       </c>
       <c r="B591" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C591" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D591" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E591" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F591" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G591" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H591" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I591" s="37">
         <v>9654971</v>
       </c>
       <c r="J591" s="37"/>
       <c r="K591" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L591" s="75">
         <v>45759.512499999997</v>
       </c>
       <c r="M591" s="75">
         <v>45759.612500000003</v>
       </c>
       <c r="N591" s="75">
         <v>45760.29583333333</v>
       </c>
       <c r="O591" s="75">
         <v>45760.541666666664</v>
       </c>
     </row>
-    <row r="592" spans="1:15" ht="15">
+    <row r="592" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A592" s="38">
         <v>1161076</v>
       </c>
       <c r="B592" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C592" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D592" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E592" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F592" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G592" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H592" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I592" s="37"/>
       <c r="J592" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K592" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L592" s="75">
         <v>45760.65625</v>
       </c>
       <c r="M592" s="75">
         <v>45760.739583333336</v>
       </c>
       <c r="N592" s="75">
         <v>45762.013888888891</v>
       </c>
       <c r="O592" s="75">
         <v>45763.399305555555</v>
       </c>
     </row>
-    <row r="593" spans="1:15" ht="15">
+    <row r="593" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A593" s="38">
         <v>1161076</v>
       </c>
       <c r="B593" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C593" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D593" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E593" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F593" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G593" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H593" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I593" s="37"/>
       <c r="J593" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K593" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L593" s="75">
         <v>45760.65625</v>
       </c>
       <c r="M593" s="75">
         <v>45761.288194444445</v>
       </c>
       <c r="N593" s="75">
         <v>45762.868055555555</v>
       </c>
       <c r="O593" s="75">
         <v>45763.399305555555</v>
       </c>
     </row>
-    <row r="594" spans="1:15" ht="15">
+    <row r="594" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A594" s="38">
         <v>1161076</v>
       </c>
       <c r="B594" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C594" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D594" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E594" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F594" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G594" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H594" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I594" s="37"/>
       <c r="J594" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K594" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L594" s="75">
         <v>45768.677083333336</v>
       </c>
       <c r="M594" s="75">
         <v>45768.743055555555</v>
       </c>
       <c r="N594" s="75">
         <v>45769.916666666664</v>
       </c>
       <c r="O594" s="75">
         <v>45771.40625</v>
       </c>
     </row>
-    <row r="595" spans="1:15" ht="15">
+    <row r="595" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A595" s="38">
         <v>1161076</v>
       </c>
       <c r="B595" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C595" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D595" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E595" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F595" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G595" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H595" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I595" s="37"/>
       <c r="J595" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K595" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L595" s="75">
         <v>45768.677083333336</v>
       </c>
       <c r="M595" s="75">
         <v>45770.454861111109</v>
       </c>
       <c r="N595" s="75">
         <v>45770.9375</v>
       </c>
       <c r="O595" s="75">
         <v>45771.40625</v>
       </c>
     </row>
-    <row r="596" spans="1:15" ht="15">
+    <row r="596" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A596" s="38">
         <v>1161076</v>
       </c>
       <c r="B596" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C596" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D596" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E596" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F596" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G596" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H596" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I596" s="37"/>
       <c r="J596" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K596" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L596" s="75">
         <v>45768.677083333336</v>
       </c>
       <c r="M596" s="75">
         <v>45770.430555555555</v>
       </c>
       <c r="N596" s="75">
         <v>45770.795138888891</v>
       </c>
       <c r="O596" s="75">
         <v>45771.40625</v>
       </c>
     </row>
-    <row r="597" spans="1:15" ht="15">
+    <row r="597" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A597" s="38">
         <v>1161076</v>
       </c>
       <c r="B597" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C597" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D597" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E597" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F597" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G597" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H597" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I597" s="37"/>
       <c r="J597" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K597" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L597" s="75">
         <v>45770.763888888891</v>
       </c>
       <c r="M597" s="75">
         <v>45770.833333333336</v>
       </c>
       <c r="N597" s="75">
         <v>45771.75</v>
       </c>
       <c r="O597" s="75">
         <v>45772.71875</v>
       </c>
     </row>
-    <row r="598" spans="1:15" ht="15">
+    <row r="598" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A598" s="38">
         <v>1161076</v>
       </c>
       <c r="B598" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C598" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D598" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E598" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F598" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G598" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H598" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I598" s="37"/>
       <c r="J598" s="38" t="s">
         <v>26</v>
       </c>
       <c r="K598" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L598" s="75">
         <v>45770.763888888891</v>
       </c>
       <c r="M598" s="75">
         <v>45771.819444444445</v>
       </c>
       <c r="N598" s="75">
         <v>45772.652777777781</v>
       </c>
       <c r="O598" s="75">
         <v>45772.71875</v>
       </c>
     </row>
-    <row r="599" spans="1:15" ht="15">
+    <row r="599" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A599" s="38">
         <v>1161076</v>
       </c>
       <c r="B599" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C599" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D599" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E599" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F599" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G599" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H599" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I599" s="37">
         <v>9654971</v>
       </c>
       <c r="J599" s="37"/>
       <c r="K599" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L599" s="75">
         <v>45771.520833333336</v>
       </c>
       <c r="M599" s="75">
         <v>45771.625</v>
       </c>
       <c r="N599" s="75">
         <v>45772.25</v>
       </c>
       <c r="O599" s="75">
         <v>45772.534722222219</v>
       </c>
     </row>
-    <row r="600" spans="1:15" ht="15">
+    <row r="600" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A600" s="38">
         <v>1161076</v>
       </c>
       <c r="B600" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C600" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D600" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E600" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F600" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G600" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H600" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I600" s="37"/>
       <c r="J600" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K600" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L600" s="75">
         <v>45775.572916666664</v>
       </c>
       <c r="M600" s="75">
         <v>45775.642361111109</v>
       </c>
       <c r="N600" s="75">
         <v>45776.274305555555</v>
       </c>
       <c r="O600" s="75">
         <v>45777.361111111109</v>
       </c>
     </row>
-    <row r="601" spans="1:15" ht="15">
+    <row r="601" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A601" s="38">
         <v>1161076</v>
       </c>
       <c r="B601" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C601" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D601" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E601" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F601" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G601" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H601" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I601" s="37"/>
       <c r="J601" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K601" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L601" s="75">
         <v>45775.572916666664</v>
       </c>
       <c r="M601" s="75">
         <v>45776.416666666664</v>
       </c>
       <c r="N601" s="75">
         <v>45776.809027777781</v>
       </c>
       <c r="O601" s="75">
         <v>45777.361111111109</v>
       </c>
     </row>
-    <row r="602" spans="1:15" ht="15">
+    <row r="602" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A602" s="38">
         <v>1161076</v>
       </c>
       <c r="B602" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C602" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D602" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E602" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F602" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G602" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H602" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I602" s="37"/>
       <c r="J602" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K602" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L602" s="75">
         <v>45775.572916666664</v>
       </c>
       <c r="M602" s="75">
         <v>45776.427083333336</v>
       </c>
       <c r="N602" s="75">
         <v>45777.166666666664</v>
       </c>
       <c r="O602" s="75">
         <v>45777.361111111109</v>
       </c>
     </row>
-    <row r="603" spans="1:15" ht="15">
+    <row r="603" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A603" s="38">
         <v>1161076</v>
       </c>
       <c r="B603" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C603" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D603" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E603" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F603" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G603" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H603" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I603" s="44">
         <v>9654971</v>
       </c>
       <c r="J603" s="37"/>
       <c r="K603" s="66" t="s">
         <v>31</v>
       </c>
       <c r="L603" s="75">
         <v>45776.508333333331</v>
       </c>
       <c r="M603" s="75">
         <v>45776.637499999997</v>
       </c>
       <c r="N603" s="75">
         <v>45777.383333333331</v>
       </c>
       <c r="O603" s="75">
         <v>45777.55</v>
       </c>
     </row>
-    <row r="604" spans="1:15" ht="15">
+    <row r="604" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A604" s="38">
         <v>1161076</v>
       </c>
       <c r="B604" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C604" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D604" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E604" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F604" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G604" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H604" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I604" s="28"/>
       <c r="J604" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K604" s="78" t="s">
         <v>27</v>
       </c>
       <c r="L604" s="75">
         <v>45778.635416666664</v>
       </c>
       <c r="M604" s="75">
         <v>45778.690972222219</v>
       </c>
       <c r="N604" s="75">
         <v>45779.871527777781</v>
       </c>
       <c r="O604" s="75">
         <v>45780.451388888891</v>
       </c>
     </row>
-    <row r="605" spans="1:15" ht="15">
+    <row r="605" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A605" s="38">
         <v>1161076</v>
       </c>
       <c r="B605" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C605" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D605" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E605" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F605" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G605" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H605" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I605" s="28"/>
       <c r="J605" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K605" s="60" t="s">
         <v>27</v>
       </c>
       <c r="L605" s="75">
         <v>45778.635416666664</v>
       </c>
       <c r="M605" s="75">
         <v>45779.940972222219</v>
       </c>
       <c r="N605" s="75">
         <v>45780.388888888891</v>
       </c>
       <c r="O605" s="75">
         <v>45780.451388888891</v>
       </c>
     </row>
-    <row r="606" spans="1:15" ht="15">
+    <row r="606" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A606" s="38">
         <v>1161076</v>
       </c>
       <c r="B606" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C606" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D606" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E606" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F606" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G606" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H606" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I606" s="28"/>
       <c r="J606" s="79" t="s">
         <v>28</v>
       </c>
       <c r="K606" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L606" s="75">
         <v>45781.805555555555</v>
       </c>
       <c r="M606" s="75">
         <v>45781.923611111109</v>
       </c>
       <c r="N606" s="75">
         <v>45782.447916666664</v>
       </c>
       <c r="O606" s="75">
         <v>45785.326388888891</v>
       </c>
     </row>
-    <row r="607" spans="1:15" ht="15">
+    <row r="607" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A607" s="38">
         <v>1161076</v>
       </c>
       <c r="B607" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C607" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D607" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E607" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F607" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G607" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H607" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I607" s="28"/>
       <c r="J607" s="79" t="s">
         <v>28</v>
       </c>
       <c r="K607" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L607" s="75">
         <v>45781.805555555555</v>
       </c>
       <c r="M607" s="75">
         <v>45782.347222222219</v>
       </c>
       <c r="N607" s="75">
         <v>45784.965277777781</v>
       </c>
       <c r="O607" s="75">
         <v>45785.326388888891</v>
       </c>
     </row>
-    <row r="608" spans="1:15" ht="15">
+    <row r="608" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A608" s="38">
         <v>1161076</v>
       </c>
       <c r="B608" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C608" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D608" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E608" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F608" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G608" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H608" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I608" s="28"/>
       <c r="J608" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K608" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L608" s="75">
         <v>45786.645833333336</v>
       </c>
       <c r="M608" s="75">
         <v>45786.753472222219</v>
       </c>
       <c r="N608" s="75">
         <v>45788.53125</v>
       </c>
       <c r="O608" s="75">
         <v>45788.611111111109</v>
       </c>
     </row>
-    <row r="609" spans="1:15" ht="15">
+    <row r="609" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A609" s="38">
         <v>1161076</v>
       </c>
       <c r="B609" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C609" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D609" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E609" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F609" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G609" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H609" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I609" s="28"/>
       <c r="J609" s="79" t="s">
         <v>28</v>
       </c>
       <c r="K609" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L609" s="75">
         <v>45788.513888888891</v>
       </c>
       <c r="M609" s="75">
         <v>45788.618055555555</v>
       </c>
       <c r="N609" s="75">
         <v>45789.222222222219</v>
       </c>
       <c r="O609" s="75">
         <v>45789.395833333336</v>
       </c>
     </row>
-    <row r="610" spans="1:15" ht="15">
+    <row r="610" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A610" s="38">
         <v>1161076</v>
       </c>
       <c r="B610" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C610" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D610" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E610" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F610" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G610" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H610" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I610" s="28"/>
       <c r="J610" s="58" t="s">
         <v>26</v>
       </c>
       <c r="K610" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L610" s="75">
         <v>45792.701388888891</v>
       </c>
       <c r="M610" s="75">
         <v>45792.756944444445</v>
       </c>
       <c r="N610" s="75">
         <v>45793.965277777781</v>
       </c>
       <c r="O610" s="75">
         <v>45794.267361111109</v>
       </c>
     </row>
-    <row r="611" spans="1:15" ht="15">
+    <row r="611" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A611" s="38">
         <v>1161076</v>
       </c>
       <c r="B611" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C611" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D611" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E611" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F611" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G611" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H611" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I611" s="28"/>
       <c r="J611" s="79" t="s">
         <v>28</v>
       </c>
       <c r="K611" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L611" s="75">
         <v>45793.666666666664</v>
       </c>
       <c r="M611" s="75">
         <v>45793.53125</v>
       </c>
       <c r="N611" s="75">
         <v>45794.638888888891</v>
       </c>
       <c r="O611" s="75">
         <v>45794.697916666664</v>
       </c>
     </row>
-    <row r="612" spans="1:15" ht="15">
+    <row r="612" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A612" s="38">
         <v>1161076</v>
       </c>
       <c r="B612" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C612" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D612" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E612" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F612" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G612" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H612" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I612" s="37">
         <v>9654971</v>
       </c>
       <c r="K612" s="21" t="s">
         <v>34</v>
       </c>
       <c r="L612" s="75">
         <v>45796.508333333331</v>
       </c>
       <c r="M612" s="75">
         <v>45796.625</v>
       </c>
       <c r="N612" s="75">
         <v>45797.26666666667</v>
       </c>
       <c r="O612" s="75">
         <v>45797.559027777781</v>
       </c>
     </row>
-    <row r="613" spans="1:15" ht="15">
+    <row r="613" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A613" s="38">
         <v>1161076</v>
       </c>
       <c r="B613" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C613" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D613" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E613" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F613" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G613" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H613" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I613" s="28"/>
       <c r="J613" s="79" t="s">
         <v>28</v>
       </c>
       <c r="K613" s="21" t="s">
         <v>29</v>
       </c>
       <c r="L613" s="75">
         <v>45800.611111111109</v>
       </c>
       <c r="M613" s="75">
         <v>45800.684027777781</v>
       </c>
       <c r="N613" s="75">
         <v>45801.319444444445</v>
       </c>
       <c r="O613" s="75">
         <v>45801.430555555555</v>
       </c>
     </row>
-    <row r="614" spans="1:15" ht="15">
+    <row r="614" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A614" s="38">
         <v>1161076</v>
       </c>
       <c r="B614" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C614" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D614" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E614" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F614" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G614" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H614" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I614" s="31"/>
       <c r="J614" s="80" t="s">
         <v>26</v>
       </c>
       <c r="K614" s="21" t="s">
         <v>27</v>
       </c>
       <c r="L614" s="75">
         <v>45801.618055555555</v>
       </c>
       <c r="M614" s="75">
         <v>45801.767361111109</v>
       </c>
       <c r="N614" s="75">
         <v>45802.579861111109</v>
       </c>
       <c r="O614" s="75">
         <v>45802.631944444445</v>
       </c>
     </row>
-    <row r="615" spans="1:15" ht="15">
+    <row r="615" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A615" s="38">
         <v>1161076</v>
       </c>
       <c r="B615" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C615" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D615" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E615" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F615" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G615" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H615" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I615" s="28"/>
       <c r="J615" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K615" s="41" t="s">
         <v>29</v>
       </c>
       <c r="L615" s="75">
         <v>45808.715277777781</v>
       </c>
       <c r="M615" s="75">
         <v>45809.888888888891</v>
       </c>
       <c r="N615" s="75">
         <v>45810.979166666664</v>
       </c>
       <c r="O615" s="75">
         <v>45811.361111111109</v>
       </c>
     </row>
-    <row r="616" spans="1:15" ht="15">
+    <row r="616" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A616" s="38">
         <v>1161076</v>
       </c>
       <c r="B616" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C616" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D616" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E616" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F616" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G616" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H616" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I616" s="28"/>
       <c r="J616" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K616" s="76" t="s">
         <v>27</v>
       </c>
       <c r="L616" s="75">
         <v>45810.621527777781</v>
       </c>
       <c r="M616" s="75">
         <v>45810.986111111109</v>
       </c>
       <c r="N616" s="75">
         <v>45812.729166666664</v>
       </c>
       <c r="O616" s="75">
         <v>45812.78125</v>
       </c>
     </row>
-    <row r="617" spans="1:15" ht="15">
+    <row r="617" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A617" s="38">
         <v>1161076</v>
       </c>
       <c r="B617" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C617" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D617" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E617" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F617" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G617" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H617" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I617" s="28"/>
       <c r="J617" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K617" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L617" s="75">
         <v>45814.631944444445</v>
       </c>
       <c r="M617" s="75">
         <v>45814.684027777781</v>
       </c>
       <c r="N617" s="75">
         <v>45815.295138888891</v>
       </c>
       <c r="O617" s="75">
         <v>45815.482638888891</v>
       </c>
     </row>
-    <row r="618" spans="1:15" ht="15">
+    <row r="618" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A618" s="38">
         <v>1161076</v>
       </c>
       <c r="B618" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C618" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D618" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E618" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F618" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G618" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H618" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I618" s="28"/>
       <c r="J618" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K618" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L618" s="75">
         <v>45818.743055555555</v>
       </c>
       <c r="M618" s="75">
         <v>45818.840277777781</v>
       </c>
       <c r="N618" s="75">
         <v>45819.236111111109</v>
       </c>
       <c r="O618" s="75">
         <v>45819.381944444445</v>
       </c>
     </row>
-    <row r="619" spans="1:15" ht="15">
+    <row r="619" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A619" s="38">
         <v>1161076</v>
       </c>
       <c r="B619" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C619" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D619" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E619" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F619" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G619" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H619" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I619" s="28"/>
       <c r="J619" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K619" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L619" s="75">
         <v>45822.607638888891</v>
       </c>
       <c r="M619" s="75">
         <v>45822.697916666664</v>
       </c>
       <c r="N619" s="75">
         <v>45823.854166666664</v>
       </c>
       <c r="O619" s="75">
         <v>45824.430555555555</v>
       </c>
     </row>
-    <row r="620" spans="1:15" ht="15">
+    <row r="620" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A620" s="38">
         <v>1161076</v>
       </c>
       <c r="B620" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C620" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D620" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E620" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F620" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G620" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H620" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I620" s="28"/>
       <c r="J620" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K620" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L620" s="75">
         <v>45824.583333333336</v>
       </c>
       <c r="M620" s="75">
         <v>45824.690972222219</v>
       </c>
       <c r="N620" s="75">
         <v>45825.097222222219</v>
       </c>
       <c r="O620" s="75">
         <v>45824.423611111109</v>
       </c>
     </row>
-    <row r="621" spans="1:15" ht="15">
+    <row r="621" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A621" s="38">
         <v>1161076</v>
       </c>
       <c r="B621" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C621" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D621" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E621" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F621" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G621" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H621" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I621" s="28"/>
       <c r="J621" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K621" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L621" s="75">
         <v>45831.631944444445</v>
       </c>
       <c r="M621" s="75">
         <v>45832.118055555555</v>
       </c>
       <c r="N621" s="75">
         <v>45833.413194444445</v>
       </c>
       <c r="O621" s="75">
         <v>45834.489583333336</v>
       </c>
     </row>
-    <row r="622" spans="1:15" ht="15">
+    <row r="622" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A622" s="38">
         <v>1161076</v>
       </c>
       <c r="B622" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C622" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D622" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E622" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F622" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G622" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H622" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I622" s="28"/>
       <c r="J622" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K622" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L622" s="75">
         <v>45832.694444444445</v>
       </c>
       <c r="M622" s="75">
         <v>45832.8125</v>
       </c>
       <c r="N622" s="75">
         <v>45833.086805555555</v>
       </c>
       <c r="O622" s="75">
         <v>45834.451388888891</v>
       </c>
     </row>
-    <row r="623" spans="1:15" ht="15">
+    <row r="623" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A623" s="38">
         <v>1161076</v>
       </c>
       <c r="B623" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C623" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D623" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E623" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F623" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G623" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H623" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I623" s="28"/>
       <c r="J623" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K623" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L623" s="75">
         <v>45832.694444444445</v>
       </c>
       <c r="M623" s="75">
         <v>45832.809027777781</v>
       </c>
       <c r="N623" s="75">
         <v>45834.055555555555</v>
       </c>
       <c r="O623" s="75">
         <v>45834.451388888891</v>
       </c>
     </row>
-    <row r="624" spans="1:15" ht="15">
+    <row r="624" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A624" s="38">
         <v>1161076</v>
       </c>
       <c r="B624" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C624" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D624" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E624" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F624" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G624" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H624" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I624" s="28"/>
       <c r="J624" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K624" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L624" s="75">
         <v>45832.694444444445</v>
       </c>
       <c r="M624" s="75">
         <v>45833.854166666664</v>
       </c>
       <c r="N624" s="75">
         <v>45834.097222222219</v>
       </c>
       <c r="O624" s="75">
         <v>45834.451388888891</v>
       </c>
     </row>
-    <row r="625" spans="1:15" ht="15">
+    <row r="625" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A625" s="38">
         <v>1161076</v>
       </c>
       <c r="B625" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C625" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D625" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E625" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F625" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G625" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H625" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I625" s="37">
         <v>9654971</v>
       </c>
       <c r="J625" s="37"/>
       <c r="K625" s="40" t="s">
         <v>34</v>
       </c>
       <c r="L625" s="75">
         <v>45834.654166666667</v>
       </c>
       <c r="M625" s="75">
         <v>45834.870833333334</v>
       </c>
       <c r="N625" s="75">
         <v>45836.074999999997</v>
       </c>
       <c r="O625" s="75">
         <v>45839.458333333336</v>
       </c>
     </row>
-    <row r="626" spans="1:15" ht="15">
+    <row r="626" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A626" s="38">
         <v>1161076</v>
       </c>
       <c r="B626" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C626" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D626" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E626" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F626" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G626" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H626" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I626" s="44">
         <v>9654971</v>
       </c>
       <c r="J626" s="44"/>
       <c r="K626" s="40" t="s">
         <v>34</v>
       </c>
       <c r="L626" s="75">
         <v>45834.654166666667</v>
       </c>
       <c r="M626" s="75">
         <v>45838.612500000003</v>
       </c>
       <c r="N626" s="75">
         <v>45839.383333333331</v>
       </c>
       <c r="O626" s="75">
         <v>45839.458333333336</v>
       </c>
     </row>
-    <row r="627" spans="1:15" ht="15">
+    <row r="627" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A627" s="38">
         <v>1161076</v>
       </c>
       <c r="B627" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C627" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D627" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E627" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F627" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G627" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H627" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I627" s="28"/>
       <c r="J627" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K627" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L627" s="75">
         <v>45836.454861111109</v>
       </c>
       <c r="M627" s="75">
         <v>45837.590277777781</v>
       </c>
       <c r="N627" s="75">
         <v>45838.041666666664</v>
       </c>
       <c r="O627" s="75">
         <v>45838.420138888891</v>
       </c>
     </row>
-    <row r="628" spans="1:15" ht="15">
+    <row r="628" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A628" s="38">
         <v>1161076</v>
       </c>
       <c r="B628" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C628" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D628" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E628" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F628" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G628" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H628" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I628" s="28"/>
       <c r="J628" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K628" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L628" s="75">
         <v>45836.454861111109</v>
       </c>
       <c r="M628" s="75">
         <v>45837.586805555555</v>
       </c>
       <c r="N628" s="75">
         <v>45837.861111111109</v>
       </c>
       <c r="O628" s="75">
         <v>45838.420138888891</v>
       </c>
     </row>
-    <row r="629" spans="1:15" ht="15">
+    <row r="629" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A629" s="38">
         <v>1161076</v>
       </c>
       <c r="B629" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C629" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D629" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E629" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F629" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G629" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H629" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I629" s="28"/>
       <c r="J629" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K629" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L629" s="75">
         <v>45841.756944444445</v>
       </c>
       <c r="M629" s="75">
         <v>45841.885416666664</v>
       </c>
       <c r="N629" s="75">
         <v>45841.267361111109</v>
       </c>
       <c r="O629" s="75">
         <v>45843.399305555555</v>
       </c>
     </row>
-    <row r="630" spans="1:15" ht="15">
+    <row r="630" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A630" s="38">
         <v>1161076</v>
       </c>
       <c r="B630" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C630" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D630" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E630" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F630" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G630" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H630" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I630" s="28"/>
       <c r="J630" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K630" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L630" s="75">
         <v>45841.756944444445</v>
       </c>
       <c r="M630" s="75">
         <v>45842.475694444445</v>
       </c>
       <c r="N630" s="75">
         <v>45842.791666666664</v>
       </c>
       <c r="O630" s="75">
         <v>45843.399305555555</v>
       </c>
     </row>
-    <row r="631" spans="1:15" ht="15">
+    <row r="631" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A631" s="38">
         <v>1161076</v>
       </c>
       <c r="B631" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C631" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D631" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E631" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F631" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G631" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H631" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I631" s="28"/>
       <c r="J631" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K631" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L631" s="75">
         <v>45841.756944444445</v>
       </c>
       <c r="M631" s="75">
         <v>45842.479166666664</v>
       </c>
       <c r="N631" s="75">
         <v>45842.760416666664</v>
       </c>
       <c r="O631" s="75">
         <v>45843.399305555555</v>
       </c>
     </row>
-    <row r="632" spans="1:15" ht="15">
+    <row r="632" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A632" s="38">
         <v>1161076</v>
       </c>
       <c r="B632" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C632" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D632" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E632" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F632" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G632" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H632" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I632" s="28"/>
       <c r="J632" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K632" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L632" s="75">
         <v>45848.8125</v>
       </c>
       <c r="M632" s="75">
         <v>45848.930555555555</v>
       </c>
       <c r="N632" s="75">
         <v>45849.159722222219</v>
       </c>
       <c r="O632" s="75">
         <v>45850</v>
       </c>
     </row>
-    <row r="633" spans="1:15" ht="15">
+    <row r="633" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A633" s="38">
         <v>1161076</v>
       </c>
       <c r="B633" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C633" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D633" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E633" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F633" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G633" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H633" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I633" s="28"/>
       <c r="J633" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K633" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L633" s="75">
         <v>45848.8125</v>
       </c>
       <c r="M633" s="75">
         <v>45849.826388888891</v>
       </c>
       <c r="N633" s="75">
         <v>45850.270833333336</v>
       </c>
       <c r="O633" s="75">
         <v>45850.427083333336</v>
       </c>
     </row>
-    <row r="634" spans="1:15" ht="15">
+    <row r="634" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A634" s="38">
         <v>1161076</v>
       </c>
       <c r="B634" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C634" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D634" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E634" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F634" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G634" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H634" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I634" s="28"/>
       <c r="J634" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K634" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L634" s="75">
         <v>45848.8125</v>
       </c>
       <c r="M634" s="75">
         <v>45849.826388888891</v>
       </c>
       <c r="N634" s="75">
         <v>45850.065972222219</v>
       </c>
       <c r="O634" s="75">
         <v>45850.427083333336</v>
       </c>
     </row>
-    <row r="635" spans="1:15" ht="15">
+    <row r="635" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A635" s="38">
         <v>1161076</v>
       </c>
       <c r="B635" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C635" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D635" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E635" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F635" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G635" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H635" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I635" s="28"/>
       <c r="J635" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K635" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L635" s="75">
         <v>45852.680555555555</v>
       </c>
       <c r="M635" s="75">
         <v>45852.746527777781</v>
       </c>
       <c r="N635" s="75">
         <v>45854.25</v>
       </c>
       <c r="O635" s="75">
         <v>45855.545138888891</v>
       </c>
     </row>
-    <row r="636" spans="1:15" ht="15">
+    <row r="636" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A636" s="38">
         <v>1161076</v>
       </c>
       <c r="B636" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C636" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D636" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E636" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F636" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G636" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H636" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I636" s="28"/>
       <c r="J636" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K636" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L636" s="75">
         <v>45856.722222222219</v>
       </c>
       <c r="M636" s="75">
         <v>45856.788194444445</v>
       </c>
       <c r="N636" s="75">
         <v>45857.21875</v>
       </c>
       <c r="O636" s="75">
         <v>45858.572916666664</v>
       </c>
     </row>
-    <row r="637" spans="1:15" ht="15">
+    <row r="637" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A637" s="38">
         <v>1161076</v>
       </c>
       <c r="B637" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C637" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D637" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E637" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F637" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G637" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H637" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I637" s="28"/>
       <c r="J637" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K637" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L637" s="75">
         <v>45856.722222222219</v>
       </c>
       <c r="M637" s="75">
         <v>45857.631944444445</v>
       </c>
       <c r="N637" s="75">
         <v>45858.135416666664</v>
       </c>
       <c r="O637" s="75">
         <v>45858.572916666664</v>
       </c>
     </row>
-    <row r="638" spans="1:15" ht="15">
+    <row r="638" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A638" s="38">
         <v>1161076</v>
       </c>
       <c r="B638" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C638" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D638" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E638" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F638" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G638" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H638" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I638" s="28"/>
       <c r="J638" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K638" s="40" t="s">
         <v>29</v>
       </c>
       <c r="L638" s="75">
         <v>45856.722222222219</v>
       </c>
       <c r="M638" s="75">
         <v>45857.635416666664</v>
       </c>
       <c r="N638" s="75">
         <v>45857.878472222219</v>
       </c>
       <c r="O638" s="75">
         <v>45858.572916666664</v>
       </c>
     </row>
-    <row r="639" spans="1:15" ht="15">
+    <row r="639" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A639" s="38">
         <v>1161076</v>
       </c>
       <c r="B639" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C639" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D639" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E639" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F639" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G639" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H639" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I639" s="28"/>
       <c r="J639" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K639" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L639" s="75">
         <v>45864.423611111109</v>
       </c>
       <c r="M639" s="75">
         <v>45864.503472222219</v>
       </c>
       <c r="N639" s="75">
         <v>45865.472222222219</v>
       </c>
       <c r="O639" s="75">
         <v>45867.378472222219</v>
       </c>
     </row>
-    <row r="640" spans="1:15" ht="15">
+    <row r="640" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A640" s="38">
         <v>1161076</v>
       </c>
       <c r="B640" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C640" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D640" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E640" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F640" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G640" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H640" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I640" s="28"/>
       <c r="J640" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K640" s="40" t="s">
         <v>27</v>
       </c>
       <c r="L640" s="75">
         <v>45864.423611111109</v>
       </c>
       <c r="M640" s="75">
         <v>45865.663194444445</v>
       </c>
       <c r="N640" s="75">
         <v>45866.760416666664</v>
       </c>
       <c r="O640" s="75">
         <v>45867.378472222219</v>
       </c>
     </row>
-    <row r="641" spans="1:15" ht="15">
+    <row r="641" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A641" s="38">
         <v>1161076</v>
       </c>
       <c r="B641" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C641" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D641" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E641" s="39" t="s">
         <v>21</v>
       </c>
       <c r="F641" s="84" t="s">
         <v>22</v>
       </c>
       <c r="G641" s="85" t="s">
         <v>23</v>
       </c>
       <c r="H641" s="86" t="s">
         <v>35</v>
       </c>
       <c r="I641" s="31"/>
       <c r="J641" s="44" t="s">
         <v>26</v>
       </c>
       <c r="K641" s="87" t="s">
         <v>27</v>
       </c>
       <c r="L641" s="74">
         <v>45864.423611111109</v>
       </c>
       <c r="M641" s="74">
         <v>45865.663194444445</v>
       </c>
       <c r="N641" s="75">
         <v>45866.222222222219</v>
       </c>
       <c r="O641" s="75">
         <v>45867.378472222219</v>
       </c>
     </row>
-    <row r="642" spans="1:15" ht="15">
+    <row r="642" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A642" s="38">
         <v>1161076</v>
       </c>
       <c r="B642" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C642" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D642" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E642" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F642" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G642" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H642" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I642" s="37">
         <v>9654971</v>
       </c>
       <c r="J642" s="28"/>
       <c r="K642" s="81" t="s">
         <v>34</v>
       </c>
       <c r="L642" s="82">
         <v>45864.6875</v>
       </c>
       <c r="M642" s="82">
         <v>45867.458333333336</v>
       </c>
       <c r="N642" s="75">
         <v>45868.3125</v>
       </c>
       <c r="O642" s="75">
         <v>45868.44027777778</v>
       </c>
     </row>
-    <row r="643" spans="1:15" ht="15">
+    <row r="643" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A643" s="38">
         <v>1161076</v>
       </c>
       <c r="B643" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C643" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D643" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E643" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F643" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G643" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H643" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I643" s="28"/>
       <c r="J643" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K643" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L643" s="82">
         <v>45871.847222222219</v>
       </c>
       <c r="M643" s="82">
         <v>45871.934027777781</v>
       </c>
       <c r="N643" s="75">
         <v>45872.465277777781</v>
       </c>
       <c r="O643" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
-    <row r="644" spans="1:15" ht="15">
+    <row r="644" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A644" s="38">
         <v>1161076</v>
       </c>
       <c r="B644" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C644" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D644" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E644" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F644" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G644" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H644" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I644" s="28"/>
       <c r="J644" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K644" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L644" s="82">
         <v>45871.847222222219</v>
       </c>
       <c r="M644" s="82">
         <v>45871.940972222219</v>
       </c>
       <c r="N644" s="75">
         <v>45872.527777777781</v>
       </c>
       <c r="O644" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
-    <row r="645" spans="1:15" ht="15">
+    <row r="645" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A645" s="38">
         <v>1161076</v>
       </c>
       <c r="B645" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C645" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D645" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E645" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F645" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G645" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H645" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I645" s="28"/>
       <c r="J645" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K645" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L645" s="82">
         <v>45871.847222222219</v>
       </c>
       <c r="M645" s="82">
         <v>45873.899305555555</v>
       </c>
       <c r="N645" s="75">
         <v>45874.381944444445</v>
       </c>
       <c r="O645" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
-    <row r="646" spans="1:15" ht="15">
+    <row r="646" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A646" s="38">
         <v>1161076</v>
       </c>
       <c r="B646" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C646" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D646" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E646" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F646" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G646" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H646" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I646" s="28"/>
       <c r="J646" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K646" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L646" s="82">
         <v>45871.847222222219</v>
       </c>
       <c r="M646" s="82">
         <v>45873.690972222219</v>
       </c>
       <c r="N646" s="75">
         <v>45874.215277777781</v>
       </c>
       <c r="O646" s="75">
         <v>45874.447916666664</v>
       </c>
     </row>
-    <row r="647" spans="1:15" ht="15">
+    <row r="647" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A647" s="38">
         <v>1161076</v>
       </c>
       <c r="B647" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C647" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D647" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E647" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F647" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G647" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H647" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I647" s="28"/>
       <c r="J647" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K647" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L647" s="82">
         <v>45874.659722222219</v>
       </c>
       <c r="M647" s="82">
         <v>45874.729166666664</v>
       </c>
       <c r="N647" s="75">
         <v>45875.704861111109</v>
       </c>
       <c r="O647" s="75">
         <v>45875.75</v>
       </c>
     </row>
-    <row r="648" spans="1:15" ht="15">
+    <row r="648" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A648" s="38">
         <v>1161076</v>
       </c>
       <c r="B648" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C648" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D648" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E648" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F648" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G648" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H648" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I648" s="28"/>
       <c r="J648" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K648" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L648" s="82">
         <v>45878.46875</v>
       </c>
       <c r="M648" s="82">
         <v>45878.583333333336</v>
       </c>
       <c r="N648" s="75">
         <v>45879.586805555555</v>
       </c>
       <c r="O648" s="75">
         <v>45879.659722222219</v>
       </c>
     </row>
-    <row r="649" spans="1:15" ht="15">
+    <row r="649" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A649" s="38">
         <v>1161076</v>
       </c>
       <c r="B649" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C649" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D649" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E649" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F649" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G649" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H649" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I649" s="28"/>
       <c r="J649" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K649" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L649" s="82">
         <v>45879.625</v>
       </c>
       <c r="M649" s="82">
         <v>45879.704861111109</v>
       </c>
       <c r="N649" s="75">
         <v>45880.399305555555</v>
       </c>
       <c r="O649" s="75">
         <v>45880.465277777781</v>
       </c>
     </row>
-    <row r="650" spans="1:15" ht="15">
+    <row r="650" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A650" s="38">
         <v>1161076</v>
       </c>
       <c r="B650" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C650" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D650" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E650" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F650" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G650" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H650" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I650" s="28"/>
       <c r="J650" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K650" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L650" s="82">
         <v>45882.607638888891</v>
       </c>
       <c r="M650" s="82">
         <v>45882.704861111109</v>
       </c>
       <c r="N650" s="75">
         <v>45883.229166666664</v>
       </c>
       <c r="O650" s="75">
         <v>45883.423611111109</v>
       </c>
     </row>
-    <row r="651" spans="1:15" ht="15">
+    <row r="651" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A651" s="38">
         <v>1161076</v>
       </c>
       <c r="B651" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C651" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D651" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E651" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F651" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G651" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H651" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I651" s="37">
         <v>9654971</v>
       </c>
       <c r="J651" s="28"/>
       <c r="K651" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L651" s="82">
         <v>45883.675000000003</v>
       </c>
       <c r="M651" s="82">
         <v>45883.791666666664</v>
       </c>
       <c r="N651" s="75">
         <v>45884.974999999999</v>
       </c>
       <c r="O651" s="75">
         <v>45884.552777777775</v>
       </c>
     </row>
-    <row r="652" spans="1:15" ht="15">
+    <row r="652" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A652" s="38">
         <v>1161076</v>
       </c>
       <c r="B652" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C652" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D652" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E652" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F652" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G652" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H652" s="66" t="s">
         <v>24</v>
       </c>
       <c r="I652" s="37">
         <v>9654971</v>
       </c>
       <c r="J652" s="28"/>
       <c r="K652" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L652" s="82">
         <v>45887.645833333336</v>
       </c>
       <c r="M652" s="82">
         <v>45887.8125</v>
       </c>
       <c r="N652" s="75">
         <v>45889.695833333331</v>
       </c>
       <c r="O652" s="75">
         <v>45890.470833333333</v>
       </c>
     </row>
-    <row r="653" spans="1:15" ht="15">
+    <row r="653" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A653" s="38">
         <v>1161076</v>
       </c>
       <c r="B653" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C653" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D653" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E653" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F653" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G653" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H653" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I653" s="28"/>
       <c r="J653" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K653" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L653" s="82">
         <v>45888.791666666664</v>
       </c>
       <c r="M653" s="82">
         <v>45888.895833333336</v>
       </c>
       <c r="N653" s="75">
         <v>45889.569444444445</v>
       </c>
       <c r="O653" s="75">
         <v>45889.631944444445</v>
       </c>
     </row>
-    <row r="654" spans="1:15" ht="15">
+    <row r="654" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A654" s="38">
         <v>1161076</v>
       </c>
       <c r="B654" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C654" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D654" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E654" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F654" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G654" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H654" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I654" s="28"/>
       <c r="J654" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K654" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L654" s="82">
         <v>45888.791666666664</v>
       </c>
       <c r="M654" s="82">
         <v>45888.899305555555</v>
       </c>
       <c r="N654" s="75">
         <v>45889.194444444445</v>
       </c>
       <c r="O654" s="75">
         <v>45889.631944444445</v>
       </c>
     </row>
-    <row r="655" spans="1:15" ht="15">
+    <row r="655" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A655" s="38">
         <v>1161076</v>
       </c>
       <c r="B655" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C655" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D655" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E655" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F655" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G655" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H655" s="66" t="s">
         <v>35</v>
       </c>
       <c r="I655" s="31"/>
       <c r="J655" s="44" t="s">
         <v>26</v>
       </c>
       <c r="K655" s="90" t="s">
         <v>27</v>
       </c>
       <c r="L655" s="82">
         <v>45893.625</v>
       </c>
       <c r="M655" s="82">
         <v>45894.086805555555</v>
       </c>
       <c r="N655" s="75">
         <v>45895.100694444445</v>
       </c>
       <c r="O655" s="75">
         <v>45895.409722222219</v>
       </c>
     </row>
-    <row r="656" spans="1:15" ht="15">
+    <row r="656" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A656" s="38">
         <v>1161076</v>
       </c>
       <c r="B656" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C656" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D656" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E656" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F656" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G656" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H656" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I656" s="28"/>
       <c r="J656" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K656" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L656" s="89">
         <v>45894.697916666664</v>
       </c>
       <c r="M656" s="82">
         <v>45894.795138888891</v>
       </c>
       <c r="N656" s="75">
         <v>45895.128472222219</v>
       </c>
       <c r="O656" s="75">
         <v>45895.371527777781</v>
       </c>
     </row>
-    <row r="657" spans="1:15" ht="15">
+    <row r="657" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A657" s="38">
         <v>1161076</v>
       </c>
       <c r="B657" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C657" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D657" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E657" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F657" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G657" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H657" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I657" s="28"/>
       <c r="J657" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K657" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L657" s="89">
         <v>45894.697916666664</v>
       </c>
       <c r="M657" s="82">
         <v>45894.795138888891</v>
       </c>
       <c r="N657" s="75">
         <v>45895.048611111109</v>
       </c>
       <c r="O657" s="75">
         <v>45895.371527777781</v>
       </c>
     </row>
-    <row r="658" spans="1:15" ht="15">
+    <row r="658" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A658" s="38">
         <v>1161076</v>
       </c>
       <c r="B658" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C658" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D658" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E658" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F658" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G658" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H658" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I658" s="28"/>
       <c r="J658" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K658" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L658" s="89">
         <v>45895.423611111109</v>
       </c>
       <c r="M658" s="82">
         <v>45895.506944444445</v>
       </c>
       <c r="N658" s="75">
         <v>45896.503472222219</v>
       </c>
       <c r="O658" s="75">
         <v>45896.590277777781</v>
       </c>
     </row>
-    <row r="659" spans="1:15" ht="15">
+    <row r="659" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A659" s="38">
         <v>1161076</v>
       </c>
       <c r="B659" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C659" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D659" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E659" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F659" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G659" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H659" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I659" s="37">
         <v>9654971</v>
       </c>
       <c r="J659" s="28"/>
       <c r="K659" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L659" s="89">
         <v>45895.658333333333</v>
       </c>
       <c r="M659" s="82">
         <v>45896.570833333331</v>
       </c>
       <c r="N659" s="75">
         <v>45898.366666666669</v>
       </c>
       <c r="O659" s="75">
         <v>45898.470833333333</v>
       </c>
     </row>
-    <row r="660" spans="1:15" ht="15">
+    <row r="660" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A660" s="38">
         <v>1161076</v>
       </c>
       <c r="B660" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C660" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D660" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E660" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F660" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G660" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H660" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I660" s="28"/>
       <c r="J660" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K660" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L660" s="89">
         <v>45898.805555555555</v>
       </c>
       <c r="M660" s="82">
         <v>45898.909722222219</v>
       </c>
       <c r="N660" s="75">
         <v>45899.579861111109</v>
       </c>
       <c r="O660" s="75">
         <v>45899.65625</v>
       </c>
     </row>
-    <row r="661" spans="1:15" ht="15">
+    <row r="661" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A661" s="38">
         <v>1161076</v>
       </c>
       <c r="B661" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C661" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D661" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E661" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F661" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G661" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H661" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I661" s="37">
         <v>9654971</v>
       </c>
       <c r="J661" s="28"/>
       <c r="K661" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L661" s="89">
         <v>45901.658333333333</v>
       </c>
       <c r="M661" s="89">
         <v>45902.458333333336</v>
       </c>
       <c r="N661" s="89">
         <v>45904.612500000003</v>
       </c>
       <c r="O661" s="89">
         <v>45910.479166666664</v>
       </c>
     </row>
-    <row r="662" spans="1:15" ht="15">
+    <row r="662" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A662" s="38">
         <v>1161076</v>
       </c>
       <c r="B662" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C662" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D662" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E662" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F662" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G662" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H662" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I662" s="28"/>
       <c r="J662" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K662" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L662" s="89">
         <v>45903.420138888891</v>
       </c>
       <c r="M662" s="89">
         <v>45903.586805555555</v>
       </c>
       <c r="N662" s="89">
         <v>45904.090277777781</v>
       </c>
       <c r="O662" s="89">
         <v>45904.4375</v>
       </c>
     </row>
-    <row r="663" spans="1:15" ht="15">
+    <row r="663" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A663" s="38">
         <v>1161076</v>
       </c>
       <c r="B663" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C663" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D663" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E663" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F663" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G663" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H663" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I663" s="28"/>
       <c r="J663" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K663" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L663" s="89">
         <v>45904.673611111109</v>
       </c>
       <c r="M663" s="89">
         <v>45904.916666666664</v>
       </c>
       <c r="N663" s="89">
         <v>45905.267361111109</v>
       </c>
       <c r="O663" s="89">
         <v>45905.586805555555</v>
       </c>
     </row>
-    <row r="664" spans="1:15" ht="15">
+    <row r="664" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A664" s="38">
         <v>1161076</v>
       </c>
       <c r="B664" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C664" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D664" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E664" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F664" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G664" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H664" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I664" s="28"/>
       <c r="J664" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K664" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L664" s="89">
         <v>45904.673611111109</v>
       </c>
       <c r="M664" s="89">
         <v>45905</v>
       </c>
       <c r="N664" s="89">
         <v>45905.520833333336</v>
       </c>
       <c r="O664" s="89">
         <v>45905.586805555555</v>
       </c>
     </row>
-    <row r="665" spans="1:15" ht="15">
+    <row r="665" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A665" s="38">
         <v>1161076</v>
       </c>
       <c r="B665" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C665" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D665" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E665" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F665" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G665" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H665" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I665" s="28"/>
       <c r="J665" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K665" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L665" s="89">
         <v>45904.673611111109</v>
       </c>
       <c r="M665" s="89">
         <v>45904.916666666664</v>
       </c>
       <c r="N665" s="89">
         <v>45905.232638888891</v>
       </c>
       <c r="O665" s="89">
         <v>45905.586805555555</v>
       </c>
     </row>
-    <row r="666" spans="1:15" ht="15">
+    <row r="666" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A666" s="38">
         <v>1161076</v>
       </c>
       <c r="B666" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C666" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D666" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E666" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F666" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G666" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H666" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I666" s="37">
         <v>9654971</v>
       </c>
       <c r="J666" s="28"/>
       <c r="K666" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L666" s="89">
         <v>45901.658333333333</v>
       </c>
       <c r="M666" s="89">
         <v>45907.916666666664</v>
       </c>
       <c r="N666" s="89">
         <v>45908.533333333333</v>
       </c>
       <c r="O666" s="89">
         <v>45910.479166666664</v>
       </c>
     </row>
-    <row r="667" spans="1:15" ht="15">
+    <row r="667" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A667" s="38">
         <v>1161076</v>
       </c>
       <c r="B667" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C667" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D667" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E667" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F667" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G667" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H667" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I667" s="28"/>
       <c r="J667" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K667" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L667" s="89">
         <v>45907.625</v>
       </c>
       <c r="M667" s="89">
         <v>45907.708333333336</v>
       </c>
       <c r="N667" s="89">
         <v>45909.315972222219</v>
       </c>
       <c r="O667" s="89">
         <v>45909.46875</v>
       </c>
     </row>
-    <row r="668" spans="1:15" ht="15">
+    <row r="668" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A668" s="38">
         <v>1161076</v>
       </c>
       <c r="B668" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C668" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D668" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E668" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F668" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G668" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H668" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I668" s="28"/>
       <c r="J668" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K668" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L668" s="89">
         <v>45907.625</v>
       </c>
       <c r="M668" s="89">
         <v>45907.708333333336</v>
       </c>
       <c r="N668" s="89">
         <v>45909.378472222219</v>
       </c>
       <c r="O668" s="89">
         <v>45909.46875</v>
       </c>
     </row>
-    <row r="669" spans="1:15" ht="15">
+    <row r="669" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A669" s="38">
         <v>1161076</v>
       </c>
       <c r="B669" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C669" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D669" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E669" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F669" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G669" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H669" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I669" s="28"/>
       <c r="J669" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K669" s="83" t="s">
         <v>29</v>
       </c>
       <c r="L669" s="89">
         <v>45911.635416666664</v>
       </c>
       <c r="M669" s="89">
         <v>45911.743055555555</v>
       </c>
       <c r="N669" s="89">
         <v>45912.923611111109</v>
       </c>
       <c r="O669" s="89">
         <v>45913.284722222219</v>
       </c>
     </row>
-    <row r="670" spans="1:15" ht="15">
+    <row r="670" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A670" s="38">
         <v>1161076</v>
       </c>
       <c r="B670" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C670" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D670" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E670" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F670" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G670" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H670" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I670" s="28"/>
       <c r="J670" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K670" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L670" s="89">
         <v>45912.618055555555</v>
       </c>
       <c r="M670" s="89">
         <v>45912.697916666664</v>
       </c>
       <c r="N670" s="89">
         <v>45912.802083333336</v>
       </c>
       <c r="O670" s="89">
         <v>45915.420138888891</v>
       </c>
     </row>
-    <row r="671" spans="1:15" ht="15">
+    <row r="671" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A671" s="38">
         <v>1161076</v>
       </c>
       <c r="B671" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C671" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D671" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E671" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F671" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G671" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H671" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I671" s="28"/>
       <c r="J671" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K671" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L671" s="89">
         <v>45912.618055555555</v>
       </c>
       <c r="M671" s="89">
         <v>45912.993055555555</v>
       </c>
       <c r="N671" s="89">
         <v>45914.857638888891</v>
       </c>
       <c r="O671" s="89">
         <v>45915.420138888891</v>
       </c>
     </row>
-    <row r="672" spans="1:15" ht="15">
+    <row r="672" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A672" s="38">
         <v>1161076</v>
       </c>
       <c r="B672" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C672" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D672" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E672" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F672" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G672" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H672" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I672" s="28"/>
       <c r="J672" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K672" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L672" s="89">
         <v>45912.618055555555</v>
       </c>
       <c r="M672" s="89">
         <v>45912.993055555555</v>
       </c>
       <c r="N672" s="89">
         <v>45914.815972222219</v>
       </c>
       <c r="O672" s="89">
         <v>45915.420138888891</v>
       </c>
     </row>
-    <row r="673" spans="1:15" ht="15">
+    <row r="673" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A673" s="38">
         <v>1161076</v>
       </c>
       <c r="B673" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C673" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D673" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E673" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F673" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G673" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H673" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I673" s="28"/>
       <c r="J673" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K673" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L673" s="89">
         <v>45918.75</v>
       </c>
       <c r="M673" s="89">
         <v>45918.868055555555</v>
       </c>
       <c r="N673" s="89">
         <v>45919.833333333336</v>
       </c>
       <c r="O673" s="89">
         <v>45920.444444444445</v>
       </c>
     </row>
-    <row r="674" spans="1:15" ht="15">
+    <row r="674" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A674" s="38">
         <v>1161076</v>
       </c>
       <c r="B674" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C674" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D674" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E674" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F674" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G674" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H674" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I674" s="28"/>
       <c r="J674" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K674" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L674" s="89">
         <v>45918.75</v>
       </c>
       <c r="M674" s="89">
         <v>45918.864583333336</v>
       </c>
       <c r="N674" s="89">
         <v>45919.868055555555</v>
       </c>
       <c r="O674" s="89">
         <v>45920.444444444445</v>
       </c>
     </row>
-    <row r="675" spans="1:15" ht="15">
+    <row r="675" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A675" s="38">
         <v>1161076</v>
       </c>
       <c r="B675" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C675" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D675" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E675" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F675" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G675" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H675" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I675" s="37">
         <v>9654971</v>
       </c>
       <c r="J675" s="28"/>
       <c r="K675" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L675" s="89">
         <v>45919.675000000003</v>
       </c>
       <c r="M675" s="89">
         <v>45919.754166666666</v>
       </c>
       <c r="N675" s="89">
         <v>45920.383333333331</v>
       </c>
       <c r="O675" s="89">
         <v>45920.489583333336</v>
       </c>
     </row>
-    <row r="676" spans="1:15" ht="15">
+    <row r="676" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A676" s="38">
         <v>1161076</v>
       </c>
       <c r="B676" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C676" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D676" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E676" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F676" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G676" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H676" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I676" s="37">
         <v>9654971</v>
       </c>
       <c r="J676" s="28"/>
       <c r="K676" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L676" s="89">
         <v>45923.65</v>
       </c>
       <c r="M676" s="89">
         <v>45923.75</v>
       </c>
       <c r="N676" s="89">
         <v>45924.341666666667</v>
       </c>
       <c r="O676" s="89">
         <v>45924.479166666664</v>
       </c>
     </row>
-    <row r="677" spans="1:15" ht="15">
+    <row r="677" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A677" s="38">
         <v>1161076</v>
       </c>
       <c r="B677" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C677" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D677" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E677" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F677" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G677" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H677" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I677" s="28"/>
       <c r="J677" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K677" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L677" s="89">
         <v>45924.652777777781</v>
       </c>
       <c r="M677" s="89">
         <v>45924.840277777781</v>
       </c>
       <c r="N677" s="89">
         <v>45925.427083333336</v>
       </c>
       <c r="O677" s="89">
         <v>45925.493055555555</v>
       </c>
     </row>
-    <row r="678" spans="1:15" ht="15">
+    <row r="678" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A678" s="38">
         <v>1161076</v>
       </c>
       <c r="B678" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C678" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D678" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E678" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F678" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G678" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H678" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I678" s="28"/>
       <c r="J678" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K678" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L678" s="89">
         <v>45924.652777777781</v>
       </c>
       <c r="M678" s="89">
         <v>45924.840277777781</v>
       </c>
       <c r="N678" s="89">
         <v>45925.4375</v>
       </c>
       <c r="O678" s="89">
         <v>45925.493055555555</v>
       </c>
     </row>
-    <row r="679" spans="1:15" ht="15">
+    <row r="679" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A679" s="38">
         <v>1161076</v>
       </c>
       <c r="B679" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C679" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D679" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E679" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F679" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G679" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H679" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I679" s="28"/>
       <c r="J679" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K679" s="88" t="s">
         <v>29</v>
       </c>
       <c r="L679" s="89">
         <v>45924.673611111109</v>
       </c>
       <c r="M679" s="89">
         <v>45924.763888888891</v>
       </c>
       <c r="N679" s="89">
         <v>45925.923611111109</v>
       </c>
       <c r="O679" s="89">
         <v>45926.517361111109</v>
       </c>
     </row>
-    <row r="680" spans="1:15" ht="15">
+    <row r="680" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A680" s="38">
         <v>1161076</v>
       </c>
       <c r="B680" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C680" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D680" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E680" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F680" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G680" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H680" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I680" s="37">
         <v>9654971</v>
       </c>
       <c r="J680" s="28"/>
       <c r="K680" s="83" t="s">
         <v>34</v>
       </c>
       <c r="L680" s="89">
         <v>45929.587500000001</v>
       </c>
       <c r="M680" s="89">
         <v>45929.820833333331</v>
       </c>
       <c r="N680" s="89">
         <v>45930.433333333334</v>
       </c>
       <c r="O680" s="89">
         <v>45930.554166666669</v>
       </c>
     </row>
-    <row r="681" spans="1:15" ht="15">
+    <row r="681" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A681" s="38">
         <v>1161076</v>
       </c>
       <c r="B681" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C681" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D681" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E681" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F681" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G681" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H681" s="73" t="s">
         <v>24</v>
       </c>
       <c r="I681" s="28"/>
       <c r="J681" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K681" s="83" t="s">
         <v>27</v>
       </c>
       <c r="L681" s="89">
         <v>45930.642361111109</v>
       </c>
       <c r="M681" s="89">
         <v>45930.729166666664</v>
       </c>
       <c r="N681" s="89">
         <v>45931.270833333336</v>
       </c>
       <c r="O681" s="89">
         <v>45931.677083333336</v>
       </c>
     </row>
-    <row r="682" spans="1:15" ht="15">
+    <row r="682" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A682" s="38">
         <v>1161076</v>
       </c>
       <c r="B682" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C682" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D682" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E682" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F682" s="39" t="s">
         <v>22</v>
       </c>
       <c r="G682" s="84" t="s">
         <v>23</v>
       </c>
       <c r="H682" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I682" s="31"/>
       <c r="J682" s="44" t="s">
         <v>26</v>
       </c>
       <c r="K682" s="90" t="s">
         <v>27</v>
       </c>
       <c r="L682" s="91">
         <v>45930.642361111109</v>
       </c>
       <c r="M682" s="89">
         <v>45930.729166666664</v>
       </c>
       <c r="N682" s="89">
         <v>45931.204861111109</v>
       </c>
       <c r="O682" s="89">
         <v>45931.677083333336</v>
       </c>
     </row>
-    <row r="683" spans="1:15" ht="15">
+    <row r="683" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A683" s="38">
         <v>1161076</v>
       </c>
       <c r="B683" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C683" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D683" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E683" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F683" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G683" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H683" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I683" s="28"/>
       <c r="J683" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K683" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L683" s="89">
         <v>45934.690972222219</v>
       </c>
       <c r="M683" s="89">
         <v>45934.902777777781</v>
       </c>
       <c r="N683" s="89">
         <v>45935.604166666664</v>
       </c>
       <c r="O683" s="89">
         <v>45936.361111111109</v>
       </c>
     </row>
-    <row r="684" spans="1:15" ht="15">
+    <row r="684" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A684" s="38">
         <v>1161076</v>
       </c>
       <c r="B684" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C684" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D684" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E684" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F684" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G684" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H684" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I684" s="28"/>
       <c r="J684" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K684" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L684" s="89">
         <v>45934.690972222219</v>
       </c>
       <c r="M684" s="89">
         <v>45935.850694444445</v>
       </c>
       <c r="N684" s="89">
         <v>45936.180555555555</v>
       </c>
       <c r="O684" s="89">
         <v>45936.361111111109</v>
       </c>
     </row>
-    <row r="685" spans="1:15" ht="15">
+    <row r="685" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A685" s="38">
         <v>1161076</v>
       </c>
       <c r="B685" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C685" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D685" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E685" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F685" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G685" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H685" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I685" s="28"/>
       <c r="J685" s="37" t="s">
         <v>28</v>
       </c>
       <c r="K685" s="66" t="s">
         <v>29</v>
       </c>
       <c r="L685" s="89">
         <v>45934.690972222219</v>
       </c>
       <c r="M685" s="89">
         <v>45935.850694444445</v>
       </c>
       <c r="N685" s="89">
         <v>45936.270833333336</v>
       </c>
       <c r="O685" s="89">
         <v>45936.361111111109</v>
       </c>
     </row>
-    <row r="686" spans="1:15" ht="15">
+    <row r="686" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A686" s="38">
         <v>1161076</v>
       </c>
       <c r="B686" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C686" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D686" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E686" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F686" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G686" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H686" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I686" s="28"/>
       <c r="J686" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K686" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L686" s="89">
         <v>45939.427083333336</v>
       </c>
       <c r="M686" s="89">
         <v>45939.53125</v>
       </c>
       <c r="N686" s="89">
         <v>45940.378472222219</v>
       </c>
       <c r="O686" s="89">
         <v>45940.4375</v>
       </c>
     </row>
-    <row r="687" spans="1:15" ht="15">
+    <row r="687" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A687" s="38">
         <v>1161076</v>
       </c>
       <c r="B687" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C687" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D687" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E687" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F687" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G687" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H687" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I687" s="28"/>
       <c r="J687" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K687" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L687" s="89">
         <v>45944.506944444445</v>
       </c>
       <c r="M687" s="89">
         <v>45945.836805555555</v>
       </c>
       <c r="N687" s="89">
         <v>45946.350694444445</v>
       </c>
       <c r="O687" s="89">
         <v>45946.527777777781</v>
       </c>
     </row>
-    <row r="688" spans="1:15" ht="15">
+    <row r="688" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A688" s="38">
         <v>1161076</v>
       </c>
       <c r="B688" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C688" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D688" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E688" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F688" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G688" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H688" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I688" s="28"/>
       <c r="J688" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K688" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L688" s="89">
         <v>45944.506944444445</v>
       </c>
       <c r="M688" s="89">
         <v>45945.836805555555</v>
       </c>
       <c r="N688" s="89">
         <v>45946.149305555555</v>
       </c>
       <c r="O688" s="89">
         <v>45946.527777777781</v>
       </c>
     </row>
-    <row r="689" spans="1:15" ht="15">
+    <row r="689" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A689" s="38">
         <v>1161076</v>
       </c>
       <c r="B689" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C689" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D689" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E689" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F689" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G689" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H689" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I689" s="28"/>
       <c r="J689" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K689" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L689" s="89">
         <v>45944.506944444445</v>
       </c>
       <c r="M689" s="89">
         <v>45945.836805555555</v>
       </c>
       <c r="N689" s="89">
         <v>45946.458333333336</v>
       </c>
       <c r="O689" s="89">
         <v>45946.527777777781</v>
       </c>
     </row>
-    <row r="690" spans="1:15" ht="15">
+    <row r="690" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A690" s="38">
         <v>1161076</v>
       </c>
       <c r="B690" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C690" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D690" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E690" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F690" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G690" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H690" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I690" s="37">
         <v>9654971</v>
       </c>
       <c r="J690" s="28"/>
       <c r="K690" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L690" s="89">
         <v>45950.525000000001</v>
       </c>
       <c r="M690" s="89">
         <v>45950.741666666669</v>
       </c>
       <c r="N690" s="89">
         <v>45951.320833333331</v>
       </c>
       <c r="O690" s="89">
         <v>45956.508333333331</v>
       </c>
     </row>
-    <row r="691" spans="1:15" ht="15">
+    <row r="691" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A691" s="38">
         <v>1161076</v>
       </c>
       <c r="B691" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C691" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D691" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E691" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F691" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G691" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H691" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I691" s="37">
         <v>9654971</v>
       </c>
       <c r="J691" s="28"/>
       <c r="K691" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L691" s="89">
         <v>45950.525000000001</v>
       </c>
       <c r="M691" s="89">
         <v>45951.395833333336</v>
       </c>
       <c r="N691" s="89">
         <v>45951.824999999997</v>
       </c>
       <c r="O691" s="89">
         <v>45956.508333333331</v>
       </c>
     </row>
-    <row r="692" spans="1:15" ht="15">
+    <row r="692" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A692" s="38">
         <v>1161076</v>
       </c>
       <c r="B692" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C692" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D692" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E692" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F692" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G692" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H692" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I692" s="28"/>
       <c r="J692" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K692" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L692" s="89">
         <v>45951.65625</v>
       </c>
       <c r="M692" s="89">
         <v>45952</v>
       </c>
       <c r="N692" s="89">
         <v>45953.038194444445</v>
       </c>
       <c r="O692" s="89">
         <v>45954.315972222219</v>
       </c>
     </row>
-    <row r="693" spans="1:15" ht="15">
+    <row r="693" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A693" s="38">
         <v>1161076</v>
       </c>
       <c r="B693" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C693" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D693" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E693" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F693" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G693" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H693" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I693" s="28"/>
       <c r="J693" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K693" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L693" s="89">
         <v>45951.65625</v>
       </c>
       <c r="M693" s="89">
         <v>45953.201388888891</v>
       </c>
       <c r="N693" s="89">
         <v>45953.815972222219</v>
       </c>
       <c r="O693" s="89">
         <v>45954.315972222219</v>
       </c>
     </row>
-    <row r="694" spans="1:15" ht="15">
+    <row r="694" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A694" s="38">
         <v>1161076</v>
       </c>
       <c r="B694" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C694" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D694" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E694" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F694" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G694" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H694" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I694" s="28"/>
       <c r="J694" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K694" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L694" s="89">
         <v>45951.65625</v>
       </c>
       <c r="M694" s="89">
         <v>45953.201388888891</v>
       </c>
       <c r="N694" s="89">
         <v>45953.684027777781</v>
       </c>
       <c r="O694" s="89">
         <v>45954.315972222219</v>
       </c>
     </row>
-    <row r="695" spans="1:15" ht="15">
+    <row r="695" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A695" s="38">
         <v>1161076</v>
       </c>
       <c r="B695" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C695" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D695" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E695" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F695" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G695" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H695" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I695" s="37">
         <v>9654971</v>
       </c>
       <c r="J695" s="28"/>
       <c r="K695" s="66" t="s">
         <v>34</v>
       </c>
       <c r="L695" s="89">
         <v>45950.525000000001</v>
       </c>
       <c r="M695" s="89">
         <v>45955.541666666664</v>
       </c>
       <c r="N695" s="89">
         <v>45956.070833333331</v>
       </c>
       <c r="O695" s="89">
         <v>45956.508333333331</v>
       </c>
     </row>
-    <row r="696" spans="1:15" ht="15">
+    <row r="696" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A696" s="38">
         <v>1161076</v>
       </c>
       <c r="B696" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C696" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D696" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E696" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F696" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G696" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H696" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I696" s="28"/>
       <c r="J696" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K696" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L696" s="89">
         <v>45957.465277777781</v>
       </c>
       <c r="M696" s="89">
         <v>45957.579861111109</v>
       </c>
       <c r="N696" s="89">
         <v>45959.368055555555</v>
       </c>
       <c r="O696" s="89">
         <v>45959.427083333336</v>
       </c>
     </row>
-    <row r="697" spans="1:15" ht="15">
+    <row r="697" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A697" s="38">
         <v>1161076</v>
       </c>
       <c r="B697" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C697" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D697" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E697" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F697" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G697" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H697" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I697" s="28"/>
       <c r="J697" s="37" t="s">
         <v>26</v>
       </c>
       <c r="K697" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L697" s="89">
         <v>45957.465277777781</v>
       </c>
       <c r="M697" s="89">
         <v>45957.583333333336</v>
       </c>
       <c r="N697" s="89">
         <v>45957.854166666664</v>
       </c>
       <c r="O697" s="89">
         <v>45959.427083333336</v>
       </c>
     </row>
-    <row r="698" spans="1:15" ht="15">
+    <row r="698" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A698" s="38">
         <v>1161076</v>
       </c>
       <c r="B698" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C698" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D698" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E698" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F698" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G698" s="39" t="s">
         <v>23</v>
       </c>
       <c r="H698" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I698" s="31"/>
       <c r="J698" s="44" t="s">
         <v>26</v>
       </c>
       <c r="K698" s="66" t="s">
         <v>27</v>
       </c>
       <c r="L698" s="89">
         <v>45957.465277777781</v>
       </c>
       <c r="M698" s="89">
         <v>45957.586805555555</v>
       </c>
       <c r="N698" s="89">
         <v>45957.888888888891</v>
       </c>
       <c r="O698" s="89">
         <v>45959.427083333336</v>
       </c>
     </row>
-    <row r="699" spans="1:15" ht="15">
+    <row r="699" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A699" s="38">
         <v>1161076</v>
       </c>
       <c r="B699" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C699" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D699" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E699" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F699" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G699" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H699" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I699" s="28"/>
       <c r="J699" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K699" s="95" t="s">
+      <c r="K699" s="92" t="s">
         <v>27</v>
       </c>
-      <c r="L699" s="93">
+      <c r="L699" s="89">
         <v>45964.725694444445</v>
       </c>
       <c r="M699" s="89">
         <v>45964.815972222219</v>
       </c>
       <c r="N699" s="89">
         <v>45965.013888888891</v>
       </c>
       <c r="O699" s="89">
         <v>45967.486111111109</v>
       </c>
     </row>
-    <row r="700" spans="1:15" ht="15">
+    <row r="700" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A700" s="38">
         <v>1161076</v>
       </c>
       <c r="B700" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C700" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D700" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E700" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F700" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G700" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H700" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I700" s="28"/>
       <c r="J700" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K700" s="96" t="s">
+      <c r="K700" s="93" t="s">
         <v>27</v>
       </c>
-      <c r="L700" s="94">
+      <c r="L700" s="89">
         <v>45964.725694444445</v>
       </c>
       <c r="M700" s="89">
         <v>45965.131944444445</v>
       </c>
       <c r="N700" s="89">
         <v>45966.635416666664</v>
       </c>
       <c r="O700" s="89">
         <v>45967.486111111109</v>
       </c>
     </row>
-    <row r="701" spans="1:15" ht="15">
+    <row r="701" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A701" s="38">
         <v>1161076</v>
       </c>
       <c r="B701" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C701" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D701" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E701" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F701" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G701" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H701" s="73" t="s">
         <v>35</v>
       </c>
       <c r="I701" s="28"/>
       <c r="J701" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K701" s="96" t="s">
+      <c r="K701" s="93" t="s">
         <v>27</v>
       </c>
-      <c r="L701" s="94">
+      <c r="L701" s="89">
         <v>45964.725694444445</v>
       </c>
       <c r="M701" s="89">
         <v>45967.194444444445</v>
       </c>
       <c r="N701" s="89">
         <v>45967.423611111109</v>
       </c>
       <c r="O701" s="89">
         <v>45967.486111111109</v>
       </c>
     </row>
-    <row r="702" spans="1:15" ht="15">
+    <row r="702" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A702" s="38">
         <v>1161076</v>
       </c>
       <c r="B702" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C702" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D702" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E702" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F702" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G702" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H702" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I702" s="28"/>
       <c r="J702" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K702" s="96" t="s">
+      <c r="K702" s="93" t="s">
         <v>27</v>
       </c>
-      <c r="L702" s="94">
+      <c r="L702" s="89">
         <v>45975.493055555555</v>
       </c>
       <c r="M702" s="89">
         <v>45975.694444444445</v>
       </c>
       <c r="N702" s="89">
         <v>45977.194444444445</v>
       </c>
       <c r="O702" s="89">
         <v>45977.260416666664</v>
       </c>
     </row>
-    <row r="703" spans="1:15" ht="15">
+    <row r="703" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A703" s="38">
         <v>1161076</v>
       </c>
       <c r="B703" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C703" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D703" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E703" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F703" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G703" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H703" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I703" s="28"/>
-      <c r="J703" s="37" t="s">
+      <c r="J703" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="K703" s="96" t="s">
+      <c r="K703" s="95" t="s">
         <v>27</v>
       </c>
-      <c r="L703" s="94">
+      <c r="L703" s="89">
         <v>45975.493055555555</v>
       </c>
       <c r="M703" s="89">
         <v>45979.024305555555</v>
       </c>
       <c r="N703" s="89">
         <v>45979.565972222219</v>
       </c>
       <c r="O703" s="89">
         <v>45979.652777777781</v>
       </c>
     </row>
-    <row r="704" spans="1:15" ht="15">
+    <row r="704" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A704" s="38">
         <v>1161076</v>
       </c>
       <c r="B704" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C704" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D704" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E704" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F704" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G704" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H704" s="73" t="s">
         <v>35</v>
       </c>
-      <c r="I704" s="28"/>
+      <c r="I704" s="96"/>
       <c r="J704" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K704" s="96" t="s">
+      <c r="K704" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L704" s="94">
+      <c r="L704" s="89">
         <v>45983.732638888891</v>
       </c>
       <c r="M704" s="89">
         <v>45983.815972222219</v>
       </c>
       <c r="N704" s="89">
         <v>45984.822916666664</v>
       </c>
       <c r="O704" s="89">
         <v>45985.017361111109</v>
       </c>
     </row>
-    <row r="705" spans="1:15" ht="15">
+    <row r="705" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A705" s="38">
         <v>1161076</v>
       </c>
       <c r="B705" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C705" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D705" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E705" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F705" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G705" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H705" s="73" t="s">
         <v>35</v>
       </c>
-      <c r="I705" s="28"/>
+      <c r="I705" s="96"/>
       <c r="J705" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="K705" s="96" t="s">
+      <c r="K705" s="83" t="s">
         <v>29</v>
       </c>
-      <c r="L705" s="94">
+      <c r="L705" s="89">
         <v>45983.732638888891</v>
       </c>
       <c r="M705" s="89">
         <v>45984.923611111109</v>
       </c>
       <c r="N705" s="89">
         <v>45985.46875</v>
       </c>
       <c r="O705" s="89">
         <v>45985.017361111109</v>
       </c>
     </row>
-    <row r="706" spans="1:15" ht="15">
+    <row r="706" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A706" s="38">
         <v>1161076</v>
       </c>
       <c r="B706" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C706" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D706" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E706" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F706" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G706" s="43" t="s">
         <v>23</v>
       </c>
       <c r="H706" s="86" t="s">
         <v>24</v>
       </c>
-      <c r="I706" s="28"/>
+      <c r="I706" s="96"/>
       <c r="J706" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="K706" s="96" t="s">
+      <c r="K706" s="83" t="s">
         <v>27</v>
       </c>
-      <c r="L706" s="94">
+      <c r="L706" s="89">
         <v>45986.506944444445</v>
       </c>
       <c r="M706" s="89">
         <v>45986.618055555555</v>
       </c>
       <c r="N706" s="89">
         <v>45988.229166666664</v>
       </c>
       <c r="O706" s="89">
         <v>45988.354166666664</v>
       </c>
     </row>
-    <row r="707" spans="1:15" ht="15">
+    <row r="707" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A707" s="38">
         <v>1161076</v>
       </c>
       <c r="B707" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C707" s="39" t="s">
         <v>19</v>
       </c>
       <c r="D707" s="39" t="s">
         <v>20</v>
       </c>
       <c r="E707" s="43" t="s">
         <v>21</v>
       </c>
       <c r="F707" s="43" t="s">
         <v>22</v>
       </c>
       <c r="G707" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="H707" s="66" t="s">
-[...2 lines deleted...]
-      <c r="I707" s="79">
+      <c r="H707" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="I707" s="97">
         <v>9654971</v>
       </c>
       <c r="J707" s="28"/>
-      <c r="K707" s="96" t="s">
+      <c r="K707" s="83" t="s">
         <v>34</v>
       </c>
-      <c r="L707" s="11" t="s">
-        <v>45</v>
+      <c r="L707" s="89">
+        <v>45990.491666666669</v>
       </c>
       <c r="M707" s="89">
         <v>45994</v>
       </c>
       <c r="N707" s="89">
         <v>45994.970833333333</v>
       </c>
       <c r="O707" s="89">
         <v>45995.506944444445</v>
+      </c>
+    </row>
+    <row r="708" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A708" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B708" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C708" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D708" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E708" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F708" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G708" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H708" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I708" s="96"/>
+      <c r="J708" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K708" s="88" t="s">
+        <v>27</v>
+      </c>
+      <c r="L708" s="89">
+        <v>45996.291666666664</v>
+      </c>
+      <c r="M708" s="89">
+        <v>45996.475694444445</v>
+      </c>
+      <c r="N708" s="89">
+        <v>45996.965277777781</v>
+      </c>
+      <c r="O708" s="89">
+        <v>45997.28125</v>
+      </c>
+    </row>
+    <row r="709" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A709" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B709" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C709" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D709" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E709" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F709" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G709" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H709" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I709" s="96"/>
+      <c r="J709" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K709" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="L709" s="89">
+        <v>46003.722222222219</v>
+      </c>
+      <c r="M709" s="89">
+        <v>46003.854166666664</v>
+      </c>
+      <c r="N709" s="89">
+        <v>46004.625</v>
+      </c>
+      <c r="O709" s="89">
+        <v>46004.708333333336</v>
+      </c>
+    </row>
+    <row r="710" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A710" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B710" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C710" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D710" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E710" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F710" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G710" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H710" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I710" s="96"/>
+      <c r="J710" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K710" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L710" s="89">
+        <v>46005.444444444445</v>
+      </c>
+      <c r="M710" s="89">
+        <v>46005.520833333336</v>
+      </c>
+      <c r="N710" s="89">
+        <v>46007.013888888891</v>
+      </c>
+      <c r="O710" s="89">
+        <v>46008.354166666664</v>
+      </c>
+    </row>
+    <row r="711" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A711" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B711" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C711" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D711" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E711" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F711" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G711" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H711" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I711" s="96"/>
+      <c r="J711" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K711" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L711" s="89">
+        <v>46005.444444444445</v>
+      </c>
+      <c r="M711" s="89">
+        <v>46007.111111111109</v>
+      </c>
+      <c r="N711" s="89">
+        <v>46007.805555555555</v>
+      </c>
+      <c r="O711" s="89">
+        <v>46008.354166666664</v>
+      </c>
+    </row>
+    <row r="712" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A712" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B712" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C712" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D712" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E712" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F712" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G712" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H712" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I712" s="96"/>
+      <c r="J712" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K712" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L712" s="89">
+        <v>46011.545138888891</v>
+      </c>
+      <c r="M712" s="89">
+        <v>46011.652777777781</v>
+      </c>
+      <c r="N712" s="89">
+        <v>46012.923611111109</v>
+      </c>
+      <c r="O712" s="89">
+        <v>46013.399305555555</v>
+      </c>
+    </row>
+    <row r="713" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A713" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B713" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C713" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D713" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E713" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F713" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G713" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H713" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I713" s="96"/>
+      <c r="J713" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="K713" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="L713" s="89">
+        <v>46012.513888888891</v>
+      </c>
+      <c r="M713" s="89">
+        <v>46012.611111111109</v>
+      </c>
+      <c r="N713" s="89">
+        <v>46013.875</v>
+      </c>
+      <c r="O713" s="89">
+        <v>46014.642361111109</v>
+      </c>
+    </row>
+    <row r="714" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A714" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B714" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C714" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D714" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E714" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F714" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="G714" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="H714" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I714" s="96"/>
+      <c r="J714" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="K714" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L714" s="89">
+        <v>46018.371527777781</v>
+      </c>
+      <c r="M714" s="89">
+        <v>46018.444444444445</v>
+      </c>
+      <c r="N714" s="89">
+        <v>46019.034722222219</v>
+      </c>
+      <c r="O714" s="89">
+        <v>46019.430555555555</v>
+      </c>
+    </row>
+    <row r="715" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A715" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B715" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C715" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D715" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E715" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F715" s="85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G715" s="85" t="s">
+        <v>23</v>
+      </c>
+      <c r="H715" s="94" t="s">
+        <v>35</v>
+      </c>
+      <c r="I715" s="99"/>
+      <c r="J715" s="44" t="s">
+        <v>28</v>
+      </c>
+      <c r="K715" s="90" t="s">
+        <v>29</v>
+      </c>
+      <c r="L715" s="91">
+        <v>46019.618055555555</v>
+      </c>
+      <c r="M715" s="91">
+        <v>46019.694444444445</v>
+      </c>
+      <c r="N715" s="91">
+        <v>46019.982638888891</v>
+      </c>
+      <c r="O715" s="91">
+        <v>46020.295138888891</v>
+      </c>
+    </row>
+    <row r="716" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A716" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B716" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C716" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D716" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E716" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F716" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G716" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H716" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I716" s="103"/>
+      <c r="J716" s="104" t="s">
+        <v>26</v>
+      </c>
+      <c r="K716" s="61" t="s">
+        <v>27</v>
+      </c>
+      <c r="L716" s="105">
+        <v>46025.385416666664</v>
+      </c>
+      <c r="M716" s="105">
+        <v>46025.513888888891</v>
+      </c>
+      <c r="N716" s="105">
+        <v>46025.881944444445</v>
+      </c>
+      <c r="O716" s="105">
+        <v>46026.524305555555</v>
+      </c>
+    </row>
+    <row r="717" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A717" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B717" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C717" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D717" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E717" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F717" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G717" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H717" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I717" s="33"/>
+      <c r="J717" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K717" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L717" s="100">
+        <v>46025.385416666664</v>
+      </c>
+      <c r="M717" s="100">
+        <v>46026.020833333336</v>
+      </c>
+      <c r="N717" s="100">
+        <v>46026.461805555555</v>
+      </c>
+      <c r="O717" s="100">
+        <v>46026.524305555555</v>
+      </c>
+    </row>
+    <row r="718" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A718" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B718" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C718" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D718" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E718" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F718" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G718" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H718" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I718" s="33"/>
+      <c r="J718" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="K718" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="L718" s="100">
+        <v>46027.791666666664</v>
+      </c>
+      <c r="M718" s="100">
+        <v>46027.940972222219</v>
+      </c>
+      <c r="N718" s="100">
+        <v>46029.086805555555</v>
+      </c>
+      <c r="O718" s="100">
+        <v>46029.319444444445</v>
+      </c>
+    </row>
+    <row r="719" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A719" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B719" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C719" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D719" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E719" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F719" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G719" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H719" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I719" s="35">
+        <v>9654971</v>
+      </c>
+      <c r="J719" s="101"/>
+      <c r="K719" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L719" s="100">
+        <v>46029.645833333336</v>
+      </c>
+      <c r="M719" s="100">
+        <v>46029.993055555555</v>
+      </c>
+      <c r="N719" s="100">
+        <v>46030.408333333333</v>
+      </c>
+      <c r="O719" s="100">
+        <v>46030.494444444441</v>
+      </c>
+    </row>
+    <row r="720" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A720" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B720" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C720" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D720" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E720" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F720" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G720" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H720" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I720" s="33"/>
+      <c r="J720" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K720" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L720" s="100">
+        <v>46032.59375</v>
+      </c>
+      <c r="M720" s="100">
+        <v>46032.708333333336</v>
+      </c>
+      <c r="N720" s="100">
+        <v>46033.097222222219</v>
+      </c>
+      <c r="O720" s="100">
+        <v>46033.416666666664</v>
+      </c>
+    </row>
+    <row r="721" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A721" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B721" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C721" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D721" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E721" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F721" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G721" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H721" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I721" s="33"/>
+      <c r="J721" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K721" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L721" s="100">
+        <v>46037.375</v>
+      </c>
+      <c r="M721" s="100">
+        <v>46037.548611111109</v>
+      </c>
+      <c r="N721" s="102">
+        <v>46037.892361111109</v>
+      </c>
+      <c r="O721" s="102">
+        <v>46038.243055555555</v>
+      </c>
+    </row>
+    <row r="722" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A722" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B722" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C722" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D722" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E722" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F722" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G722" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H722" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I722" s="33"/>
+      <c r="J722" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K722" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L722" s="100">
+        <v>46042.493055555555</v>
+      </c>
+      <c r="M722" s="100">
+        <v>46042.690972222219</v>
+      </c>
+      <c r="N722" s="100">
+        <v>46043.097222222219</v>
+      </c>
+      <c r="O722" s="100">
+        <v>46043.336805555555</v>
+      </c>
+    </row>
+    <row r="723" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A723" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B723" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C723" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D723" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E723" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F723" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G723" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H723" s="66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I723" s="33"/>
+      <c r="J723" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="K723" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="L723" s="100">
+        <v>46047.611111111109</v>
+      </c>
+      <c r="M723" s="100">
+        <v>46047.760416666664</v>
+      </c>
+      <c r="N723" s="100">
+        <v>46048.680555555555</v>
+      </c>
+      <c r="O723" s="100">
+        <v>46048.791666666664</v>
+      </c>
+    </row>
+    <row r="724" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A724" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B724" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C724" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D724" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E724" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F724" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G724" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H724" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I724" s="33"/>
+      <c r="J724" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K724" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L724" s="100">
+        <v>46048.503472222219</v>
+      </c>
+      <c r="M724" s="100">
+        <v>46048.576388888891</v>
+      </c>
+      <c r="N724" s="100">
+        <v>46049.777777777781</v>
+      </c>
+      <c r="O724" s="100">
+        <v>46050.263888888891</v>
+      </c>
+    </row>
+    <row r="725" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A725" s="38">
+        <v>1161076</v>
+      </c>
+      <c r="B725" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C725" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="D725" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E725" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="F725" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G725" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="H725" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="I725" s="33"/>
+      <c r="J725" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="K725" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="L725" s="100">
+        <v>46048.503472222219</v>
+      </c>
+      <c r="M725" s="100">
+        <v>46049.75</v>
+      </c>
+      <c r="N725" s="100">
+        <v>46050.197916666664</v>
+      </c>
+      <c r="O725" s="100">
+        <v>46050.263888888891</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:O220" xr:uid="{55BB9867-9E86-4675-A13E-681B7B6859FB}"/>
   <mergeCells count="1">
     <mergeCell ref="A2:O3"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2bfec957b68e8e6c76e54b98b260ab7a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="59c7a59d17882a0fd5d31ea3c7e176e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d67f83196d96e29494ea7b1d8065611a" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -33591,87 +34437,139 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E7C0D76-8F54-4E5B-9253-75D1CA0B2945}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{331EA19B-FA8F-4BA5-96F5-C7F8E9009EEC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E643226-42B9-4C12-978F-6C842318E60D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EBA5950-2F08-4F5B-989D-05E43295C074}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EBA5950-2F08-4F5B-989D-05E43295C074}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E643226-42B9-4C12-978F-6C842318E60D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Planilhas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Planilha1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>BKM</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DANIELE AYUMI SHIMADA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AE89471F3814B4188A1E4915B152B23</vt:lpwstr>
   </property>