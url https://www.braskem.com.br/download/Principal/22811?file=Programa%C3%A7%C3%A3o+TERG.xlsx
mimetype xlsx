--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/ANP/RANP 881/Documentos Divulgados/Atualização Mensal/Atualização 14.08.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.11.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="865" documentId="13_ncr:1_{CE4EBFE1-584D-451A-8AF9-A8EC206D24BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{45E9082B-8FAD-4935-8AC1-9E99ADB42745}"/>
+  <xr:revisionPtr revIDLastSave="925" documentId="13_ncr:1_{CE4EBFE1-584D-451A-8AF9-A8EC206D24BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4C9084E1-0B41-48AC-8A96-FD9F4584A9F2}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{C9B868BE-8B72-450F-A319-D047667E6ED7}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4239" uniqueCount="718">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4356" uniqueCount="739">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -2192,50 +2192,113 @@
     <t>2025-09-21T14:00:00</t>
   </si>
   <si>
     <t>2025-09-25T14:00:00</t>
   </si>
   <si>
     <t>2025-09-27T14:00:00</t>
   </si>
   <si>
     <t>2025-09-30T14:00:00</t>
   </si>
   <si>
     <t>2025-09-04T14:00:00</t>
   </si>
   <si>
     <t>2025-09-15T14:00:00</t>
   </si>
   <si>
     <t>2025-09-22T14:00:00</t>
   </si>
   <si>
     <t>2025-09-28T14:00:00</t>
   </si>
   <si>
     <t>2025-10-01T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-21T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-23T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-12T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-20T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-22T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-28T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-13T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-25T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-29T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-05T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-17T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-06T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-06T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-18T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-25T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-07T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-09T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-10T14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2633,76 +2696,76 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3994C46D-18B6-4D00-BAE9-F0590EB50DF6}">
-  <dimension ref="A1:J477"/>
+  <dimension ref="A1:J490"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:J3"/>
+    <sheetView tabSelected="1" topLeftCell="A464" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="K481" sqref="K481"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="21.7265625" customWidth="1"/>
     <col min="2" max="2" width="21.1796875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7265625" customWidth="1"/>
     <col min="5" max="5" width="22" customWidth="1"/>
     <col min="6" max="6" width="20.453125" customWidth="1"/>
     <col min="7" max="7" width="16.7265625" customWidth="1"/>
     <col min="8" max="8" width="19.1796875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.26953125" customWidth="1"/>
     <col min="10" max="10" width="22.453125" customWidth="1"/>
     <col min="11" max="11" width="28" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45875</v>
+        <v>45974</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
@@ -17843,89 +17906,516 @@
         <v>13</v>
       </c>
       <c r="C477" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D477" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E477" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F477" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G477" s="7" t="s">
         <v>636</v>
       </c>
       <c r="H477" s="7" t="s">
         <v>19</v>
       </c>
       <c r="I477" s="7" t="s">
         <v>712</v>
       </c>
       <c r="J477" s="7" t="s">
         <v>717</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A478" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B478" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C478" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D478" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F478" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G478" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H478" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I478" s="7" t="s">
+        <v>729</v>
+      </c>
+      <c r="J478" s="7" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A479" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B479" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C479" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D479" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F479" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G479" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H479" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I479" s="7" t="s">
+        <v>730</v>
+      </c>
+      <c r="J479" s="7" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A480" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B480" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C480" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D480" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F480" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G480" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H480" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I480" s="7" t="s">
+        <v>731</v>
+      </c>
+      <c r="J480" s="7" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A481" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B481" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C481" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D481" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F481" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G481" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H481" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I481" s="7" t="s">
+        <v>732</v>
+      </c>
+      <c r="J481" s="7" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A482" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B482" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C482" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D482" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F482" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G482" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H482" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I482" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="J482" s="7" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A483" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B483" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C483" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D483" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F483" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G483" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H483" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I483" s="7" t="s">
+        <v>738</v>
+      </c>
+      <c r="J483" s="7" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A484" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B484" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C484" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D484" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F484" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G484" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H484" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I484" s="7" t="s">
+        <v>721</v>
+      </c>
+      <c r="J484" s="7" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A485" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B485" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C485" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D485" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F485" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G485" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H485" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I485" s="7" t="s">
+        <v>722</v>
+      </c>
+      <c r="J485" s="7" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A486" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B486" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C486" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D486" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F486" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G486" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H486" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I486" s="7" t="s">
+        <v>723</v>
+      </c>
+      <c r="J486" s="7" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A487" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B487" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C487" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D487" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F487" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G487" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H487" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I487" s="7" t="s">
+        <v>724</v>
+      </c>
+      <c r="J487" s="7" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A488" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B488" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C488" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D488" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F488" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G488" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H488" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I488" s="7" t="s">
+        <v>727</v>
+      </c>
+      <c r="J488" s="7" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A489" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B489" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C489" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D489" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F489" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G489" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H489" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I489" s="7" t="s">
+        <v>720</v>
+      </c>
+      <c r="J489" s="7" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A490" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B490" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C490" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D490" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F490" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G490" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H490" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I490" s="7" t="s">
+        <v>725</v>
+      </c>
+      <c r="J490" s="7" t="s">
+        <v>728</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15472d5064bdd8a900ba57229a245140" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2259994f86eb54acd31c1adc78f1024e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -18134,119 +18624,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TERG.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A887BCB1-87A8-4228-A832-6D0F1B901465}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6000117C-EE44-42E0-9028-C25EC3640236}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDEEE233-4C99-4C83-BBC7-08F66020D29B}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF19AC68-52E6-42F5-A733-79524734851F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F03D1559-2158-4FFB-B8AC-4ABC5CF2C12F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55E665D8-41C7-429A-87C2-9D721DB11F60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>