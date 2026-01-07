--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.11.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.12.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="925" documentId="13_ncr:1_{CE4EBFE1-584D-451A-8AF9-A8EC206D24BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4C9084E1-0B41-48AC-8A96-FD9F4584A9F2}"/>
+  <xr:revisionPtr revIDLastSave="950" documentId="13_ncr:1_{CE4EBFE1-584D-451A-8AF9-A8EC206D24BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E628A3C1-B9B7-4821-902E-DE2A9594E3FD}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{C9B868BE-8B72-450F-A319-D047667E6ED7}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4356" uniqueCount="739">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4419" uniqueCount="751">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -2255,50 +2255,86 @@
     <t>2025-11-17T14:00:00</t>
   </si>
   <si>
     <t>2025-11-24T14:00:00</t>
   </si>
   <si>
     <t>2025-12-06T14:00:00</t>
   </si>
   <si>
     <t>2025-11-06T14:00:00</t>
   </si>
   <si>
     <t>2025-11-18T14:00:00</t>
   </si>
   <si>
     <t>2025-11-25T14:00:00</t>
   </si>
   <si>
     <t>2025-12-07T14:00:00</t>
   </si>
   <si>
     <t>2025-12-09T14:00:00</t>
   </si>
   <si>
     <t>2025-12-10T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-05T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-11T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-15T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-20T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-06T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-12T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-16T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-21T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-28T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-22T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-24T14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2696,76 +2732,76 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3994C46D-18B6-4D00-BAE9-F0590EB50DF6}">
-  <dimension ref="A1:J490"/>
+  <dimension ref="A1:J497"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A464" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="K481" sqref="K481"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="J500" sqref="J500"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="21.7265625" customWidth="1"/>
     <col min="2" max="2" width="21.1796875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7265625" customWidth="1"/>
     <col min="5" max="5" width="22" customWidth="1"/>
     <col min="6" max="6" width="20.453125" customWidth="1"/>
     <col min="7" max="7" width="16.7265625" customWidth="1"/>
     <col min="8" max="8" width="19.1796875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.26953125" customWidth="1"/>
     <col min="10" max="10" width="22.453125" customWidth="1"/>
     <col min="11" max="11" width="28" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45974</v>
+        <v>46003</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
@@ -18322,100 +18358,324 @@
         <v>13</v>
       </c>
       <c r="C490" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D490" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E490" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F490" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G490" s="7" t="s">
         <v>636</v>
       </c>
       <c r="H490" s="7" t="s">
         <v>19</v>
       </c>
       <c r="I490" s="7" t="s">
         <v>725</v>
       </c>
       <c r="J490" s="7" t="s">
         <v>728</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A491" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B491" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C491" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D491" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F491" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G491" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H491" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I491" s="4" t="s">
+        <v>739</v>
+      </c>
+      <c r="J491" s="4" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A492" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B492" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C492" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D492" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F492" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G492" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H492" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I492" s="4" t="s">
+        <v>740</v>
+      </c>
+      <c r="J492" s="4" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A493" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B493" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C493" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D493" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F493" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G493" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H493" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I493" s="4" t="s">
+        <v>741</v>
+      </c>
+      <c r="J493" s="4" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A494" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B494" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C494" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D494" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F494" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G494" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H494" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I494" s="4" t="s">
+        <v>742</v>
+      </c>
+      <c r="J494" s="4" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A495" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B495" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C495" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D495" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F495" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G495" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H495" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I495" s="4" t="s">
+        <v>747</v>
+      </c>
+      <c r="J495" s="4" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A496" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B496" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C496" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D496" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F496" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G496" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H496" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I496" s="4" t="s">
+        <v>749</v>
+      </c>
+      <c r="J496" s="4" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A497" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B497" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C497" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D497" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F497" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G497" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H497" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I497" s="4" t="s">
+        <v>743</v>
+      </c>
+      <c r="J497" s="4" t="s">
+        <v>748</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2259994f86eb54acd31c1adc78f1024e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2bfec957b68e8e6c76e54b98b260ab7a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -18637,95 +18897,80 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TERG.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A887BCB1-87A8-4228-A832-6D0F1B901465}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6000117C-EE44-42E0-9028-C25EC3640236}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF19AC68-52E6-42F5-A733-79524734851F}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A887BCB1-87A8-4228-A832-6D0F1B901465}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
-    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A5E96DD-DE91-4EC9-8E5B-B160CE520C09}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55E665D8-41C7-429A-87C2-9D721DB11F60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C716A48A-E68C-4EF4-9B4B-99B49B38AA13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>