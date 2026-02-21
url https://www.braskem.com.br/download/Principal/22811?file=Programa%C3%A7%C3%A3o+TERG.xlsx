--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.12.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 13.02.2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="950" documentId="13_ncr:1_{CE4EBFE1-584D-451A-8AF9-A8EC206D24BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E628A3C1-B9B7-4821-902E-DE2A9594E3FD}"/>
+  <xr:revisionPtr revIDLastSave="1023" documentId="13_ncr:1_{CE4EBFE1-584D-451A-8AF9-A8EC206D24BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{07DA92E8-882D-48A2-8EEB-FE4E89E39458}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{C9B868BE-8B72-450F-A319-D047667E6ED7}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{C9B868BE-8B72-450F-A319-D047667E6ED7}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4419" uniqueCount="751">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4590" uniqueCount="783">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -2291,106 +2291,208 @@
     <t>2026-01-20T14:00:00</t>
   </si>
   <si>
     <t>2026-01-27T14:00:00</t>
   </si>
   <si>
     <t>2026-01-06T14:00:00</t>
   </si>
   <si>
     <t>2026-01-12T14:00:00</t>
   </si>
   <si>
     <t>2026-01-16T14:00:00</t>
   </si>
   <si>
     <t>2026-01-21T14:00:00</t>
   </si>
   <si>
     <t>2026-01-28T14:00:00</t>
   </si>
   <si>
     <t>2026-01-22T14:00:00</t>
   </si>
   <si>
     <t>2026-01-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-06T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-11T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-15T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-21T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-07T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-12T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-16T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-22T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-28T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-01T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-03T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-13T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-28T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-12T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-25T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-30T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-14T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-03T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-08T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-11T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-19T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-26T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-31T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-09T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-20T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-04-01T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-16T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-22T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-23T14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -2732,76 +2834,76 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3994C46D-18B6-4D00-BAE9-F0590EB50DF6}">
-  <dimension ref="A1:J497"/>
+  <dimension ref="A1:J516"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J500" sqref="J500"/>
+      <selection activeCell="J497" sqref="J497"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="21.7265625" customWidth="1"/>
     <col min="2" max="2" width="21.1796875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7265625" customWidth="1"/>
     <col min="5" max="5" width="22" customWidth="1"/>
     <col min="6" max="6" width="20.453125" customWidth="1"/>
     <col min="7" max="7" width="16.7265625" customWidth="1"/>
     <col min="8" max="8" width="19.1796875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="20.26953125" customWidth="1"/>
     <col min="10" max="10" width="22.453125" customWidth="1"/>
     <col min="11" max="11" width="28" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>46003</v>
+        <v>46059</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="9"/>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
@@ -18584,98 +18686,707 @@
       <c r="C497" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D497" s="7" t="s">
         <v>15</v>
       </c>
       <c r="E497" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F497" s="7" t="s">
         <v>17</v>
       </c>
       <c r="G497" s="7" t="s">
         <v>636</v>
       </c>
       <c r="H497" s="7" t="s">
         <v>19</v>
       </c>
       <c r="I497" s="4" t="s">
         <v>743</v>
       </c>
       <c r="J497" s="4" t="s">
         <v>748</v>
       </c>
     </row>
+    <row r="498" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A498" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B498" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C498" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D498" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F498" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G498" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H498" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I498" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="J498" s="7" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A499" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B499" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C499" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D499" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F499" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G499" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H499" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I499" s="7" t="s">
+        <v>751</v>
+      </c>
+      <c r="J499" s="7" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A500" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B500" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C500" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D500" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E500" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F500" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G500" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H500" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I500" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="J500" s="7" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A501" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B501" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C501" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D501" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F501" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G501" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H501" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I501" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="J501" s="7" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A502" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B502" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C502" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D502" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E502" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F502" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G502" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H502" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I502" s="7" t="s">
+        <v>754</v>
+      </c>
+      <c r="J502" s="7" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A503" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B503" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C503" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D503" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F503" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G503" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H503" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I503" s="7" t="s">
+        <v>759</v>
+      </c>
+      <c r="J503" s="7" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A504" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B504" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C504" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D504" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F504" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G504" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H504" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I504" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="J504" s="7" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A505" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B505" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C505" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D505" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F505" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G505" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H505" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I505" s="7" t="s">
+        <v>770</v>
+      </c>
+      <c r="J505" s="7" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A506" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B506" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C506" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D506" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F506" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G506" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H506" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I506" s="7" t="s">
+        <v>771</v>
+      </c>
+      <c r="J506" s="7" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A507" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B507" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C507" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D507" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F507" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G507" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H507" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I507" s="7" t="s">
+        <v>776</v>
+      </c>
+      <c r="J507" s="7" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A508" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B508" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C508" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D508" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F508" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G508" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H508" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I508" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="J508" s="7" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A509" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B509" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C509" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D509" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F509" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G509" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H509" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I509" s="7" t="s">
+        <v>764</v>
+      </c>
+      <c r="J509" s="7" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A510" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B510" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C510" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D510" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F510" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G510" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H510" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I510" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="J510" s="7" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A511" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B511" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C511" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D511" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F511" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G511" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H511" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I511" s="7" t="s">
+        <v>773</v>
+      </c>
+      <c r="J511" s="7" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A512" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B512" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C512" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D512" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F512" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G512" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H512" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I512" s="7" t="s">
+        <v>777</v>
+      </c>
+      <c r="J512" s="7" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A513" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B513" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C513" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D513" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E513" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F513" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G513" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H513" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I513" s="7" t="s">
+        <v>782</v>
+      </c>
+      <c r="J513" s="7" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A514" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B514" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C514" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D514" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E514" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F514" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G514" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H514" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I514" s="7" t="s">
+        <v>774</v>
+      </c>
+      <c r="J514" s="7" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A515" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B515" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C515" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D515" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E515" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F515" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G515" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H515" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I515" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="J515" s="7" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A516" s="7">
+        <v>1202524</v>
+      </c>
+      <c r="B516" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C516" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D516" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F516" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G516" s="7" t="s">
+        <v>636</v>
+      </c>
+      <c r="H516" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="I516" s="7" t="s">
+        <v>775</v>
+      </c>
+      <c r="J516" s="7" t="s">
+        <v>779</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
+  <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2bfec957b68e8e6c76e54b98b260ab7a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="59c7a59d17882a0fd5d31ea3c7e176e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d67f83196d96e29494ea7b1d8065611a" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -18907,70 +19618,85 @@
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TERG.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6000117C-EE44-42E0-9028-C25EC3640236}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A887BCB1-87A8-4228-A832-6D0F1B901465}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A5E96DD-DE91-4EC9-8E5B-B160CE520C09}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DDD29AE-0BBA-4FEC-81FD-5D1D7F1D3462}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C716A48A-E68C-4EF4-9B4B-99B49B38AA13}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB033F1B-9DBF-46E0-B8FF-960BFB04A4BA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>