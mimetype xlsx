--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,112 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/ANP/RANP 881/Documentos Divulgados/Atualização Mensal/Atualização 14.09.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.10.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="408" documentId="8_{82C595C8-32FA-4719-9FE5-7DFDA37C1BCD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D2EE0F10-7907-43A5-A7EB-3C22391FCD66}"/>
+  <xr:revisionPtr revIDLastSave="431" documentId="8_{82C595C8-32FA-4719-9FE5-7DFDA37C1BCD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EA5FC94D-E4BF-4950-80AB-96D071631CCC}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4E990CFA-36AE-4DCF-826B-061A0BCE7343}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{4E990CFA-36AE-4DCF-826B-061A0BCE7343}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J30" i="1" l="1"/>
   <c r="J31" i="1"/>
   <c r="J29" i="1"/>
   <c r="J26" i="1"/>
   <c r="J28" i="1"/>
   <c r="J27" i="1"/>
   <c r="J25" i="1"/>
   <c r="J24" i="1"/>
   <c r="J23" i="1"/>
   <c r="J22" i="1"/>
   <c r="J21" i="1"/>
   <c r="J20" i="1"/>
   <c r="J19" i="1"/>
   <c r="J18" i="1"/>
   <c r="J13" i="1"/>
   <c r="J17" i="1"/>
   <c r="J16" i="1"/>
   <c r="J15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="879" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="915" uniqueCount="173">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -563,60 +563,78 @@
     <t>2025-07-22T07:00:00</t>
   </si>
   <si>
     <t>2025-07-29T07:00:00</t>
   </si>
   <si>
     <t>2025-08-01T07:00:00</t>
   </si>
   <si>
     <t>2025-08-10T07:00:00</t>
   </si>
   <si>
     <t>2025-08-13T07:00:00</t>
   </si>
   <si>
     <t>2025-09-15T07:00:00</t>
   </si>
   <si>
     <t>2025-09-18T07:00:00</t>
   </si>
   <si>
     <t>2025-09-26T07:00:00</t>
   </si>
   <si>
     <t>2025-09-29T07:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-12T07:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-14T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-17T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-24T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-27T07:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
@@ -703,91 +721,91 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -849,51 +867,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -991,3465 +1009,3616 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E135F01-1CA5-4741-BE5C-8064E893428C}">
-  <dimension ref="A1:J107"/>
+  <dimension ref="A1:J112"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="I106" sqref="I106:I107"/>
+    <sheetView tabSelected="1" topLeftCell="C106" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="K115" sqref="K115"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="20.42578125" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" customWidth="1"/>
     <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="20.140625" customWidth="1"/>
     <col min="10" max="10" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45875</v>
+        <v>45669</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
     </row>
-    <row r="3" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
     </row>
-    <row r="4" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="B4" s="5"/>
       <c r="C4" s="1"/>
     </row>
-    <row r="5" spans="1:10" s="7" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:10" s="7" customFormat="1" ht="26.1">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A6" s="4">
         <v>1246328</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="9">
         <v>44863.472222222219</v>
       </c>
       <c r="J6" s="9">
         <v>44867.319444444445</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A7" s="4">
         <v>1246328</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I7" s="9">
         <v>44875.368055555555</v>
       </c>
       <c r="J7" s="9">
         <v>44878.295138888891</v>
       </c>
     </row>
-    <row r="8" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A8" s="4">
         <v>1246328</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I8" s="9">
         <v>44881.381944444445</v>
       </c>
       <c r="J8" s="9">
         <v>44883.3125</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A9" s="4">
         <v>1246328</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="9">
         <v>44887.381944444445</v>
       </c>
       <c r="J9" s="9">
         <v>44891.309027777781</v>
       </c>
     </row>
-    <row r="10" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A10" s="4">
         <v>1246328</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I10" s="9">
         <v>44899.708333333336</v>
       </c>
       <c r="J10" s="9">
         <v>44902.548611111109</v>
       </c>
     </row>
-    <row r="11" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A11" s="4">
         <v>1246328</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I11" s="9">
         <v>44911.381944444445</v>
       </c>
       <c r="J11" s="9">
         <v>44914.305555555555</v>
       </c>
     </row>
-    <row r="12" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A12" s="4">
         <v>1246328</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="9">
         <v>44922.680555555555</v>
       </c>
       <c r="J12" s="9">
         <v>44925.600694444445</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10">
       <c r="A13" s="4">
         <v>1246328</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I13" s="9">
         <v>44942.291666666664</v>
       </c>
       <c r="J13" s="9">
         <f>I13+3</f>
         <v>44945.291666666664</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10">
       <c r="A14" s="4">
         <v>1246328</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I14" s="9">
         <v>44945.291666666664</v>
       </c>
       <c r="J14" s="9">
         <v>44948.291666666664</v>
       </c>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:10">
       <c r="A15" s="4">
         <v>1246328</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I15" s="9">
         <v>44956.291666666664</v>
       </c>
       <c r="J15" s="9">
         <f t="shared" ref="J15:J20" si="0">I15+3</f>
         <v>44959.291666666664</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10">
       <c r="A16" s="4">
         <v>1246328</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I16" s="9">
         <v>44967.291666666664</v>
       </c>
       <c r="J16" s="9">
         <f t="shared" si="0"/>
         <v>44970.291666666664</v>
       </c>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10">
       <c r="A17" s="4">
         <v>1246328</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I17" s="9">
         <v>44978.291666666664</v>
       </c>
       <c r="J17" s="9">
         <f t="shared" si="0"/>
         <v>44981.291666666664</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10">
       <c r="A18" s="4">
         <v>1246328</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I18" s="9">
         <v>44994.291666666664</v>
       </c>
       <c r="J18" s="9">
         <f t="shared" si="0"/>
         <v>44997.291666666664</v>
       </c>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:10">
       <c r="A19" s="4">
         <v>1246328</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I19" s="9">
         <v>45006.291666666664</v>
       </c>
       <c r="J19" s="9">
         <f t="shared" si="0"/>
         <v>45009.291666666664</v>
       </c>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:10">
       <c r="A20" s="4">
         <v>1246328</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I20" s="9">
         <v>45017.291666666664</v>
       </c>
       <c r="J20" s="9">
         <f t="shared" si="0"/>
         <v>45020.291666666664</v>
       </c>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:10">
       <c r="A21" s="4">
         <v>1246328</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="9">
         <v>45032.291666666664</v>
       </c>
       <c r="J21" s="9">
         <f t="shared" ref="J21:J22" si="1">I21+3</f>
         <v>45035.291666666664</v>
       </c>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:10">
       <c r="A22" s="4">
         <v>1246328</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="9">
         <v>45043.291666666664</v>
       </c>
       <c r="J22" s="9">
         <f t="shared" si="1"/>
         <v>45046.291666666664</v>
       </c>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:10">
       <c r="A23" s="4">
         <v>1246328</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I23" s="9">
         <v>45056.291666666664</v>
       </c>
       <c r="J23" s="9">
         <f t="shared" ref="J23" si="2">I23+3</f>
         <v>45059.291666666664</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:10">
       <c r="A24" s="4">
         <v>1246328</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I24" s="9">
         <v>45066.291666666664</v>
       </c>
       <c r="J24" s="9">
         <f t="shared" ref="J24" si="3">I24+3</f>
         <v>45069.291666666664</v>
       </c>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:10">
       <c r="A25" s="4">
         <v>1246328</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I25" s="9">
         <v>45076.291666666664</v>
       </c>
       <c r="J25" s="9">
         <f t="shared" ref="J25" si="4">I25+3</f>
         <v>45079.291666666664</v>
       </c>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:10">
       <c r="A26" s="4">
         <v>1246328</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I26" s="9">
         <v>45080.291666666664</v>
       </c>
       <c r="J26" s="9">
         <f>I26+15</f>
         <v>45095.291666666664</v>
       </c>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:10">
       <c r="A27" s="4">
         <v>1246328</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I27" s="9">
         <v>45097.291666666664</v>
       </c>
       <c r="J27" s="9">
         <f t="shared" ref="J27:J28" si="5">I27+3</f>
         <v>45100.291666666664</v>
       </c>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:10">
       <c r="A28" s="4">
         <v>1246328</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I28" s="9">
         <v>45107.291666666664</v>
       </c>
       <c r="J28" s="9">
         <f t="shared" si="5"/>
         <v>45110.291666666664</v>
       </c>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:10">
       <c r="A29" s="4">
         <v>1246328</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I29" s="9">
         <v>45107.291666666664</v>
       </c>
       <c r="J29" s="9">
         <f t="shared" ref="J29:J31" si="6">I29+3</f>
         <v>45110.291666666664</v>
       </c>
     </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:10">
       <c r="A30" s="4">
         <v>1246328</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I30" s="9">
         <v>45119.291666666664</v>
       </c>
       <c r="J30" s="9">
         <f t="shared" si="6"/>
         <v>45122.291666666664</v>
       </c>
     </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:10">
       <c r="A31" s="4">
         <v>1246328</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I31" s="9">
         <v>45130.291666666664</v>
       </c>
       <c r="J31" s="9">
         <f t="shared" si="6"/>
         <v>45133.291666666664</v>
       </c>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:10">
       <c r="A32" s="10">
         <v>1246328</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I32" s="10" t="s">
         <v>21</v>
       </c>
       <c r="J32" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:10">
       <c r="A33" s="10">
         <v>1246328</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:10">
       <c r="A34" s="10">
         <v>1246328</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:10">
       <c r="A35" s="10">
         <v>1246328</v>
       </c>
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I35" s="10" t="s">
         <v>27</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:10">
       <c r="A36" s="10">
         <v>1246328</v>
       </c>
       <c r="B36" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I36" s="10" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:10">
       <c r="A37" s="10">
         <v>1246328</v>
       </c>
       <c r="B37" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I37" s="10" t="s">
         <v>31</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:10">
       <c r="A38" s="10">
         <v>1246328</v>
       </c>
       <c r="B38" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I38" s="10" t="s">
         <v>33</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:10">
       <c r="A39" s="10">
         <v>1246328</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I39" s="10" t="s">
         <v>35</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:10">
       <c r="A40" s="10">
         <v>1246328</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I40" s="10" t="s">
         <v>36</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:10">
       <c r="A41" s="10">
         <v>1246328</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I41" s="10" t="s">
         <v>38</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:10">
       <c r="A42" s="10">
         <v>1246328</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I42" s="10" t="s">
         <v>40</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:10">
       <c r="A43" s="10">
         <v>1246328</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H43" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I43" s="10" t="s">
         <v>42</v>
       </c>
       <c r="J43" s="10" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:10">
       <c r="A44" s="10">
         <v>1246328</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D44" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="J44" s="10" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:10">
       <c r="A45" s="10">
         <v>1246328</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D45" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H45" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I45" s="10" t="s">
         <v>46</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:10">
       <c r="A46" s="10">
         <v>1246328</v>
       </c>
       <c r="B46" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D46" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I46" s="10" t="s">
         <v>48</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:10">
       <c r="A47" s="10">
         <v>1246328</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H47" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I47" s="10" t="s">
         <v>50</v>
       </c>
       <c r="J47" s="10" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:10">
       <c r="A48" s="10">
         <v>1246328</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D48" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I48" s="10" t="s">
         <v>51</v>
       </c>
       <c r="J48" s="10" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:10">
       <c r="A49" s="10">
         <v>1246328</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I49" s="10" t="s">
         <v>53</v>
       </c>
       <c r="J49" s="10" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:10">
       <c r="A50" s="10">
         <v>1246328</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H50" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I50" s="10" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="10" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:10">
       <c r="A51" s="10">
         <v>1246328</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D51" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I51" s="10" t="s">
         <v>57</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:10">
       <c r="A52" s="10">
         <v>1246328</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D52" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I52" s="10" t="s">
         <v>59</v>
       </c>
       <c r="J52" s="10" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:10">
       <c r="A53" s="10">
         <v>1246328</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H53" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I53" s="10" t="s">
         <v>61</v>
       </c>
       <c r="J53" s="10" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:10">
       <c r="A54" s="10">
         <v>1246328</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H54" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I54" s="10" t="s">
         <v>63</v>
       </c>
       <c r="J54" s="10" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:10">
       <c r="A55" s="10">
         <v>1246328</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H55" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I55" s="10" t="s">
         <v>65</v>
       </c>
       <c r="J55" s="10" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:10">
       <c r="A56" s="10">
         <v>1246328</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H56" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I56" s="10" t="s">
         <v>67</v>
       </c>
       <c r="J56" s="10" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:10">
       <c r="A57" s="10">
         <v>1246328</v>
       </c>
       <c r="B57" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H57" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I57" s="10" t="s">
         <v>69</v>
       </c>
       <c r="J57" s="10" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:10">
       <c r="A58" s="10">
         <v>1246328</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H58" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:10">
       <c r="A59" s="10">
         <v>1246328</v>
       </c>
       <c r="B59" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H59" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I59" s="10" t="s">
         <v>72</v>
       </c>
       <c r="J59" s="10" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="60" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:10">
       <c r="A60" s="10">
         <v>1246328</v>
       </c>
       <c r="B60" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I60" s="10" t="s">
         <v>74</v>
       </c>
       <c r="J60" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:10">
       <c r="A61" s="10">
         <v>1246328</v>
       </c>
       <c r="B61" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H61" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I61" s="10" t="s">
         <v>76</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:10">
       <c r="A62" s="10">
         <v>1246328</v>
       </c>
       <c r="B62" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I62" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J62" s="10" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:10">
       <c r="A63" s="10">
         <v>1246328</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F63" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H63" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I63" s="10" t="s">
         <v>80</v>
       </c>
       <c r="J63" s="10" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="64" spans="1:10" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:10" ht="14.1" customHeight="1">
       <c r="A64" s="10">
         <v>1246328</v>
       </c>
       <c r="B64" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I64" s="10" t="s">
         <v>82</v>
       </c>
       <c r="J64" s="10" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:10">
       <c r="A65" s="10">
         <v>1246328</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H65" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I65" s="10" t="s">
         <v>84</v>
       </c>
       <c r="J65" s="10" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:10">
       <c r="A66" s="10">
         <v>1246328</v>
       </c>
       <c r="B66" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I66" s="10" t="s">
         <v>86</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:10">
       <c r="A67" s="10">
         <v>1246328</v>
       </c>
       <c r="B67" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F67" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H67" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I67" s="10" t="s">
         <v>87</v>
       </c>
       <c r="J67" s="10" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:10">
       <c r="A68" s="10">
         <v>1246328</v>
       </c>
       <c r="B68" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I68" s="10" t="s">
         <v>89</v>
       </c>
       <c r="J68" s="10" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:10">
       <c r="A69" s="10">
         <v>1246328</v>
       </c>
       <c r="B69" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D69" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H69" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I69" s="10" t="s">
         <v>91</v>
       </c>
       <c r="J69" s="10" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:10">
       <c r="A70" s="10">
         <v>1246328</v>
       </c>
       <c r="B70" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H70" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I70" s="10" t="s">
         <v>91</v>
       </c>
       <c r="J70" s="10" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:10">
       <c r="A71" s="10">
         <v>1246328</v>
       </c>
       <c r="B71" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H71" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I71" s="10" t="s">
         <v>93</v>
       </c>
       <c r="J71" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:10">
       <c r="A72" s="10">
         <v>1246328</v>
       </c>
       <c r="B72" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H72" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I72" s="10" t="s">
         <v>95</v>
       </c>
       <c r="J72" s="10" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:10">
       <c r="A73" s="10">
         <v>1246328</v>
       </c>
       <c r="B73" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I73" s="10" t="s">
         <v>97</v>
       </c>
       <c r="J73" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:10">
       <c r="A74" s="10">
         <v>1246328</v>
       </c>
       <c r="B74" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I74" s="10" t="s">
         <v>99</v>
       </c>
       <c r="J74" s="10" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:10">
       <c r="A75" s="10">
         <v>1246328</v>
       </c>
       <c r="B75" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F75" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H75" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I75" s="10" t="s">
         <v>101</v>
       </c>
       <c r="J75" s="10" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:10">
       <c r="A76" s="10">
         <v>1246328</v>
       </c>
       <c r="B76" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D76" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H76" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I76" s="10" t="s">
         <v>103</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:10">
       <c r="A77" s="10">
         <v>1246328</v>
       </c>
       <c r="B77" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F77" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H77" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I77" s="10" t="s">
         <v>105</v>
       </c>
       <c r="J77" s="10" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:10">
       <c r="A78" s="10">
         <v>1246328</v>
       </c>
       <c r="B78" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F78" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I78" s="10" t="s">
         <v>107</v>
       </c>
       <c r="J78" s="10" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:10">
       <c r="A79" s="10">
         <v>1246328</v>
       </c>
       <c r="B79" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H79" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I79" s="10" t="s">
         <v>109</v>
       </c>
       <c r="J79" s="10" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:10">
       <c r="A80" s="10">
         <v>1246328</v>
       </c>
       <c r="B80" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D80" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H80" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I80" s="10" t="s">
         <v>111</v>
       </c>
       <c r="J80" s="10" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="81" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:10">
       <c r="A81" s="10">
         <v>1246328</v>
       </c>
       <c r="B81" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H81" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I81" s="10" t="s">
         <v>113</v>
       </c>
       <c r="J81" s="10" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:10">
       <c r="A82" s="10">
         <v>1246328</v>
       </c>
       <c r="B82" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D82" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H82" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I82" s="10" t="s">
         <v>115</v>
       </c>
       <c r="J82" s="10" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:10">
       <c r="A83" s="10">
         <v>1246328</v>
       </c>
       <c r="B83" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H83" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I83" s="10" t="s">
         <v>117</v>
       </c>
       <c r="J83" s="10" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="84" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:10">
       <c r="A84" s="10">
         <v>1246328</v>
       </c>
       <c r="B84" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H84" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I84" s="10" t="s">
         <v>119</v>
       </c>
       <c r="J84" s="10" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="85" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:10">
       <c r="A85" s="10">
         <v>1246328</v>
       </c>
       <c r="B85" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H85" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I85" s="10" t="s">
         <v>121</v>
       </c>
       <c r="J85" s="10" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="86" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:10">
       <c r="A86" s="10">
         <v>1246328</v>
       </c>
       <c r="B86" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H86" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I86" s="10" t="s">
         <v>123</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:10">
       <c r="A87" s="10">
         <v>1246328</v>
       </c>
       <c r="B87" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H87" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I87" s="10" t="s">
         <v>125</v>
       </c>
       <c r="J87" s="10" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:10">
       <c r="A88" s="10">
         <v>1246328</v>
       </c>
       <c r="B88" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H88" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I88" s="10" t="s">
         <v>127</v>
       </c>
       <c r="J88" s="10" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:10">
       <c r="A89" s="10">
         <v>1246328</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H89" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I89" s="10" t="s">
         <v>129</v>
       </c>
       <c r="J89" s="10" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:10">
       <c r="A90" s="10">
         <v>1246328</v>
       </c>
       <c r="B90" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H90" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I90" s="10" t="s">
         <v>131</v>
       </c>
       <c r="J90" s="10" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="91" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:10" ht="15.75" customHeight="1">
       <c r="A91" s="10">
         <v>1246328</v>
       </c>
       <c r="B91" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H91" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I91" s="10" t="s">
         <v>133</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:10">
       <c r="A92" s="10">
         <v>1246328</v>
       </c>
       <c r="B92" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F92" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H92" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I92" s="10" t="s">
         <v>135</v>
       </c>
       <c r="J92" s="10" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="93" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:10">
       <c r="A93" s="10">
         <v>1246328</v>
       </c>
       <c r="B93" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H93" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I93" s="10" t="s">
         <v>137</v>
       </c>
       <c r="J93" s="10" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="94" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:10">
       <c r="A94" s="10">
         <v>1246328</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H94" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I94" s="10" t="s">
         <v>139</v>
       </c>
       <c r="J94" s="10" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="95" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:10">
       <c r="A95" s="10">
         <v>1246328</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H95" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I95" s="10" t="s">
         <v>141</v>
       </c>
       <c r="J95" s="10" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="96" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:10">
       <c r="A96" s="10">
         <v>1246328</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H96" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I96" s="10" t="s">
         <v>143</v>
       </c>
       <c r="J96" s="10" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:10">
       <c r="A97" s="10">
         <v>1246328</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H97" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I97" s="10" t="s">
         <v>145</v>
       </c>
       <c r="J97" s="10" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:10">
       <c r="A98" s="10">
         <v>1246328</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D98" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H98" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I98" s="10" t="s">
         <v>147</v>
       </c>
       <c r="J98" s="10" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:10">
       <c r="A99" s="10">
         <v>1246328</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D99" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H99" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I99" s="10" t="s">
         <v>149</v>
       </c>
       <c r="J99" s="10" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:10">
       <c r="A100" s="10">
         <v>1246328</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D100" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F100" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H100" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I100" s="10" t="s">
         <v>151</v>
       </c>
       <c r="J100" s="10" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:10">
       <c r="A101" s="10">
         <v>1246328</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D101" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H101" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I101" s="10" t="s">
         <v>153</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:10">
       <c r="A102" s="10">
         <v>1246328</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H102" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I102" s="10" t="s">
         <v>155</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="103" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:10">
       <c r="A103" s="10">
         <v>1246328</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H103" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I103" s="10" t="s">
         <v>157</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:10">
       <c r="A104" s="10">
         <v>1246328</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D104" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H104" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I104" s="10" t="s">
         <v>159</v>
       </c>
       <c r="J104" s="10" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="105" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:10">
       <c r="A105" s="10">
         <v>1246328</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D105" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H105" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I105" s="10" t="s">
         <v>161</v>
       </c>
       <c r="J105" s="10" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="106" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:10">
       <c r="A106" s="10">
         <v>1246328</v>
       </c>
       <c r="B106" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D106" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H106" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I106" s="10" t="s">
         <v>163</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="107" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:10">
       <c r="A107" s="10">
         <v>1246328</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D107" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H107" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I107" s="10" t="s">
         <v>165</v>
       </c>
       <c r="J107" s="10" t="s">
         <v>166</v>
       </c>
+    </row>
+    <row r="108" spans="1:10" ht="15">
+      <c r="A108" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F108" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G108" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H108" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I108" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="J108" s="10" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" ht="15">
+      <c r="A109" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F109" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G109" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H109" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I109" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="J109" s="10" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" ht="15">
+      <c r="A110" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F110" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G110" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H110" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I110" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="J110" s="10" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" ht="15">
+      <c r="A111" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C111" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F111" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G111" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H111" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I111" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="J111" s="10" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" ht="15">
+      <c r="A112" s="10"/>
+      <c r="B112" s="10"/>
+      <c r="C112" s="10"/>
+      <c r="D112" s="10"/>
+      <c r="E112" s="10"/>
+      <c r="F112" s="10"/>
+      <c r="G112" s="10"/>
+      <c r="H112" s="10"/>
+      <c r="I112" s="10"/>
+      <c r="J112" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="afdf4466f1404b045c894b3af44bfd5d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15472d5064bdd8a900ba57229a245140" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2259994f86eb54acd31c1adc78f1024e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4658,161 +4827,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TERJ.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DAA52155-1FD2-4B71-BEEF-44DE227172B2}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8138EADF-CC8D-4C13-B7FD-15C9A51D03F2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8138EADF-CC8D-4C13-B7FD-15C9A51D03F2}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9CB5044-3F70-4F66-8A1E-2F51C054D93E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62A245AB-CB8C-484F-8E02-17EB0F34C72A}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F574A66-96D7-4EF3-BD1E-7B1E2712A469}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F574A66-96D7-4EF3-BD1E-7B1E2712A469}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62A245AB-CB8C-484F-8E02-17EB0F34C72A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>BKM</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DANIELE AYUMI SHIMADA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AE89471F3814B4188A1E4915B152B23</vt:lpwstr>
   </property>