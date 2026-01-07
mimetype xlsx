--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -4,109 +4,109 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29607"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.10.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="431" documentId="8_{82C595C8-32FA-4719-9FE5-7DFDA37C1BCD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EA5FC94D-E4BF-4950-80AB-96D071631CCC}"/>
+  <xr:revisionPtr revIDLastSave="438" documentId="8_{82C595C8-32FA-4719-9FE5-7DFDA37C1BCD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF47ACD4-6A13-413D-975E-04E5C11D31FE}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{4E990CFA-36AE-4DCF-826B-061A0BCE7343}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J30" i="1" l="1"/>
   <c r="J31" i="1"/>
   <c r="J29" i="1"/>
   <c r="J26" i="1"/>
   <c r="J28" i="1"/>
   <c r="J27" i="1"/>
   <c r="J25" i="1"/>
   <c r="J24" i="1"/>
   <c r="J23" i="1"/>
   <c r="J22" i="1"/>
   <c r="J21" i="1"/>
   <c r="J20" i="1"/>
   <c r="J19" i="1"/>
   <c r="J18" i="1"/>
   <c r="J13" i="1"/>
   <c r="J17" i="1"/>
   <c r="J16" i="1"/>
   <c r="J15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="915" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="933" uniqueCount="177">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -581,50 +581,62 @@
     <t>2025-09-18T07:00:00</t>
   </si>
   <si>
     <t>2025-09-26T07:00:00</t>
   </si>
   <si>
     <t>2025-09-29T07:00:00</t>
   </si>
   <si>
     <t>2025-11-12T07:00:00</t>
   </si>
   <si>
     <t>2025-11-23T07:00:00</t>
   </si>
   <si>
     <t>2026-01-14T07:00:00</t>
   </si>
   <si>
     <t>2026-01-17T07:00:00</t>
   </si>
   <si>
     <t>2026-01-24T07:00:00</t>
   </si>
   <si>
     <t>2026-01-27T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-06T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-09T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-17T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-19T07:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1021,75 +1033,75 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E135F01-1CA5-4741-BE5C-8064E893428C}">
-  <dimension ref="A1:J112"/>
+  <dimension ref="A1:J113"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C106" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="K115" sqref="K115"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="B2" sqref="A2:J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="20.42578125" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" customWidth="1"/>
     <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="20.140625" customWidth="1"/>
     <col min="10" max="10" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45669</v>
+        <v>46003</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
     </row>
     <row r="3" spans="1:10" s="4" customFormat="1" ht="12.95">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
@@ -4524,101 +4536,165 @@
         <v>14</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H111" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I111" s="10" t="s">
         <v>171</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="112" spans="1:10" ht="15">
-      <c r="A112" s="10"/>
-[...8 lines deleted...]
-      <c r="J112" s="10"/>
+      <c r="A112" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B112" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C112" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F112" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H112" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I112" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="J112" s="10" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="15">
+      <c r="A113" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F113" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H113" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I113" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="J113" s="10" t="s">
+        <v>176</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
+  <WorkBookName>Programação TERJ.xlsx</WorkBookName>
+  <MappingTemplateName/>
+  <ColumnMaps/>
+  <IP21DatabaseSchema>
+    <SchemaName>@INFOUNIB</SchemaName>
+    <DefinitionRecords/>
+  </IP21DatabaseSchema>
+</IP21ConfigWorkBook>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2bfec957b68e8e6c76e54b98b260ab7a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4827,85 +4903,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</IP21ConfigWorkBook>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62A245AB-CB8C-484F-8E02-17EB0F34C72A}"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8138EADF-CC8D-4C13-B7FD-15C9A51D03F2}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F574A66-96D7-4EF3-BD1E-7B1E2712A469}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FB154F2-49A2-4B90-A431-9137C05657D1}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62A245AB-CB8C-484F-8E02-17EB0F34C72A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F574A66-96D7-4EF3-BD1E-7B1E2712A469}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company>BKM</Company>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DANIELE AYUMI SHIMADA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>