--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,112 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29607"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.10.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 13.02.2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="438" documentId="8_{82C595C8-32FA-4719-9FE5-7DFDA37C1BCD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF47ACD4-6A13-413D-975E-04E5C11D31FE}"/>
+  <xr:revisionPtr revIDLastSave="463" documentId="8_{82C595C8-32FA-4719-9FE5-7DFDA37C1BCD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01C575E1-E782-43AF-8806-9CDCD4F4F7B7}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{4E990CFA-36AE-4DCF-826B-061A0BCE7343}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4E990CFA-36AE-4DCF-826B-061A0BCE7343}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J30" i="1" l="1"/>
   <c r="J31" i="1"/>
   <c r="J29" i="1"/>
   <c r="J26" i="1"/>
   <c r="J28" i="1"/>
   <c r="J27" i="1"/>
   <c r="J25" i="1"/>
   <c r="J24" i="1"/>
   <c r="J23" i="1"/>
   <c r="J22" i="1"/>
   <c r="J21" i="1"/>
   <c r="J20" i="1"/>
   <c r="J19" i="1"/>
   <c r="J18" i="1"/>
   <c r="J13" i="1"/>
   <c r="J17" i="1"/>
   <c r="J16" i="1"/>
   <c r="J15" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="933" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="969" uniqueCount="185">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -583,70 +583,94 @@
   <si>
     <t>2025-09-26T07:00:00</t>
   </si>
   <si>
     <t>2025-09-29T07:00:00</t>
   </si>
   <si>
     <t>2025-11-12T07:00:00</t>
   </si>
   <si>
     <t>2025-11-23T07:00:00</t>
   </si>
   <si>
     <t>2026-01-14T07:00:00</t>
   </si>
   <si>
     <t>2026-01-17T07:00:00</t>
   </si>
   <si>
     <t>2026-01-24T07:00:00</t>
   </si>
   <si>
     <t>2026-01-27T07:00:00</t>
   </si>
   <si>
-    <t>2026-02-06T07:00:00</t>
-[...8 lines deleted...]
-    <t>2026-02-19T07:00:00</t>
+    <t>2026-02-02T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-13T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-23T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-05T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-16T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-26T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-03T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-06T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-14T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-17T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-25T07:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-28T07:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
@@ -733,91 +757,91 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -879,51 +903,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1021,3680 +1045,3817 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E135F01-1CA5-4741-BE5C-8064E893428C}">
-  <dimension ref="A1:J113"/>
+  <dimension ref="A1:J117"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B2" sqref="A2:J3"/>
+    <sheetView tabSelected="1" topLeftCell="A73" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="J112" sqref="J112:J114"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.42578125" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" customWidth="1"/>
     <col min="4" max="4" width="2.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5703125" customWidth="1"/>
     <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="20.140625" customWidth="1"/>
     <col min="10" max="10" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="1" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>46003</v>
+        <v>46059</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="2" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
     </row>
-    <row r="3" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="3" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
     </row>
-    <row r="4" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="4" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="1"/>
     </row>
-    <row r="5" spans="1:10" s="7" customFormat="1" ht="26.1">
+    <row r="5" spans="1:10" s="7" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="6" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A6" s="4">
         <v>1246328</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="9">
         <v>44863.472222222219</v>
       </c>
       <c r="J6" s="9">
         <v>44867.319444444445</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="7" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A7" s="4">
         <v>1246328</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I7" s="9">
         <v>44875.368055555555</v>
       </c>
       <c r="J7" s="9">
         <v>44878.295138888891</v>
       </c>
     </row>
-    <row r="8" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="8" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A8" s="4">
         <v>1246328</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I8" s="9">
         <v>44881.381944444445</v>
       </c>
       <c r="J8" s="9">
         <v>44883.3125</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="9" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="4">
         <v>1246328</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="9">
         <v>44887.381944444445</v>
       </c>
       <c r="J9" s="9">
         <v>44891.309027777781</v>
       </c>
     </row>
-    <row r="10" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="10" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A10" s="4">
         <v>1246328</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I10" s="9">
         <v>44899.708333333336</v>
       </c>
       <c r="J10" s="9">
         <v>44902.548611111109</v>
       </c>
     </row>
-    <row r="11" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="11" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A11" s="4">
         <v>1246328</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I11" s="9">
         <v>44911.381944444445</v>
       </c>
       <c r="J11" s="9">
         <v>44914.305555555555</v>
       </c>
     </row>
-    <row r="12" spans="1:10" s="4" customFormat="1" ht="12.95">
+    <row r="12" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="4">
         <v>1246328</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="9">
         <v>44922.680555555555</v>
       </c>
       <c r="J12" s="9">
         <v>44925.600694444445</v>
       </c>
     </row>
-    <row r="13" spans="1:10">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="4">
         <v>1246328</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I13" s="9">
         <v>44942.291666666664</v>
       </c>
       <c r="J13" s="9">
         <f>I13+3</f>
         <v>44945.291666666664</v>
       </c>
     </row>
-    <row r="14" spans="1:10">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="4">
         <v>1246328</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="I14" s="9">
         <v>44945.291666666664</v>
       </c>
       <c r="J14" s="9">
         <v>44948.291666666664</v>
       </c>
     </row>
-    <row r="15" spans="1:10">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>1246328</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I15" s="9">
         <v>44956.291666666664</v>
       </c>
       <c r="J15" s="9">
         <f t="shared" ref="J15:J20" si="0">I15+3</f>
         <v>44959.291666666664</v>
       </c>
     </row>
-    <row r="16" spans="1:10">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>1246328</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I16" s="9">
         <v>44967.291666666664</v>
       </c>
       <c r="J16" s="9">
         <f t="shared" si="0"/>
         <v>44970.291666666664</v>
       </c>
     </row>
-    <row r="17" spans="1:10">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="4">
         <v>1246328</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I17" s="9">
         <v>44978.291666666664</v>
       </c>
       <c r="J17" s="9">
         <f t="shared" si="0"/>
         <v>44981.291666666664</v>
       </c>
     </row>
-    <row r="18" spans="1:10">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="4">
         <v>1246328</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I18" s="9">
         <v>44994.291666666664</v>
       </c>
       <c r="J18" s="9">
         <f t="shared" si="0"/>
         <v>44997.291666666664</v>
       </c>
     </row>
-    <row r="19" spans="1:10">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="4">
         <v>1246328</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I19" s="9">
         <v>45006.291666666664</v>
       </c>
       <c r="J19" s="9">
         <f t="shared" si="0"/>
         <v>45009.291666666664</v>
       </c>
     </row>
-    <row r="20" spans="1:10">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="4">
         <v>1246328</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I20" s="9">
         <v>45017.291666666664</v>
       </c>
       <c r="J20" s="9">
         <f t="shared" si="0"/>
         <v>45020.291666666664</v>
       </c>
     </row>
-    <row r="21" spans="1:10">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="4">
         <v>1246328</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="9">
         <v>45032.291666666664</v>
       </c>
       <c r="J21" s="9">
         <f t="shared" ref="J21:J22" si="1">I21+3</f>
         <v>45035.291666666664</v>
       </c>
     </row>
-    <row r="22" spans="1:10">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="4">
         <v>1246328</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="9">
         <v>45043.291666666664</v>
       </c>
       <c r="J22" s="9">
         <f t="shared" si="1"/>
         <v>45046.291666666664</v>
       </c>
     </row>
-    <row r="23" spans="1:10">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="4">
         <v>1246328</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I23" s="9">
         <v>45056.291666666664</v>
       </c>
       <c r="J23" s="9">
         <f t="shared" ref="J23" si="2">I23+3</f>
         <v>45059.291666666664</v>
       </c>
     </row>
-    <row r="24" spans="1:10">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="4">
         <v>1246328</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I24" s="9">
         <v>45066.291666666664</v>
       </c>
       <c r="J24" s="9">
         <f t="shared" ref="J24" si="3">I24+3</f>
         <v>45069.291666666664</v>
       </c>
     </row>
-    <row r="25" spans="1:10">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="4">
         <v>1246328</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I25" s="9">
         <v>45076.291666666664</v>
       </c>
       <c r="J25" s="9">
         <f t="shared" ref="J25" si="4">I25+3</f>
         <v>45079.291666666664</v>
       </c>
     </row>
-    <row r="26" spans="1:10">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="4">
         <v>1246328</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I26" s="9">
         <v>45080.291666666664</v>
       </c>
       <c r="J26" s="9">
         <f>I26+15</f>
         <v>45095.291666666664</v>
       </c>
     </row>
-    <row r="27" spans="1:10">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="4">
         <v>1246328</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I27" s="9">
         <v>45097.291666666664</v>
       </c>
       <c r="J27" s="9">
         <f t="shared" ref="J27:J28" si="5">I27+3</f>
         <v>45100.291666666664</v>
       </c>
     </row>
-    <row r="28" spans="1:10">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="4">
         <v>1246328</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I28" s="9">
         <v>45107.291666666664</v>
       </c>
       <c r="J28" s="9">
         <f t="shared" si="5"/>
         <v>45110.291666666664</v>
       </c>
     </row>
-    <row r="29" spans="1:10">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="4">
         <v>1246328</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I29" s="9">
         <v>45107.291666666664</v>
       </c>
       <c r="J29" s="9">
         <f t="shared" ref="J29:J31" si="6">I29+3</f>
         <v>45110.291666666664</v>
       </c>
     </row>
-    <row r="30" spans="1:10">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="4">
         <v>1246328</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I30" s="9">
         <v>45119.291666666664</v>
       </c>
       <c r="J30" s="9">
         <f t="shared" si="6"/>
         <v>45122.291666666664</v>
       </c>
     </row>
-    <row r="31" spans="1:10">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="4">
         <v>1246328</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="I31" s="9">
         <v>45130.291666666664</v>
       </c>
       <c r="J31" s="9">
         <f t="shared" si="6"/>
         <v>45133.291666666664</v>
       </c>
     </row>
-    <row r="32" spans="1:10">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="10">
         <v>1246328</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I32" s="10" t="s">
         <v>21</v>
       </c>
       <c r="J32" s="10" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="33" spans="1:10">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="10">
         <v>1246328</v>
       </c>
       <c r="B33" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="J33" s="10" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="34" spans="1:10">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="10">
         <v>1246328</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I34" s="10" t="s">
         <v>25</v>
       </c>
       <c r="J34" s="10" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="35" spans="1:10">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="10">
         <v>1246328</v>
       </c>
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I35" s="10" t="s">
         <v>27</v>
       </c>
       <c r="J35" s="10" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="36" spans="1:10">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="10">
         <v>1246328</v>
       </c>
       <c r="B36" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H36" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I36" s="10" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="10" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="37" spans="1:10">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="10">
         <v>1246328</v>
       </c>
       <c r="B37" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I37" s="10" t="s">
         <v>31</v>
       </c>
       <c r="J37" s="10" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="38" spans="1:10">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A38" s="10">
         <v>1246328</v>
       </c>
       <c r="B38" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G38" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I38" s="10" t="s">
         <v>33</v>
       </c>
       <c r="J38" s="10" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="39" spans="1:10">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A39" s="10">
         <v>1246328</v>
       </c>
       <c r="B39" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I39" s="10" t="s">
         <v>35</v>
       </c>
       <c r="J39" s="10" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="40" spans="1:10">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A40" s="10">
         <v>1246328</v>
       </c>
       <c r="B40" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I40" s="10" t="s">
         <v>36</v>
       </c>
       <c r="J40" s="10" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="41" spans="1:10">
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A41" s="10">
         <v>1246328</v>
       </c>
       <c r="B41" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I41" s="10" t="s">
         <v>38</v>
       </c>
       <c r="J41" s="10" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="42" spans="1:10">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42" s="10">
         <v>1246328</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I42" s="10" t="s">
         <v>40</v>
       </c>
       <c r="J42" s="10" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="43" spans="1:10">
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43" s="10">
         <v>1246328</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H43" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I43" s="10" t="s">
         <v>42</v>
       </c>
       <c r="J43" s="10" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="44" spans="1:10">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" s="10">
         <v>1246328</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D44" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H44" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I44" s="10" t="s">
         <v>44</v>
       </c>
       <c r="J44" s="10" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="45" spans="1:10">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45" s="10">
         <v>1246328</v>
       </c>
       <c r="B45" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D45" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H45" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I45" s="10" t="s">
         <v>46</v>
       </c>
       <c r="J45" s="10" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="46" spans="1:10">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" s="10">
         <v>1246328</v>
       </c>
       <c r="B46" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D46" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H46" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I46" s="10" t="s">
         <v>48</v>
       </c>
       <c r="J46" s="10" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="47" spans="1:10">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47" s="10">
         <v>1246328</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G47" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H47" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I47" s="10" t="s">
         <v>50</v>
       </c>
       <c r="J47" s="10" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="48" spans="1:10">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" s="10">
         <v>1246328</v>
       </c>
       <c r="B48" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D48" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I48" s="10" t="s">
         <v>51</v>
       </c>
       <c r="J48" s="10" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="49" spans="1:10">
+    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A49" s="10">
         <v>1246328</v>
       </c>
       <c r="B49" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I49" s="10" t="s">
         <v>53</v>
       </c>
       <c r="J49" s="10" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="50" spans="1:10">
+    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A50" s="10">
         <v>1246328</v>
       </c>
       <c r="B50" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D50" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H50" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I50" s="10" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="10" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="51" spans="1:10">
+    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A51" s="10">
         <v>1246328</v>
       </c>
       <c r="B51" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D51" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I51" s="10" t="s">
         <v>57</v>
       </c>
       <c r="J51" s="10" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="52" spans="1:10">
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A52" s="10">
         <v>1246328</v>
       </c>
       <c r="B52" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D52" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I52" s="10" t="s">
         <v>59</v>
       </c>
       <c r="J52" s="10" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="53" spans="1:10">
+    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A53" s="10">
         <v>1246328</v>
       </c>
       <c r="B53" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H53" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I53" s="10" t="s">
         <v>61</v>
       </c>
       <c r="J53" s="10" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="54" spans="1:10">
+    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A54" s="10">
         <v>1246328</v>
       </c>
       <c r="B54" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H54" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I54" s="10" t="s">
         <v>63</v>
       </c>
       <c r="J54" s="10" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="55" spans="1:10">
+    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A55" s="10">
         <v>1246328</v>
       </c>
       <c r="B55" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G55" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H55" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I55" s="10" t="s">
         <v>65</v>
       </c>
       <c r="J55" s="10" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="56" spans="1:10">
+    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A56" s="10">
         <v>1246328</v>
       </c>
       <c r="B56" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H56" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I56" s="10" t="s">
         <v>67</v>
       </c>
       <c r="J56" s="10" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="57" spans="1:10">
+    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A57" s="10">
         <v>1246328</v>
       </c>
       <c r="B57" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H57" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I57" s="10" t="s">
         <v>69</v>
       </c>
       <c r="J57" s="10" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="58" spans="1:10">
+    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A58" s="10">
         <v>1246328</v>
       </c>
       <c r="B58" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H58" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I58" s="10" t="s">
         <v>70</v>
       </c>
       <c r="J58" s="10" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="59" spans="1:10">
+    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A59" s="10">
         <v>1246328</v>
       </c>
       <c r="B59" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H59" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I59" s="10" t="s">
         <v>72</v>
       </c>
       <c r="J59" s="10" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="60" spans="1:10">
+    <row r="60" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A60" s="10">
         <v>1246328</v>
       </c>
       <c r="B60" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H60" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I60" s="10" t="s">
         <v>74</v>
       </c>
       <c r="J60" s="10" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="61" spans="1:10">
+    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A61" s="10">
         <v>1246328</v>
       </c>
       <c r="B61" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F61" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H61" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I61" s="10" t="s">
         <v>76</v>
       </c>
       <c r="J61" s="10" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="62" spans="1:10">
+    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A62" s="10">
         <v>1246328</v>
       </c>
       <c r="B62" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F62" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I62" s="10" t="s">
         <v>78</v>
       </c>
       <c r="J62" s="10" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="63" spans="1:10">
+    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A63" s="10">
         <v>1246328</v>
       </c>
       <c r="B63" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F63" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H63" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I63" s="10" t="s">
         <v>80</v>
       </c>
       <c r="J63" s="10" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="64" spans="1:10" ht="14.1" customHeight="1">
+    <row r="64" spans="1:10" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="10">
         <v>1246328</v>
       </c>
       <c r="B64" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I64" s="10" t="s">
         <v>82</v>
       </c>
       <c r="J64" s="10" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="65" spans="1:10">
+    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A65" s="10">
         <v>1246328</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H65" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I65" s="10" t="s">
         <v>84</v>
       </c>
       <c r="J65" s="10" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="66" spans="1:10">
+    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A66" s="10">
         <v>1246328</v>
       </c>
       <c r="B66" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I66" s="10" t="s">
         <v>86</v>
       </c>
       <c r="J66" s="10" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="67" spans="1:10">
+    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A67" s="10">
         <v>1246328</v>
       </c>
       <c r="B67" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F67" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H67" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I67" s="10" t="s">
         <v>87</v>
       </c>
       <c r="J67" s="10" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="68" spans="1:10">
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A68" s="10">
         <v>1246328</v>
       </c>
       <c r="B68" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I68" s="10" t="s">
         <v>89</v>
       </c>
       <c r="J68" s="10" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="69" spans="1:10">
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A69" s="10">
         <v>1246328</v>
       </c>
       <c r="B69" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D69" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H69" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I69" s="10" t="s">
         <v>91</v>
       </c>
       <c r="J69" s="10" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="70" spans="1:10">
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A70" s="10">
         <v>1246328</v>
       </c>
       <c r="B70" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H70" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I70" s="10" t="s">
         <v>91</v>
       </c>
       <c r="J70" s="10" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="71" spans="1:10">
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A71" s="10">
         <v>1246328</v>
       </c>
       <c r="B71" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H71" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I71" s="10" t="s">
         <v>93</v>
       </c>
       <c r="J71" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="72" spans="1:10">
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A72" s="10">
         <v>1246328</v>
       </c>
       <c r="B72" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H72" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I72" s="10" t="s">
         <v>95</v>
       </c>
       <c r="J72" s="10" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="73" spans="1:10">
+    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A73" s="10">
         <v>1246328</v>
       </c>
       <c r="B73" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I73" s="10" t="s">
         <v>97</v>
       </c>
       <c r="J73" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="74" spans="1:10">
+    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A74" s="10">
         <v>1246328</v>
       </c>
       <c r="B74" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F74" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I74" s="10" t="s">
         <v>99</v>
       </c>
       <c r="J74" s="10" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="75" spans="1:10">
+    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A75" s="10">
         <v>1246328</v>
       </c>
       <c r="B75" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F75" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H75" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I75" s="10" t="s">
         <v>101</v>
       </c>
       <c r="J75" s="10" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="76" spans="1:10">
+    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A76" s="10">
         <v>1246328</v>
       </c>
       <c r="B76" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D76" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F76" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H76" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I76" s="10" t="s">
         <v>103</v>
       </c>
       <c r="J76" s="10" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="77" spans="1:10">
+    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A77" s="10">
         <v>1246328</v>
       </c>
       <c r="B77" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F77" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H77" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I77" s="10" t="s">
         <v>105</v>
       </c>
       <c r="J77" s="10" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="78" spans="1:10">
+    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A78" s="10">
         <v>1246328</v>
       </c>
       <c r="B78" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F78" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H78" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I78" s="10" t="s">
         <v>107</v>
       </c>
       <c r="J78" s="10" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="79" spans="1:10">
+    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A79" s="10">
         <v>1246328</v>
       </c>
       <c r="B79" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H79" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I79" s="10" t="s">
         <v>109</v>
       </c>
       <c r="J79" s="10" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="80" spans="1:10">
+    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A80" s="10">
         <v>1246328</v>
       </c>
       <c r="B80" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D80" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H80" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I80" s="10" t="s">
         <v>111</v>
       </c>
       <c r="J80" s="10" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="81" spans="1:10">
+    <row r="81" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A81" s="10">
         <v>1246328</v>
       </c>
       <c r="B81" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H81" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I81" s="10" t="s">
         <v>113</v>
       </c>
       <c r="J81" s="10" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="82" spans="1:10">
+    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A82" s="10">
         <v>1246328</v>
       </c>
       <c r="B82" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D82" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H82" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I82" s="10" t="s">
         <v>115</v>
       </c>
       <c r="J82" s="10" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="83" spans="1:10">
+    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A83" s="10">
         <v>1246328</v>
       </c>
       <c r="B83" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D83" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H83" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I83" s="10" t="s">
         <v>117</v>
       </c>
       <c r="J83" s="10" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="84" spans="1:10">
+    <row r="84" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A84" s="10">
         <v>1246328</v>
       </c>
       <c r="B84" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H84" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I84" s="10" t="s">
         <v>119</v>
       </c>
       <c r="J84" s="10" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="85" spans="1:10">
+    <row r="85" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A85" s="10">
         <v>1246328</v>
       </c>
       <c r="B85" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F85" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H85" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I85" s="10" t="s">
         <v>121</v>
       </c>
       <c r="J85" s="10" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="86" spans="1:10">
+    <row r="86" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A86" s="10">
         <v>1246328</v>
       </c>
       <c r="B86" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F86" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H86" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I86" s="10" t="s">
         <v>123</v>
       </c>
       <c r="J86" s="10" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="87" spans="1:10">
+    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A87" s="10">
         <v>1246328</v>
       </c>
       <c r="B87" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F87" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H87" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I87" s="10" t="s">
         <v>125</v>
       </c>
       <c r="J87" s="10" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="88" spans="1:10">
+    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A88" s="10">
         <v>1246328</v>
       </c>
       <c r="B88" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D88" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H88" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I88" s="10" t="s">
         <v>127</v>
       </c>
       <c r="J88" s="10" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="89" spans="1:10">
+    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A89" s="10">
         <v>1246328</v>
       </c>
       <c r="B89" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D89" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H89" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I89" s="10" t="s">
         <v>129</v>
       </c>
       <c r="J89" s="10" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="90" spans="1:10">
+    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A90" s="10">
         <v>1246328</v>
       </c>
       <c r="B90" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H90" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I90" s="10" t="s">
         <v>131</v>
       </c>
       <c r="J90" s="10" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="91" spans="1:10" ht="15.75" customHeight="1">
+    <row r="91" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="10">
         <v>1246328</v>
       </c>
       <c r="B91" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H91" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I91" s="10" t="s">
         <v>133</v>
       </c>
       <c r="J91" s="10" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="92" spans="1:10">
+    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A92" s="10">
         <v>1246328</v>
       </c>
       <c r="B92" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F92" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H92" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I92" s="10" t="s">
         <v>135</v>
       </c>
       <c r="J92" s="10" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="93" spans="1:10">
+    <row r="93" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A93" s="10">
         <v>1246328</v>
       </c>
       <c r="B93" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H93" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I93" s="10" t="s">
         <v>137</v>
       </c>
       <c r="J93" s="10" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="94" spans="1:10">
+    <row r="94" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A94" s="10">
         <v>1246328</v>
       </c>
       <c r="B94" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H94" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I94" s="10" t="s">
         <v>139</v>
       </c>
       <c r="J94" s="10" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="95" spans="1:10">
+    <row r="95" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A95" s="10">
         <v>1246328</v>
       </c>
       <c r="B95" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H95" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I95" s="10" t="s">
         <v>141</v>
       </c>
       <c r="J95" s="10" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="96" spans="1:10">
+    <row r="96" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A96" s="10">
         <v>1246328</v>
       </c>
       <c r="B96" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F96" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H96" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I96" s="10" t="s">
         <v>143</v>
       </c>
       <c r="J96" s="10" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="97" spans="1:10">
+    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A97" s="10">
         <v>1246328</v>
       </c>
       <c r="B97" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H97" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I97" s="10" t="s">
         <v>145</v>
       </c>
       <c r="J97" s="10" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="98" spans="1:10">
+    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A98" s="10">
         <v>1246328</v>
       </c>
       <c r="B98" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D98" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H98" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I98" s="10" t="s">
         <v>147</v>
       </c>
       <c r="J98" s="10" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="99" spans="1:10">
+    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A99" s="10">
         <v>1246328</v>
       </c>
       <c r="B99" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D99" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H99" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I99" s="10" t="s">
         <v>149</v>
       </c>
       <c r="J99" s="10" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="100" spans="1:10">
+    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A100" s="10">
         <v>1246328</v>
       </c>
       <c r="B100" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D100" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F100" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H100" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I100" s="10" t="s">
         <v>151</v>
       </c>
       <c r="J100" s="10" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="101" spans="1:10">
+    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A101" s="10">
         <v>1246328</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D101" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H101" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I101" s="10" t="s">
         <v>153</v>
       </c>
       <c r="J101" s="10" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="102" spans="1:10">
+    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A102" s="10">
         <v>1246328</v>
       </c>
       <c r="B102" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H102" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I102" s="10" t="s">
         <v>155</v>
       </c>
       <c r="J102" s="10" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="103" spans="1:10">
+    <row r="103" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A103" s="10">
         <v>1246328</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H103" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I103" s="10" t="s">
         <v>157</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="104" spans="1:10">
+    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A104" s="10">
         <v>1246328</v>
       </c>
       <c r="B104" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D104" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H104" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I104" s="10" t="s">
         <v>159</v>
       </c>
       <c r="J104" s="10" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="105" spans="1:10">
+    <row r="105" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A105" s="10">
         <v>1246328</v>
       </c>
       <c r="B105" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D105" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H105" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I105" s="10" t="s">
         <v>161</v>
       </c>
       <c r="J105" s="10" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="106" spans="1:10">
+    <row r="106" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A106" s="10">
         <v>1246328</v>
       </c>
       <c r="B106" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D106" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F106" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H106" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I106" s="10" t="s">
         <v>163</v>
       </c>
       <c r="J106" s="10" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="107" spans="1:10">
+    <row r="107" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A107" s="10">
         <v>1246328</v>
       </c>
       <c r="B107" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D107" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H107" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I107" s="10" t="s">
         <v>165</v>
       </c>
       <c r="J107" s="10" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="108" spans="1:10" ht="15">
+    <row r="108" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A108" s="10">
         <v>1246328</v>
       </c>
       <c r="B108" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D108" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G108" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H108" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I108" s="10" t="s">
         <v>167</v>
       </c>
       <c r="J108" s="10" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="109" spans="1:10" ht="15">
+    <row r="109" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A109" s="10">
         <v>1246328</v>
       </c>
       <c r="B109" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D109" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H109" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I109" s="10" t="s">
         <v>168</v>
       </c>
       <c r="J109" s="10" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="110" spans="1:10" ht="15">
+    <row r="110" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A110" s="10">
         <v>1246328</v>
       </c>
       <c r="B110" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D110" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H110" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I110" s="10" t="s">
         <v>169</v>
       </c>
       <c r="J110" s="10" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="111" spans="1:10" ht="15">
+    <row r="111" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A111" s="10">
         <v>1246328</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H111" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I111" s="10" t="s">
         <v>171</v>
       </c>
       <c r="J111" s="10" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="112" spans="1:10" ht="15">
+    <row r="112" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A112" s="10">
         <v>1246328</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>16</v>
       </c>
       <c r="F112" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>18</v>
       </c>
       <c r="H112" s="10" t="s">
         <v>19</v>
       </c>
       <c r="I112" s="10" t="s">
         <v>173</v>
       </c>
       <c r="J112" s="10" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A113" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F113" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H113" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I113" s="10" t="s">
         <v>174</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I113" s="10" t="s">
+      <c r="J113" s="10" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A114" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F114" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H114" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I114" s="10" t="s">
         <v>175</v>
       </c>
-      <c r="J113" s="10" t="s">
-        <v>176</v>
+      <c r="J114" s="10" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A115" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C115" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F115" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G115" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H115" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I115" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="J115" s="10" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A116" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F116" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H116" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I116" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="J116" s="10" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A117" s="10">
+        <v>1246328</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="F117" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H117" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I117" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="J117" s="10" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TERJ.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="59c7a59d17882a0fd5d31ea3c7e176e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d67f83196d96e29494ea7b1d8065611a" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4903,81 +5064,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62A245AB-CB8C-484F-8E02-17EB0F34C72A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1307BACE-3E74-4268-B895-8ED5300DCA57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8138EADF-CC8D-4C13-B7FD-15C9A51D03F2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F574A66-96D7-4EF3-BD1E-7B1E2712A469}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FB154F2-49A2-4B90-A431-9137C05657D1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8138EADF-CC8D-4C13-B7FD-15C9A51D03F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F574A66-96D7-4EF3-BD1E-7B1E2712A469}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{132433BF-DDC4-44B0-B533-483B4BBFF1CE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Planilhas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Planilha1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>BKM</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DANIELE AYUMI SHIMADA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AE89471F3814B4188A1E4915B152B23</vt:lpwstr>
   </property>