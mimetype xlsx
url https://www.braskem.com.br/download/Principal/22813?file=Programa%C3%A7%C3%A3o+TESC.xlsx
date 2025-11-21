--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/ANP/RANP 881/Documentos Divulgados/Atualização Mensal/Atualização 14.08.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.11.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="927" documentId="8_{F6138590-E91E-4D1E-9BAA-34708DB12056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5B9E999E-E548-4BE5-BC62-0B26DDA0344B}"/>
+  <xr:revisionPtr revIDLastSave="996" documentId="8_{F6138590-E91E-4D1E-9BAA-34708DB12056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2A4F15EE-5889-4E06-9F95-064A815BC754}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{548DA6A8-8CCC-4FD5-A524-22BE5C90D681}"/>
+    <workbookView minimized="1" xWindow="3140" yWindow="2840" windowWidth="14400" windowHeight="7360" xr2:uid="{548DA6A8-8CCC-4FD5-A524-22BE5C90D681}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -109,51 +109,51 @@
   <c r="J93" i="1" l="1"/>
   <c r="J92" i="1"/>
   <c r="J91" i="1"/>
   <c r="J90" i="1"/>
   <c r="J89" i="1"/>
   <c r="J88" i="1"/>
   <c r="J87" i="1"/>
   <c r="J86" i="1"/>
   <c r="J85" i="1"/>
   <c r="J84" i="1"/>
   <c r="J83" i="1" l="1"/>
   <c r="J82" i="1"/>
   <c r="J81" i="1"/>
   <c r="J79" i="1"/>
   <c r="J80" i="1"/>
   <c r="J78" i="1"/>
   <c r="J77" i="1"/>
   <c r="J76" i="1"/>
   <c r="J75" i="1"/>
   <c r="J74" i="1"/>
   <c r="J73" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3439" uniqueCount="475">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3556" uniqueCount="497">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -1534,50 +1534,116 @@
     <t>2025-09-16T14:00:00</t>
   </si>
   <si>
     <t>2025-09-18T14:00:00</t>
   </si>
   <si>
     <t>2025-09-20T14:00:00</t>
   </si>
   <si>
     <t>2025-09-22T14:00:00</t>
   </si>
   <si>
     <t>2025-09-25T14:00:00</t>
   </si>
   <si>
     <t>2025-09-28T14:00:00</t>
   </si>
   <si>
     <t>2025-09-24T14:00:00</t>
   </si>
   <si>
     <t>2025-09-26T14:00:00</t>
   </si>
   <si>
     <t>2025-09-29T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-26T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-03T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-04T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-12T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-16T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-21T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-30T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-05T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-09T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-11T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-17T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-19T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-21T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-23T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-26T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-29T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-31T14:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-20T14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1979,77 +2045,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F40D2CAA-0D35-4B31-A524-4738A025E565}">
-  <dimension ref="A1:K415"/>
+  <dimension ref="A1:K428"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:J3"/>
+    <sheetView tabSelected="1" topLeftCell="A401" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="J417" sqref="J417:J420"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.453125" customWidth="1"/>
     <col min="4" max="4" width="2.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.54296875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.1796875" customWidth="1"/>
     <col min="7" max="7" width="15.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.7265625" customWidth="1"/>
     <col min="9" max="9" width="20.7265625" customWidth="1"/>
     <col min="10" max="10" width="22.7265625" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="16.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45875</v>
+        <v>45973</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A2" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
@@ -15457,100 +15523,520 @@
       <c r="C415" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D415" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E415" s="9" t="s">
         <v>16</v>
       </c>
       <c r="F415" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G415" s="9" t="s">
         <v>18</v>
       </c>
       <c r="H415" s="9" t="s">
         <v>19</v>
       </c>
       <c r="I415" s="9" t="s">
         <v>471</v>
       </c>
       <c r="J415" s="9" t="s">
         <v>474</v>
       </c>
       <c r="K415" s="11"/>
+    </row>
+    <row r="416" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A416" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B416" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C416" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D416" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F416" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G416" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H416" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I416" s="9" t="s">
+        <v>475</v>
+      </c>
+      <c r="J416" s="9" t="s">
+        <v>476</v>
+      </c>
+      <c r="K416" s="11"/>
+    </row>
+    <row r="417" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A417" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B417" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C417" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D417" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F417" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G417" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H417" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I417" s="9" t="s">
+        <v>477</v>
+      </c>
+      <c r="J417" s="9" t="s">
+        <v>478</v>
+      </c>
+      <c r="K417" s="11"/>
+    </row>
+    <row r="418" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A418" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B418" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C418" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D418" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F418" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G418" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H418" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I418" s="9" t="s">
+        <v>479</v>
+      </c>
+      <c r="J418" s="9" t="s">
+        <v>480</v>
+      </c>
+      <c r="K418" s="11"/>
+    </row>
+    <row r="419" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A419" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B419" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C419" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D419" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F419" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G419" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H419" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I419" s="9" t="s">
+        <v>481</v>
+      </c>
+      <c r="J419" s="9" t="s">
+        <v>482</v>
+      </c>
+      <c r="K419" s="11"/>
+    </row>
+    <row r="420" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A420" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B420" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C420" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D420" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F420" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G420" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H420" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I420" s="9" t="s">
+        <v>483</v>
+      </c>
+      <c r="J420" s="9" t="s">
+        <v>484</v>
+      </c>
+      <c r="K420" s="11"/>
+    </row>
+    <row r="421" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A421" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B421" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C421" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D421" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F421" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G421" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H421" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I421" s="9" t="s">
+        <v>485</v>
+      </c>
+      <c r="J421" s="9" t="s">
+        <v>486</v>
+      </c>
+      <c r="K421" s="11"/>
+    </row>
+    <row r="422" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A422" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B422" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C422" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D422" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F422" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G422" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H422" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I422" s="9" t="s">
+        <v>487</v>
+      </c>
+      <c r="J422" s="9" t="s">
+        <v>488</v>
+      </c>
+      <c r="K422" s="11"/>
+    </row>
+    <row r="423" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A423" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B423" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C423" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D423" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F423" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G423" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H423" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I423" s="9" t="s">
+        <v>488</v>
+      </c>
+      <c r="J423" s="9" t="s">
+        <v>496</v>
+      </c>
+      <c r="K423" s="11"/>
+    </row>
+    <row r="424" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A424" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B424" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C424" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D424" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F424" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G424" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H424" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I424" s="9" t="s">
+        <v>488</v>
+      </c>
+      <c r="J424" s="9" t="s">
+        <v>489</v>
+      </c>
+      <c r="K424" s="11"/>
+    </row>
+    <row r="425" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A425" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B425" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C425" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D425" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F425" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G425" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H425" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I425" s="9" t="s">
+        <v>489</v>
+      </c>
+      <c r="J425" s="9" t="s">
+        <v>490</v>
+      </c>
+      <c r="K425" s="11"/>
+    </row>
+    <row r="426" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A426" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B426" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C426" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D426" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F426" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G426" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H426" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I426" s="9" t="s">
+        <v>491</v>
+      </c>
+      <c r="J426" s="9" t="s">
+        <v>492</v>
+      </c>
+      <c r="K426" s="11"/>
+    </row>
+    <row r="427" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A427" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B427" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C427" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D427" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F427" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G427" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H427" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I427" s="9" t="s">
+        <v>492</v>
+      </c>
+      <c r="J427" s="9" t="s">
+        <v>493</v>
+      </c>
+      <c r="K427" s="11"/>
+    </row>
+    <row r="428" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A428" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B428" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C428" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D428" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F428" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G428" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H428" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I428" s="9" t="s">
+        <v>494</v>
+      </c>
+      <c r="J428" s="9" t="s">
+        <v>495</v>
+      </c>
+      <c r="K428" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15472d5064bdd8a900ba57229a245140" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2259994f86eb54acd31c1adc78f1024e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -15759,108 +16245,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TESC.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED24617D-7C4E-46ED-91A6-A5AC618197E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79FFD5A6-CC0F-4FE9-8767-27222564135E}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7A318F0-9BBF-4824-8108-EB357FB43CD7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0C95E59-8125-4020-9474-A42BC7DC8AAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79FFD5A6-CC0F-4FE9-8767-27222564135E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B1AA6EB-6348-4481-9FC2-A8DE9A25428E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A96F78BE-3704-460E-94AB-91EC43E83285}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>