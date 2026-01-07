--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.11.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.12.2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="996" documentId="8_{F6138590-E91E-4D1E-9BAA-34708DB12056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2A4F15EE-5889-4E06-9F95-064A815BC754}"/>
+  <xr:revisionPtr revIDLastSave="1018" documentId="8_{F6138590-E91E-4D1E-9BAA-34708DB12056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DCBF96EB-F0D5-4066-B7E7-384C2CDF6374}"/>
   <bookViews>
-    <workbookView minimized="1" xWindow="3140" yWindow="2840" windowWidth="14400" windowHeight="7360" xr2:uid="{548DA6A8-8CCC-4FD5-A524-22BE5C90D681}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{548DA6A8-8CCC-4FD5-A524-22BE5C90D681}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -109,51 +109,51 @@
   <c r="J93" i="1" l="1"/>
   <c r="J92" i="1"/>
   <c r="J91" i="1"/>
   <c r="J90" i="1"/>
   <c r="J89" i="1"/>
   <c r="J88" i="1"/>
   <c r="J87" i="1"/>
   <c r="J86" i="1"/>
   <c r="J85" i="1"/>
   <c r="J84" i="1"/>
   <c r="J83" i="1" l="1"/>
   <c r="J82" i="1"/>
   <c r="J81" i="1"/>
   <c r="J79" i="1"/>
   <c r="J80" i="1"/>
   <c r="J78" i="1"/>
   <c r="J77" i="1"/>
   <c r="J76" i="1"/>
   <c r="J75" i="1"/>
   <c r="J74" i="1"/>
   <c r="J73" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3556" uniqueCount="497">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3610" uniqueCount="508">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -1600,50 +1600,83 @@
     <t>2025-12-19T14:00:00</t>
   </si>
   <si>
     <t>2025-12-21T14:00:00</t>
   </si>
   <si>
     <t>2025-12-23T14:00:00</t>
   </si>
   <si>
     <t>2025-12-24T14:00:00</t>
   </si>
   <si>
     <t>2025-12-26T14:00:00</t>
   </si>
   <si>
     <t>2025-12-27T14:00:00</t>
   </si>
   <si>
     <t>2025-12-29T14:00:00</t>
   </si>
   <si>
     <t>2025-12-31T14:00:00</t>
   </si>
   <si>
     <t>2025-11-20T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-02T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-03T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-04T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-08T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-10T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-13T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-14T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-18T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-19T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-25T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-26T14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2045,77 +2078,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F40D2CAA-0D35-4B31-A524-4738A025E565}">
-  <dimension ref="A1:K428"/>
+  <dimension ref="A1:K434"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A401" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J417" sqref="J417:J420"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.453125" customWidth="1"/>
     <col min="4" max="4" width="2.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.54296875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.1796875" customWidth="1"/>
     <col min="7" max="7" width="15.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.7265625" customWidth="1"/>
     <col min="9" max="9" width="20.7265625" customWidth="1"/>
     <col min="10" max="10" width="22.7265625" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="16.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>45973</v>
+        <v>46003</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A2" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
@@ -15952,91 +15985,287 @@
       <c r="C428" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D428" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E428" s="9" t="s">
         <v>16</v>
       </c>
       <c r="F428" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G428" s="9" t="s">
         <v>18</v>
       </c>
       <c r="H428" s="9" t="s">
         <v>19</v>
       </c>
       <c r="I428" s="9" t="s">
         <v>494</v>
       </c>
       <c r="J428" s="9" t="s">
         <v>495</v>
       </c>
       <c r="K428" s="11"/>
+    </row>
+    <row r="429" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A429" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B429" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C429" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D429" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F429" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G429" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H429" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I429" s="9" t="s">
+        <v>497</v>
+      </c>
+      <c r="J429" s="9" t="s">
+        <v>498</v>
+      </c>
+      <c r="K429" s="11"/>
+    </row>
+    <row r="430" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A430" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B430" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C430" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D430" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F430" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G430" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H430" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I430" s="9" t="s">
+        <v>498</v>
+      </c>
+      <c r="J430" s="9" t="s">
+        <v>499</v>
+      </c>
+      <c r="K430" s="11"/>
+    </row>
+    <row r="431" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A431" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B431" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C431" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D431" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F431" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G431" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H431" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I431" s="9" t="s">
+        <v>500</v>
+      </c>
+      <c r="J431" s="9" t="s">
+        <v>501</v>
+      </c>
+      <c r="K431" s="11"/>
+    </row>
+    <row r="432" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A432" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B432" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C432" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D432" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F432" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G432" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H432" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I432" s="9" t="s">
+        <v>502</v>
+      </c>
+      <c r="J432" s="9" t="s">
+        <v>503</v>
+      </c>
+      <c r="K432" s="11"/>
+    </row>
+    <row r="433" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A433" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B433" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C433" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D433" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F433" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G433" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H433" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I433" s="9" t="s">
+        <v>504</v>
+      </c>
+      <c r="J433" s="9" t="s">
+        <v>505</v>
+      </c>
+      <c r="K433" s="11"/>
+    </row>
+    <row r="434" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A434" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B434" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C434" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D434" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F434" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G434" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H434" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I434" s="9" t="s">
+        <v>506</v>
+      </c>
+      <c r="J434" s="9" t="s">
+        <v>507</v>
+      </c>
+      <c r="K434" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2259994f86eb54acd31c1adc78f1024e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="800538d1d1606780f8f6e1761bd7a54f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="2bfec957b68e8e6c76e54b98b260ab7a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -16246,116 +16475,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TESC.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED24617D-7C4E-46ED-91A6-A5AC618197E7}">
-[...34 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79FFD5A6-CC0F-4FE9-8767-27222564135E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{766FA92F-9E1A-4AB4-92D3-60E09236559A}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED24617D-7C4E-46ED-91A6-A5AC618197E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A96F78BE-3704-460E-94AB-91EC43E83285}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27172B67-8B7C-4D2E-BDA7-4F8F4D3DDD14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>