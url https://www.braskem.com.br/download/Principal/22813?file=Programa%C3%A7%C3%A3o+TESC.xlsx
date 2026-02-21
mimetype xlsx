--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 14.12.2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://braskemsa.sharepoint.com/teams/ComplianceLogsticaOPSAM/Documentos Compartilhados/REGULATÓRIO/3. Regulatório/ANP/Atualização Mensal/Atualização 13.02.2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1018" documentId="8_{F6138590-E91E-4D1E-9BAA-34708DB12056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DCBF96EB-F0D5-4066-B7E7-384C2CDF6374}"/>
+  <xr:revisionPtr revIDLastSave="1071" documentId="8_{F6138590-E91E-4D1E-9BAA-34708DB12056}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10B011D2-FE81-4365-BA4C-EC64BB487C83}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{548DA6A8-8CCC-4FD5-A524-22BE5C90D681}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{548DA6A8-8CCC-4FD5-A524-22BE5C90D681}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -109,51 +109,51 @@
   <c r="J93" i="1" l="1"/>
   <c r="J92" i="1"/>
   <c r="J91" i="1"/>
   <c r="J90" i="1"/>
   <c r="J89" i="1"/>
   <c r="J88" i="1"/>
   <c r="J87" i="1"/>
   <c r="J86" i="1"/>
   <c r="J85" i="1"/>
   <c r="J84" i="1"/>
   <c r="J83" i="1" l="1"/>
   <c r="J82" i="1"/>
   <c r="J81" i="1"/>
   <c r="J79" i="1"/>
   <c r="J80" i="1"/>
   <c r="J78" i="1"/>
   <c r="J77" i="1"/>
   <c r="J76" i="1"/>
   <c r="J75" i="1"/>
   <c r="J74" i="1"/>
   <c r="J73" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3610" uniqueCount="508">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3745" uniqueCount="534">
   <si>
     <t>Atualizado em:</t>
   </si>
   <si>
     <t>Programação de atracação das embarcações com cargas com origem ou destino no terminal</t>
   </si>
   <si>
     <t>A Braskem apresenta, neste documento, as informações exigidas pelo artigo 27 da RANP nº 881/2022, a fim de demonstrar seu cumprimento, ainda que não entenda pela sua incidência, se resguardado ao direito de questionar a aplicação do referido dispositivo oportunamente.</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
     <t>uf</t>
   </si>
   <si>
     <t>codigo_do_porto_ou_tup</t>
   </si>
   <si>
@@ -1633,50 +1633,128 @@
     <t>2026-01-04T14:00:00</t>
   </si>
   <si>
     <t>2026-01-08T14:00:00</t>
   </si>
   <si>
     <t>2026-01-10T14:00:00</t>
   </si>
   <si>
     <t>2026-01-13T14:00:00</t>
   </si>
   <si>
     <t>2026-01-14T14:00:00</t>
   </si>
   <si>
     <t>2026-01-18T14:00:00</t>
   </si>
   <si>
     <t>2026-01-19T14:00:00</t>
   </si>
   <si>
     <t>2026-01-25T14:00:00</t>
   </si>
   <si>
     <t>2026-01-26T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-04T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-05T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-09T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-10T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-13T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-14T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-19T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-20T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-26T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-25T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-12T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-13T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-27T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-28T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-01T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-02T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-06T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-08T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-07T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-10T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-17T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-18T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-24T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-25T14:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-30T14:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\Thh:mm:ss"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2078,77 +2156,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F40D2CAA-0D35-4B31-A524-4738A025E565}">
-  <dimension ref="A1:K434"/>
+  <dimension ref="A1:K449"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:J3"/>
+    <sheetView tabSelected="1" topLeftCell="A425" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="J450" sqref="J450"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.453125" customWidth="1"/>
     <col min="4" max="4" width="2.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.54296875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.1796875" customWidth="1"/>
     <col min="7" max="7" width="15.54296875" customWidth="1"/>
     <col min="8" max="8" width="14.7265625" customWidth="1"/>
     <col min="9" max="9" width="20.7265625" customWidth="1"/>
     <col min="10" max="10" width="22.7265625" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="16.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
-        <v>46003</v>
+        <v>46059</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A2" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
@@ -16183,89 +16261,595 @@
       <c r="C434" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D434" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E434" s="9" t="s">
         <v>16</v>
       </c>
       <c r="F434" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G434" s="9" t="s">
         <v>18</v>
       </c>
       <c r="H434" s="9" t="s">
         <v>19</v>
       </c>
       <c r="I434" s="9" t="s">
         <v>506</v>
       </c>
       <c r="J434" s="9" t="s">
         <v>507</v>
       </c>
       <c r="K434" s="11"/>
+    </row>
+    <row r="435" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A435" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B435" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C435" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D435" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F435" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G435" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H435" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I435" s="9" t="s">
+        <v>508</v>
+      </c>
+      <c r="J435" s="9" t="s">
+        <v>509</v>
+      </c>
+      <c r="K435" s="11"/>
+    </row>
+    <row r="436" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A436" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B436" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C436" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D436" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F436" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G436" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H436" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I436" s="9" t="s">
+        <v>510</v>
+      </c>
+      <c r="J436" s="9" t="s">
+        <v>511</v>
+      </c>
+      <c r="K436" s="11"/>
+    </row>
+    <row r="437" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A437" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B437" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C437" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D437" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F437" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G437" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H437" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I437" s="9" t="s">
+        <v>512</v>
+      </c>
+      <c r="J437" s="9" t="s">
+        <v>513</v>
+      </c>
+      <c r="K437" s="11"/>
+    </row>
+    <row r="438" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A438" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B438" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C438" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D438" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F438" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G438" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H438" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I438" s="9" t="s">
+        <v>514</v>
+      </c>
+      <c r="J438" s="9" t="s">
+        <v>515</v>
+      </c>
+      <c r="K438" s="11"/>
+    </row>
+    <row r="439" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A439" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B439" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C439" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D439" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F439" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G439" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H439" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I439" s="9" t="s">
+        <v>516</v>
+      </c>
+      <c r="J439" s="9" t="s">
+        <v>517</v>
+      </c>
+      <c r="K439" s="11"/>
+    </row>
+    <row r="440" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A440" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B440" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C440" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D440" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F440" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G440" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H440" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I440" s="9" t="s">
+        <v>518</v>
+      </c>
+      <c r="J440" s="9" t="s">
+        <v>517</v>
+      </c>
+      <c r="K440" s="11"/>
+    </row>
+    <row r="441" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A441" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B441" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C441" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D441" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F441" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G441" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H441" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I441" s="9" t="s">
+        <v>519</v>
+      </c>
+      <c r="J441" s="9" t="s">
+        <v>520</v>
+      </c>
+      <c r="K441" s="11"/>
+    </row>
+    <row r="442" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A442" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B442" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C442" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D442" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F442" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G442" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H442" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I442" s="9" t="s">
+        <v>521</v>
+      </c>
+      <c r="J442" s="9" t="s">
+        <v>522</v>
+      </c>
+      <c r="K442" s="11"/>
+    </row>
+    <row r="443" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A443" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B443" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C443" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D443" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F443" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G443" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H443" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I443" s="9" t="s">
+        <v>523</v>
+      </c>
+      <c r="J443" s="9" t="s">
+        <v>524</v>
+      </c>
+      <c r="K443" s="11"/>
+    </row>
+    <row r="444" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A444" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B444" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C444" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D444" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F444" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G444" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H444" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I444" s="9" t="s">
+        <v>525</v>
+      </c>
+      <c r="J444" s="9" t="s">
+        <v>527</v>
+      </c>
+      <c r="K444" s="11"/>
+    </row>
+    <row r="445" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A445" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B445" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C445" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D445" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F445" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G445" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H445" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I445" s="9" t="s">
+        <v>526</v>
+      </c>
+      <c r="J445" s="9" t="s">
+        <v>528</v>
+      </c>
+      <c r="K445" s="11"/>
+    </row>
+    <row r="446" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A446" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B446" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C446" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D446" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F446" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G446" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H446" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I446" s="9" t="s">
+        <v>528</v>
+      </c>
+      <c r="J446" s="9" t="s">
+        <v>519</v>
+      </c>
+      <c r="K446" s="11"/>
+    </row>
+    <row r="447" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A447" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B447" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C447" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D447" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F447" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G447" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H447" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I447" s="9" t="s">
+        <v>529</v>
+      </c>
+      <c r="J447" s="9" t="s">
+        <v>530</v>
+      </c>
+      <c r="K447" s="11"/>
+    </row>
+    <row r="448" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A448" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B448" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C448" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D448" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F448" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G448" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H448" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I448" s="9" t="s">
+        <v>531</v>
+      </c>
+      <c r="J448" s="9" t="s">
+        <v>532</v>
+      </c>
+      <c r="K448" s="11"/>
+    </row>
+    <row r="449" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A449" s="9">
+        <v>1161076</v>
+      </c>
+      <c r="B449" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C449" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="D449" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F449" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G449" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H449" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="I449" s="9" t="s">
+        <v>522</v>
+      </c>
+      <c r="J449" s="9" t="s">
+        <v>533</v>
+      </c>
+      <c r="K449" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:J3"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5d367c0d-f7c9-4a43-bbdf-b4215c994106">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bf065b75-4e95-49d3-a0ff-416ac5632312" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f53865a0f43dfba7aff5452043c49a2" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101004AE89471F3814B4188A1E4915B152B23" ma:contentTypeVersion="18" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="59c7a59d17882a0fd5d31ea3c7e176e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5d367c0d-f7c9-4a43-bbdf-b4215c994106" xmlns:ns3="bf065b75-4e95-49d3-a0ff-416ac5632312" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d67f83196d96e29494ea7b1d8065611a" ns2:_="" ns3:_="">
     <xsd:import namespace="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
     <xsd:import namespace="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -16474,104 +17058,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <IP21ConfigWorkBook xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook">
   <WorkBookName>Programação TESC.xlsx</WorkBookName>
   <MappingTemplateName/>
   <ColumnMaps/>
   <IP21DatabaseSchema>
     <SchemaName>@INFOUNIB</SchemaName>
     <DefinitionRecords/>
   </IP21DatabaseSchema>
 </IP21ConfigWorkBook>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED24617D-7C4E-46ED-91A6-A5AC618197E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79FFD5A6-CC0F-4FE9-8767-27222564135E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED24617D-7C4E-46ED-91A6-A5AC618197E7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F077C1F-3262-458E-A820-EE4394720F88}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5d367c0d-f7c9-4a43-bbdf-b4215c994106"/>
+    <ds:schemaRef ds:uri="bf065b75-4e95-49d3-a0ff-416ac5632312"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27172B67-8B7C-4D2E-BDA7-4F8F4D3DDD14}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17365468-9FBD-4378-9C24-B0E2FF3C9743}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.aspentech.com/ProcessData/ExcelAddIn/IP21ConfigWorkBook"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>